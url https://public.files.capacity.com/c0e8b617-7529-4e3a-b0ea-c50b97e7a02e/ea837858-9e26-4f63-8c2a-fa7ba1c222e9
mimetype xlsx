--- v0 (2025-10-08)
+++ v1 (2026-03-12)
@@ -1,110 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="107" documentId="8_{2CD4AC94-479B-44F4-A129-AC2F3E19D147}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B90ABEE0-F215-43F9-A941-8BDD9D24FB65}"/>
+  <xr:revisionPtr revIDLastSave="199" documentId="8_{2CD4AC94-479B-44F4-A129-AC2F3E19D147}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FAC0E2C7-1F24-430A-959A-576EB5A89DAC}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{56DB43C1-263E-4B10-8621-94468B47ABFF}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{56DB43C1-263E-4B10-8621-94468B47ABFF}"/>
   </bookViews>
   <sheets>
     <sheet name="NetClose Accrual Types" sheetId="2" r:id="rId1"/>
     <sheet name="NetClose Accruals" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>cparks</author>
+  </authors>
+  <commentList>
+    <comment ref="H1" authorId="0" shapeId="0" xr:uid="{7CC23AA4-58FC-458D-962D-DF2277EE6FFD}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Must be a Type from the previous tab.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M1" authorId="0" shapeId="0" xr:uid="{D59169FF-1D52-48DA-8AB4-255628A069E9}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Will be auto-populated by the Accrual Type selected, unless a different account is designated here.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="N1" authorId="0" shapeId="0" xr:uid="{D646262D-179A-4233-9C1F-B06DA4D4715B}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Will be auto-populated by the Accrual Type selected, unless a different account is designated here.</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="48">
   <si>
     <t>Type Name</t>
   </si>
   <si>
     <t>Accrual Account</t>
   </si>
   <si>
     <t>Expense Account</t>
   </si>
   <si>
-    <t>required</t>
-[...10 lines deleted...]
-  <si>
     <t>Name</t>
   </si>
   <si>
     <t>Subsidiary Name</t>
   </si>
   <si>
     <t>Subsidiary Internal ID</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Vendor Internal ID</t>
   </si>
   <si>
     <t>Accrual Type</t>
   </si>
   <si>
     <t>Date</t>
@@ -115,401 +154,302 @@
   <si>
     <t>JE Memo</t>
   </si>
   <si>
     <t>Initial Amount</t>
   </si>
   <si>
     <t>Department</t>
   </si>
   <si>
     <t>Department Internal ID</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Location Internal ID</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Class Internal ID</t>
   </si>
   <si>
-    <t>optional</t>
-[...1 lines deleted...]
-  <si>
     <t>Optional</t>
+  </si>
+  <si>
+    <t>Required</t>
+  </si>
+  <si>
+    <t>Open Text Entry</t>
+  </si>
+  <si>
+    <t>Professional Services</t>
+  </si>
+  <si>
+    <t>1450: Professional Service Accruals</t>
+  </si>
+  <si>
+    <t>6378: Professional Service Expense</t>
+  </si>
+  <si>
+    <t>NetSuite Subsidiary</t>
+  </si>
+  <si>
+    <t>NetSuite Subsidiary Internal ID</t>
+  </si>
+  <si>
+    <t>NetSuite Currency</t>
+  </si>
+  <si>
+    <t>NetSuite Vendor</t>
+  </si>
+  <si>
+    <t>NetSuite Vendor Internal ID</t>
+  </si>
+  <si>
+    <t>Open Text</t>
+  </si>
+  <si>
+    <t>Decimal Number</t>
+  </si>
+  <si>
+    <t>NetSuite GL Account</t>
+  </si>
+  <si>
+    <t>NetSuite Department</t>
+  </si>
+  <si>
+    <t>NetSuite Department Internal ID</t>
+  </si>
+  <si>
+    <t>NetSuite Location</t>
+  </si>
+  <si>
+    <t>NetSuite Location Internal ID</t>
+  </si>
+  <si>
+    <t>NetSuite Class</t>
+  </si>
+  <si>
+    <t>NetSuite Class Internal ID</t>
+  </si>
+  <si>
+    <t>ACME Holdings</t>
+  </si>
+  <si>
+    <t>United States : Denver</t>
+  </si>
+  <si>
+    <t>Administrative</t>
+  </si>
+  <si>
+    <t>Internal Use</t>
+  </si>
+  <si>
+    <t>Adobe</t>
+  </si>
+  <si>
+    <t>Professional Service Accrual</t>
+  </si>
+  <si>
+    <t>USD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="18">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom/>
-[...9 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </left>
       <right style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </right>
       <top style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </top>
       <bottom style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...74 lines deleted...]
-      </left>
       <right/>
-      <top style="thin">
-[...80 lines deleted...]
-      </right>
       <top style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </top>
       <bottom style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -784,311 +724,484 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40AF0F7D-DF73-48A9-9BF6-55064C07A5B3}">
-  <dimension ref="A1:C2"/>
+  <dimension ref="A1:C5"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+    <sheetView topLeftCell="A1048549" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="26.28515625" customWidth="1"/>
+    <col min="1" max="1" width="18.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="30.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="11" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="3" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>3</v>
-      </c>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8339E09B-B731-45DF-BDDA-41A847B95BF0}">
-  <dimension ref="A1:T3"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8339E09B-B731-45DF-BDDA-41A847B95BF0}">
+  <dimension ref="A1:Y5"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="G7" sqref="G7:N14"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="N11" sqref="N11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="18.28515625" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="20" max="20" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="24.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.1796875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.90625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.36328125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.08984375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.36328125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.1796875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.54296875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.08984375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.54296875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="12.08984375" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="13.08984375" style="11" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="15.08984375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="15.36328125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="15.90625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="23.7265625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="19.7265625" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="21" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="11" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="18.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:25" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="16"/>
-[...6 lines deleted...]
-      <c r="I1" s="18" t="s">
+      <c r="C1" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="J1" s="18"/>
-[...4 lines deleted...]
-      <c r="O1" s="21" t="s">
+      <c r="D1" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="P1" s="22"/>
-[...3 lines deleted...]
-      <c r="T1" s="23"/>
+      <c r="E1" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G1" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H1" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="I1" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="J1" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="K1" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="L1" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M1" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="N1" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="O1" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="P1" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q1" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="R1" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="S1" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="T1" s="13" t="s">
+        <v>20</v>
+      </c>
     </row>
-    <row r="2" spans="1:20" s="2" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E2" s="11" t="s">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="I2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="L2" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="N2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="O2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="P2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="R2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="S2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="T2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+    </row>
+    <row r="3" spans="1:25" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F2" s="8" t="s">
-[...38 lines deleted...]
-      <c r="S2" s="11" t="s">
+      <c r="J3" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="T2" s="13" t="s">
+      <c r="L3" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="S3" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="T3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U3" s="5"/>
+      <c r="V3" s="5"/>
+      <c r="W3" s="5"/>
+      <c r="X3" s="5"/>
+      <c r="Y3" s="5"/>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A4" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" s="8">
+        <v>108</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" s="6">
+        <v>89</v>
+      </c>
+      <c r="H4" s="9" t="s">
         <v>24</v>
       </c>
+      <c r="I4" s="8">
+        <v>46023</v>
+      </c>
+      <c r="J4" s="8">
+        <v>46082</v>
+      </c>
+      <c r="K4" s="6"/>
+      <c r="L4" s="10">
+        <v>10000</v>
+      </c>
+      <c r="M4" s="6"/>
+      <c r="N4" s="6"/>
+      <c r="O4" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" s="6">
+        <v>325</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="R4" s="6">
+        <v>3</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="T4" s="6">
+        <v>89</v>
+      </c>
     </row>
-    <row r="3" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...59 lines deleted...]
-      </c>
+    <row r="5" spans="1:25" ht="8.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="7"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="7"/>
+      <c r="N5" s="7"/>
+      <c r="O5" s="7"/>
+      <c r="P5" s="7"/>
+      <c r="Q5" s="7"/>
+      <c r="R5" s="7"/>
+      <c r="S5" s="7"/>
+      <c r="T5" s="7"/>
+      <c r="U5" s="7"/>
+      <c r="V5" s="7"/>
+      <c r="W5" s="7"/>
+      <c r="X5" s="7"/>
+      <c r="Y5" s="7"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...3 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <legacyDrawing r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A5992960-4C01-4487-8385-40876B64BBAB}">
+          <x14:formula1>
+            <xm:f>'NetClose Accrual Types'!$A$6:$A$1048576</xm:f>
+          </x14:formula1>
+          <xm:sqref>H6:H1048576</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1285,95 +1398,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F192A2BF-4BBA-48D8-98AA-61B8A8D2BD57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CDFF099-B043-454A-83B9-9F9F0A72786B}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{064B8BD3-4794-459A-A6E5-3A22048284DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29EFB355-9C9B-4450-8BA7-5CAC943FD735}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>NetClose Accrual Types</vt:lpstr>
       <vt:lpstr>NetClose Accruals</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>