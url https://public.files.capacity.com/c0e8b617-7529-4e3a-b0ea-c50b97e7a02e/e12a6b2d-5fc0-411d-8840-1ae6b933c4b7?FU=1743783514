--- v0 (2025-10-03)
+++ v1 (2026-02-21)
@@ -5,126 +5,283 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetCash Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetCash/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="31" documentId="6_{19F7032A-3542-4CDA-8BDB-7910982FE4F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{50EFA9D2-FF3C-4477-B1F4-C14A07258911}"/>
+  <xr:revisionPtr revIDLastSave="75" documentId="6_{19F7032A-3542-4CDA-8BDB-7910982FE4F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6F2385F5-1A32-4B1A-90AA-AA4E738212F5}"/>
   <bookViews>
-    <workbookView xWindow="34440" yWindow="-6105" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{FF3AFB9B-4DEE-48DF-9EDC-7052267199D9}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{FF3AFB9B-4DEE-48DF-9EDC-7052267199D9}"/>
   </bookViews>
   <sheets>
     <sheet name="Bank Institution" sheetId="3" r:id="rId1"/>
     <sheet name="Bank Account" sheetId="1" r:id="rId2"/>
     <sheet name="Bank Transaction" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
+    <author>cparks</author>
     <author>Andrew Hendrickson</author>
   </authors>
   <commentList>
-    <comment ref="K1" authorId="0" shapeId="0" xr:uid="{BFA6DB59-BB6C-4A4D-8F94-3DF279A0EAF8}">
+    <comment ref="I1" authorId="0" shapeId="0" xr:uid="{6D887311-83BB-4291-9697-807FCE12778C}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>This is the account that will be used if a match is made between a bank transaction and a GL transaction when there is an amount difference. The difference will be booked to this rounding GL account.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J1" authorId="0" shapeId="0" xr:uid="{56B4FDE1-573F-46EE-8BBE-44DF4F90CB0E}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>This account is optional, but highly recommended. This is the account that will be applied by default to transactions created from the bank matching page. This can be overridden when creating the transaction. This is also the account that will be used if a Create Transaction automation rule is created.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K1" authorId="1" shapeId="0" xr:uid="{BFA6DB59-BB6C-4A4D-8F94-3DF279A0EAF8}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">This will be the closing balance of the date previous to the cutover date.
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="L1" authorId="0" shapeId="0" xr:uid="{1F1CF5C3-FB90-458A-82AA-5EE8DD5589A8}">
+    <comment ref="L1" authorId="1" shapeId="0" xr:uid="{1F1CF5C3-FB90-458A-82AA-5EE8DD5589A8}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t xml:space="preserve">The first month reconciliations will be performed.
+          <t xml:space="preserve">The first month reconciliations will be performed in NetCash. The first day of the month is recommended.
 </t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M1" authorId="0" shapeId="0" xr:uid="{01E8396C-9A50-4E9C-BBCD-0EB47034AD4C}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">This is the department that will be sourced onto the bank line (transaction line hitting the bank account) of transactions created from the bank matching page or by automation rules. This can be overridden when creating a transaction. </t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="N1" authorId="0" shapeId="0" xr:uid="{EFDE6549-9F55-4477-BF71-C4D4F4F9F6E7}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">This is the class that will be sourced onto the bank line (transaction line hitting the bank account) of transactions created from the bank matching page or by automation rules. This can be overridden when creating a transaction. </t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="O1" authorId="0" shapeId="0" xr:uid="{521D749B-0B9C-4C67-915D-92EF40FD09DE}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">This is the location that will be sourced onto the bank line (transaction line hitting the bank account) of transactions created from the bank matching page or by automation rules. This can be overridden when creating a transaction. </t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="P1" authorId="0" shapeId="0" xr:uid="{8C330F38-06BA-414F-A864-F908A145FC9A}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>When creating a transaction or booking a transfer, this is the class that will by default be sourced onto the offsetting line of the transaction (the account opposite the bank account; usually an expense account). It can be overridden when creating the transaction.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="Q1" authorId="0" shapeId="0" xr:uid="{C584A9C3-EEBE-40DE-9DAB-A035693413FF}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>When creating a transaction or booking a transfer, this is the department that will by default be sourced onto the offsetting line of the transaction (the account opposite the bank account; usually an expense account). It can be overridden when creating the transaction.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="R1" authorId="0" shapeId="0" xr:uid="{D7D3768C-4764-4182-859C-418C6E8F535E}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>When creating a transaction or booking a transfer, this is the location that will by default be sourced onto the offsetting line of the transaction (the account opposite the bank account; usually an expense account). It can be overridden when creating the transaction.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="S1" authorId="0" shapeId="0" xr:uid="{DAC40828-1AD0-4616-8EE8-9C55E1CD0147}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>This is the person who should be reviewing the prepared and submitted bank reconciliation.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="T1" authorId="0" shapeId="0" xr:uid="{9F2CF904-FE0F-4CE4-8148-22B61AB35650}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>This field allows the user to set segmentation controls when it comes to creating transactions. When a transaction is created, the location has to be set to one of the locations selected in this field or the transaction will not be created.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="U1" authorId="0" shapeId="0" xr:uid="{97C25F23-D1CE-4FD9-AD5C-4529005E21D2}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>This field allows the user to set segmentation controls when it comes to creating transactions. When a transaction is created, the department has to be set to one of the departments selected in this field or the transaction will not be created.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="V1" authorId="0" shapeId="0" xr:uid="{39654D74-423E-4D09-9676-161E5AEEF30A}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">This field allows the user to set segmentation controls when it comes to creating transactions. When a transaction is created, the class has to be set to one of the classes selected in this field or the transaction will not be created.  </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="35">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Short Name</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Bank Institution</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Sub Type</t>
   </si>
   <si>
@@ -139,99 +296,96 @@
   <si>
     <t>Initial Balance</t>
   </si>
   <si>
     <t>Cutover Date</t>
   </si>
   <si>
     <t>Bank Line Default Department</t>
   </si>
   <si>
     <t>Bank Line Default Class</t>
   </si>
   <si>
     <t>Bank Line Default Location</t>
   </si>
   <si>
     <t>Offset Line Class Default</t>
   </si>
   <si>
     <t>Offset Line Department Default</t>
   </si>
   <si>
     <t>Offset Line Location Default</t>
   </si>
   <si>
-    <t>Owner</t>
-[...1 lines deleted...]
-  <si>
     <t>Approver</t>
   </si>
   <si>
     <t>Validations - Location</t>
   </si>
   <si>
     <t>Validations - Department</t>
   </si>
   <si>
     <t>Validations - Class</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Bank</t>
   </si>
   <si>
     <t>Account ID</t>
   </si>
   <si>
-    <t>Authortized Date</t>
-[...1 lines deleted...]
-  <si>
     <t>Date</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>Debit</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>Merchant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Check Number</t>
   </si>
   <si>
     <t>Group</t>
+  </si>
+  <si>
+    <t>Authorized Date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
@@ -293,60 +447,57 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -641,447 +792,440 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{491C366A-9A00-4AB4-9B6E-31BD0858E2A2}">
   <dimension ref="A1:A2"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.7265625" style="5" bestFit="1" customWidth="1"/>
-    <col min="2" max="16384" width="9.26953125" style="5"/>
+    <col min="1" max="1" width="27.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="16384" width="9.28515625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:1" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4C8130B-7885-4636-A564-DA841A7AF6CE}">
-  <dimension ref="A1:W24"/>
+  <dimension ref="A1:V24"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.7265625" style="5" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="24" max="16384" width="9.26953125" style="5"/>
+    <col min="1" max="1" width="27.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="23.7109375" style="4" customWidth="1"/>
+    <col min="5" max="5" width="34.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="11.7109375" style="4" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="4" customWidth="1"/>
+    <col min="9" max="10" width="11.7109375" style="4" customWidth="1"/>
+    <col min="11" max="11" width="11.7109375" style="8" customWidth="1"/>
+    <col min="12" max="18" width="11.7109375" style="4" customWidth="1"/>
+    <col min="19" max="19" width="9.28515625" style="4"/>
+    <col min="20" max="20" width="10" style="4" customWidth="1"/>
+    <col min="21" max="21" width="12" style="4" customWidth="1"/>
+    <col min="22" max="22" width="11.5703125" style="4" customWidth="1"/>
+    <col min="23" max="16384" width="9.28515625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:22" customFormat="1" ht="36" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="K1" s="7" t="s">
+      <c r="K1" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="S1" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="T1" s="4" t="s">
+      <c r="T1" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="U1" s="4" t="s">
+      <c r="U1" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="V1" s="4" t="s">
+      <c r="V1" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="W1" s="4" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:23" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:22" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="K2" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="T2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="U2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="V2" s="2" t="s">
-        <v>24</v>
-[...69 lines deleted...]
-      <c r="L24" s="6"/>
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="K3" s="4"/>
+    </row>
+    <row r="4" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L4" s="5"/>
+    </row>
+    <row r="5" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L5" s="5"/>
+    </row>
+    <row r="6" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L6" s="5"/>
+    </row>
+    <row r="7" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L7" s="5"/>
+    </row>
+    <row r="8" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L8" s="5"/>
+    </row>
+    <row r="9" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L9" s="5"/>
+    </row>
+    <row r="10" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L10" s="5"/>
+    </row>
+    <row r="11" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L11" s="5"/>
+    </row>
+    <row r="12" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L12" s="5"/>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L13" s="5"/>
+    </row>
+    <row r="14" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L14" s="5"/>
+    </row>
+    <row r="15" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L15" s="5"/>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="L16" s="5"/>
+    </row>
+    <row r="17" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L17" s="5"/>
+    </row>
+    <row r="18" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L18" s="5"/>
+    </row>
+    <row r="19" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L19" s="5"/>
+    </row>
+    <row r="20" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L20" s="5"/>
+    </row>
+    <row r="21" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L21" s="5"/>
+    </row>
+    <row r="22" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L22" s="5"/>
+    </row>
+    <row r="23" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L23" s="5"/>
+    </row>
+    <row r="24" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L24" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47CD743F-198A-4812-B6D8-5169C4AD284E}">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A14" sqref="A14"/>
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.7265625" style="5" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.26953125" style="5"/>
+    <col min="1" max="1" width="27.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="41" style="4" customWidth="1"/>
+    <col min="3" max="3" width="34.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.7109375" style="5" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" style="4" customWidth="1"/>
+    <col min="7" max="12" width="11.7109375" style="4" customWidth="1"/>
+    <col min="13" max="16384" width="9.28515625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12" customFormat="1" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="H1" s="7" t="s">
+      <c r="J1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="L1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="K1" s="1" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:12" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>23</v>
+      </c>
+      <c r="H2" s="7" t="s">
+        <v>23</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L3:L1048576" xr:uid="{AF656288-DAFC-48DF-AADF-580636A86B47}">
       <formula1>"ACH, Bank Fees and Interest, Cash Withdrawals, Check and Cash Deposits, Loan Transactions, Miscellaneous, Other, Spend, Transfer, Wires"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1299,66 +1443,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3A848D-1DCD-4EB0-84FC-D6D5B92ED041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2BE8075-292A-45E4-8BB2-E0B5056F22E0}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46C925BC-2639-4156-B10C-A3618B59646A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2557E630-912D-4187-9604-EB5E68056924}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>