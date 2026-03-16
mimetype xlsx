--- v0 (2025-10-08)
+++ v1 (2026-03-16)
@@ -8,163 +8,199 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="98" documentId="14_{3C4B3C76-107E-0B4D-A011-64E69C5BD0DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{459D2A80-ADA6-4AF2-92F0-65DF4E776615}"/>
+  <xr:revisionPtr revIDLastSave="31" documentId="13_ncr:1_{3EAFE064-6DD5-440B-9A4D-A8DC18909F9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{33FD9540-CD1A-4AC8-82D9-F3E73AF2352D}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="873" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28965" yWindow="-165" windowWidth="29130" windowHeight="15810" tabRatio="873" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Non-Working Days Template" sheetId="7" r:id="rId1"/>
     <sheet name="Task Classification List" sheetId="8" r:id="rId2"/>
     <sheet name="Task Upload Template" sheetId="1" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Task Upload Template'!$A$1:$V$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>cparks</author>
     <author>tc={86C81D34-784A-464F-8918-B62BD97C0F55}</author>
   </authors>
   <commentList>
     <comment ref="E1" authorId="0" shapeId="0" xr:uid="{34FE1271-9B65-47A6-9B9D-C91349F24164}">
       <text>
         <r>
           <rPr>
-            <sz val="9"/>
+            <sz val="8"/>
             <color rgb="FF000000"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>If this is a recurring task that you'd like generated month to month, you'll want to put "Yes" to use as a template. For tasks that are one-off tasks, you can put "No."</t>
         </r>
       </text>
     </comment>
-    <comment ref="L1" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0500-000001000000}">
+    <comment ref="G1" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0500-000001000000}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Must upload task classifications first and match names exactly.</t>
+      </text>
+    </comment>
+    <comment ref="H1" authorId="0" shapeId="0" xr:uid="{9DD8DA74-D862-4F91-8FCC-BF0C7475F434}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Auto Populated</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I1" authorId="0" shapeId="0" xr:uid="{749A3FF4-F911-46F0-A94F-3A504BF91955}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Calendar day</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J1" authorId="0" shapeId="0" xr:uid="{BE850F6E-60ED-41B6-9689-96210BC667A5}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Business day</t>
+        </r>
       </text>
     </comment>
     <comment ref="V1" authorId="0" shapeId="0" xr:uid="{6036A2D2-0F95-4E8A-A481-26EB357272A8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>cparks:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 300 character limit</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="80">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Work Calendar</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Subsidiary</t>
   </si>
   <si>
-    <t>(required)</t>
-[...1 lines deleted...]
-  <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Christmas Day (Observed)</t>
   </si>
   <si>
     <t>Holidays 2024 USA</t>
   </si>
   <si>
     <t>Parent : United States</t>
   </si>
   <si>
     <t>Reference Prefix</t>
   </si>
   <si>
     <t>Accounts Payable</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>CASH</t>
@@ -220,184 +256,184 @@
   <si>
     <t>Reporting</t>
   </si>
   <si>
     <t>REP</t>
   </si>
   <si>
     <t>Task Type</t>
   </si>
   <si>
     <t>Risk Level</t>
   </si>
   <si>
     <t>Importance</t>
   </si>
   <si>
     <t>Use As Template</t>
   </si>
   <si>
     <t>Task Frequency</t>
   </si>
   <si>
     <t>Absolute Due Date</t>
   </si>
   <si>
+    <t>Relative Due Date</t>
+  </si>
+  <si>
     <t>Weekday Due (Weekly Tasks)</t>
   </si>
   <si>
     <t>Holiday Preference (Weekly Tasks)</t>
   </si>
   <si>
     <t>Task Reference</t>
   </si>
   <si>
     <t>Task Classification</t>
   </si>
   <si>
     <t>Subsidiary Internal ID</t>
   </si>
   <si>
     <t>Subsidiary Name</t>
   </si>
   <si>
-    <t>Assignee</t>
-[...1 lines deleted...]
-  <si>
     <t>Reviewer</t>
   </si>
   <si>
     <t>Reviewer Due Date (Absolute)</t>
   </si>
   <si>
     <t>Reviewer Due Date (Relative)</t>
   </si>
   <si>
     <t>Reviewer Due Date (From Due Date)</t>
   </si>
   <si>
     <t>Close Grouping</t>
   </si>
   <si>
     <t>Duration Estimate (Hours)</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Required if Task Frequency is Weekly</t>
   </si>
   <si>
     <t>Open Text Entry</t>
   </si>
   <si>
     <t>Drop Down List</t>
   </si>
   <si>
     <t>Yes/No</t>
   </si>
   <si>
     <t>Whole Number (+ or -)</t>
   </si>
   <si>
     <t>Day of the Week</t>
   </si>
   <si>
     <t>Open Text</t>
   </si>
   <si>
-    <t>Drop Down List (from first tab)</t>
-[...1 lines deleted...]
-  <si>
     <t>NetSuite Internal ID</t>
   </si>
   <si>
     <t>NetSuite Subsidiary Name</t>
   </si>
   <si>
     <t>NetClose User</t>
   </si>
   <si>
     <t>Whole Number (+)</t>
   </si>
   <si>
     <t>Positive Number (can be fractional)</t>
   </si>
   <si>
     <t>Gather Company Time and Expense Entries</t>
   </si>
   <si>
     <t>Close Activity</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Monthly</t>
   </si>
   <si>
     <t>Thursday</t>
   </si>
   <si>
     <t>Next Available Work Day</t>
   </si>
   <si>
-    <t>G-001</t>
-[...1 lines deleted...]
-  <si>
     <t>Parent</t>
   </si>
   <si>
     <t>John Smith</t>
   </si>
   <si>
     <t>Jessica Brown</t>
   </si>
   <si>
     <t>Pre-Close</t>
   </si>
   <si>
     <t>Email reminder to company regarding time entry and expense entry.</t>
   </si>
   <si>
-    <t>Relative Due Date</t>
+    <t>Preparer</t>
+  </si>
+  <si>
+    <t>GEN-001</t>
+  </si>
+  <si>
+    <t>Drop Down List (from previous tab)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -502,82 +538,96 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...4 lines deleted...]
-    <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
+      <i/>
       <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="37">
+  <fills count="38">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -734,50 +784,56 @@
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -899,83 +955,87 @@
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="36" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="36" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="37" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="37" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -1299,710 +1359,1420 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="L1" dT="2022-03-28T22:27:04.88" personId="{388E52CF-8773-4E0E-87A0-D82001B23DA9}" id="{86C81D34-784A-464F-8918-B62BD97C0F55}">
+  <threadedComment ref="G1" dT="2022-03-28T22:27:04.88" personId="{388E52CF-8773-4E0E-87A0-D82001B23DA9}" id="{86C81D34-784A-464F-8918-B62BD97C0F55}">
     <text>Must upload task classifications first and match names exactly.</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D4"/>
   <sheetViews>
-    <sheetView zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7:D12"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B20" sqref="B20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="28.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="28.81640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.26953125" customWidth="1"/>
+    <col min="3" max="3" width="12.81640625" style="4" customWidth="1"/>
+    <col min="4" max="4" width="21.81640625" style="4" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="9" t="s">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="9" t="s">
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="B3" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="C3" s="12">
+        <v>45653</v>
+      </c>
+      <c r="D3" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="13">
-[...6 lines deleted...]
-    <row r="4" spans="1:4" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:4" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7"/>
       <c r="B4" s="7"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B15"/>
+  <dimension ref="A1:B20"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A13" sqref="A13"/>
+    <sheetView topLeftCell="A57" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.7265625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="7"/>
+      <c r="B3" s="7"/>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B4" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="14" t="s">
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="14" t="s">
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="B6" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="14" t="s">
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
         <v>15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B7" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="14" t="s">
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B8" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="14" t="s">
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" t="s">
+      <c r="B9" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="14" t="s">
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
         <v>21</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" t="s">
+      <c r="B10" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="14" t="s">
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" t="s">
+      <c r="B11" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="14" t="s">
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" t="s">
+      <c r="B12" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="14" t="s">
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B13" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="14" t="s">
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
         <v>29</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="B14" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="14" t="s">
-[...10 lines deleted...]
-      <c r="B15" s="14"/>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A15" s="14"/>
+      <c r="B15" s="15"/>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A16" s="14"/>
+      <c r="B16" s="15"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A17" s="14"/>
+      <c r="B17" s="15"/>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A18" s="14"/>
+      <c r="B18" s="14"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A19" s="14"/>
+      <c r="B19" s="14"/>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A20" s="14"/>
+      <c r="B20" s="14"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:X145"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="R1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
-      <selection activeCell="U8" sqref="U8"/>
+    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="U9" sqref="U9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="41.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="21.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="41.81640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="15.26953125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="16.453125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.26953125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="22.7109375" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="17" max="17" width="29.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="25.7265625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.81640625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="22.7265625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="35.453125" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="35.453125" customWidth="1"/>
+    <col min="13" max="13" width="25.1796875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="23.7265625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="14.26953125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="29.7265625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="29" bestFit="1" customWidth="1"/>
-    <col min="19" max="19" width="34.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="22" max="22" width="66.140625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="34.81640625" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="19.453125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="30.453125" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="66.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:24" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="G1" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I1" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="J1" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="H1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I1" s="2" t="s">
+      <c r="K1" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="J1" s="2" t="s">
+      <c r="L1" s="2" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="O1" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="P1" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="P1" s="2" t="s">
+      <c r="Q1" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="Q1" s="2" t="s">
+      <c r="R1" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="R1" s="2" t="s">
+      <c r="S1" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="S1" s="2" t="s">
+      <c r="T1" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="T1" s="2" t="s">
+      <c r="U1" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="U1" s="2" t="s">
+      <c r="V1" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="V1" s="2" t="s">
+      <c r="W1" s="10"/>
+      <c r="X1" s="10"/>
+    </row>
+    <row r="2" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="W1" s="11"/>
-[...3 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="B2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="K2" s="16" t="s">
         <v>52</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="L2" s="16" t="s">
         <v>52</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I2" s="1" t="s">
+      <c r="M2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="P2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="R2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="S2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="T2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="U2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="V2" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="B3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="O3" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="P3" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q3" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="R3" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="S3" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="T3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="U3" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="V3" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="K2" s="1" t="s">
-[...91 lines deleted...]
-      <c r="S3" s="1" t="s">
+    </row>
+    <row r="4" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="T3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="U3" s="1" t="s">
+      <c r="B4" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="V3" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="12" t="s">
+      <c r="C4" s="11" t="s">
         <v>66</v>
       </c>
-      <c r="B4" s="12" t="s">
+      <c r="D4" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="C4" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="12" t="s">
+      <c r="E4" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" s="11" t="s">
         <v>69</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="G4" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" s="11">
+        <v>7</v>
+      </c>
+      <c r="J4" s="11">
+        <v>7</v>
+      </c>
+      <c r="K4" s="11" t="s">
         <v>70</v>
       </c>
-      <c r="F4" s="12" t="s">
+      <c r="L4" s="11" t="s">
         <v>71</v>
       </c>
-      <c r="G4" s="12">
+      <c r="M4" s="11">
+        <v>33</v>
+      </c>
+      <c r="N4" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="O4" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="P4" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q4" s="11">
         <v>7</v>
       </c>
-      <c r="H4" s="12">
+      <c r="R4" s="11">
         <v>7</v>
       </c>
-      <c r="I4" s="12" t="s">
-[...14 lines deleted...]
-      <c r="N4" s="12" t="s">
+      <c r="S4" s="11">
+        <v>7</v>
+      </c>
+      <c r="T4" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="O4" s="12" t="s">
+      <c r="U4" s="11">
+        <v>1</v>
+      </c>
+      <c r="V4" s="11" t="s">
         <v>76</v>
       </c>
-      <c r="P4" s="12" t="s">
-[...21 lines deleted...]
-    <row r="5" spans="1:24" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:24" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
     </row>
-    <row r="6" spans="1:24" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-      <c r="A15" s="11"/>
+    <row r="6" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A6" s="10"/>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A7" s="10"/>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A8" s="10"/>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A9" s="10"/>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A10" s="10"/>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A11" s="10"/>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A12" s="10"/>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A13" s="10"/>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A14" s="10"/>
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A15" s="10"/>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="17" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E20" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="21" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E21" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="25" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="29" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="30" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E31" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="33" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E33" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="34" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E34" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="35" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E35" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="36" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E36" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="37" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E37" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="38" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E38" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="39" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E39" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="40" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="41" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E41" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="42" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E42" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="43" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E43" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="44" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E44" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="45" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E45" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="46" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="47" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E47" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="48" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="49" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E49" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="50" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E50" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="51" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E51" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="52" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E52" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="53" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E53" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="54" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="55" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E55" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="56" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E56" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="57" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E57" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="58" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E58" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="59" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E59" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="60" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E60" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="61" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E61" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="62" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E62" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="63" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E63" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="64" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E64" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="65" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E65" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="66" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E66" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="67" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E67" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="68" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E68" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="69" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E69" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="70" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E70" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="71" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E71" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="72" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E72" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="73" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E73" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="74" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E74" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="75" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E75" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="76" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E76" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="77" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E77" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="78" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E78" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="79" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E79" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="80" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E80" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="81" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E81" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="82" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E82" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="83" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E83" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="84" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E84" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="85" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E85" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="86" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E86" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="87" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E87" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="88" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E88" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="89" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E89" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="90" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E90" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="91" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E91" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="92" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E92" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="93" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E93" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="94" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E94" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="95" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E95" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="96" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E96" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="97" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E97" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="98" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E98" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="99" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E99" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="100" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E100" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="101" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E101" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="102" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E102" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="103" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E103" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="104" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E104" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="105" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E105" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="106" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E106" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="107" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E107" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="108" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E108" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="109" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E109" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="110" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E110" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="111" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E111" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="112" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E112" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="113" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E113" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="114" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E114" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="115" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E115" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="116" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E116" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="117" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E117" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="118" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E118" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="119" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E119" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="120" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E120" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="121" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E121" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="122" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E122" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="123" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E123" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="124" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E124" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="125" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E125" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="126" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E126" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="127" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E127" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="128" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E128" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="129" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E129" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="130" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E130" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="131" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E131" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="132" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E132" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="133" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E133" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="134" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E134" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="135" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E135" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="136" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="137" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E137" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="138" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E138" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="139" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E139" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="140" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E140" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="141" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E141" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="142" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="143" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E143" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="144" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E144" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="145" spans="5:5" x14ac:dyDescent="0.35">
+      <c r="E145" t="s">
+        <v>68</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4" xr:uid="{00000000-0009-0000-0000-000005000000}"/>
-  <phoneticPr fontId="22" type="noConversion"/>
+  <phoneticPr fontId="21" type="noConversion"/>
   <dataValidations count="10">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please use a value from the provided list (Pre-Close, Close, Post-Close)." sqref="T6:T1048576" xr:uid="{06A22F5E-6014-495B-8CEF-7FA4DD6702CE}">
       <formula1>"Pre-Close,Close,Post-Close"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value from the provided drop-down (Monthly, Quarterly, Annually, One-Time, Other)." sqref="F6:F1048576" xr:uid="{6604E188-62C2-4EB5-9391-B1C2EE544794}">
       <formula1>"Weekly,Monthly,Quarterly,Annually,Other"</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="The duration estimate should be between 0 and 10,000 hours." sqref="U6:U1048576" xr:uid="{47CBCB90-C5F5-424B-ADBF-C77BE99AB159}">
       <formula1>0</formula1>
       <formula2>10000</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="H6:H1048576" xr:uid="{C684EE23-C1F6-4620-A0B6-D0263FF28980}">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="J7:J1048576" xr:uid="{C684EE23-C1F6-4620-A0B6-D0263FF28980}">
       <formula1>-30</formula1>
       <formula2>30</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value from the provided drop-down list (Audit Support, Close Activity, General, Implementation, Personal, Process Improvement, Project)." sqref="B6:B1048576" xr:uid="{01978D74-20A9-4415-9DF4-FB18AADE2C82}">
       <formula1>"Audit Support,Close Activity,General,Implementation,Personal,Process Improvement,Project"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value provided in the drop-down list for this field (Low, Medium, High)." sqref="C6:D1048576" xr:uid="{E1410A0D-94F1-4B0B-9731-977272E7B1AB}">
       <formula1>"Low,Medium,High"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="G6:G1048576" xr:uid="{34B44F3B-2D39-46E0-A247-DD988F658C53}"/>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="J6:J1048576" xr:uid="{814BFBF0-0765-4FE2-8839-0E14EE7A3A34}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="I6:I1048576" xr:uid="{34B44F3B-2D39-46E0-A247-DD988F658C53}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="L6:L1048576" xr:uid="{814BFBF0-0765-4FE2-8839-0E14EE7A3A34}">
       <formula1>"Ignore Holidays,Next Available Work Day,Previous Available Work Day"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="I6:I1048576" xr:uid="{C903386B-AD0F-4051-B7B0-DBE292A264E7}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="K6:K1048576" xr:uid="{C903386B-AD0F-4051-B7B0-DBE292A264E7}">
       <formula1>"Sunday,Monday,Tuesday,Wednesday,Thursday,Friday,Saturday"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q6:Q1048576" xr:uid="{7F27B7EE-E453-4049-B0EF-6F3F01812445}">
       <formula1>"0,1,2,3,4,5,6"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="The only values accepted here are values included in your Task Classification excel tab. If you want to add this value as a task classification, add it to that list!" xr:uid="{6BE568A3-BBA3-4303-BC98-433D0C4BFED6}">
           <x14:formula1>
-            <xm:f>'Task Classification List'!$A$2:$A$1048576</xm:f>
+            <xm:f>'Task Classification List'!$A$4:$A$1048576</xm:f>
           </x14:formula1>
-          <xm:sqref>L6:L1048576</xm:sqref>
+          <xm:sqref>G6:G1048576</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value from the provided drop-down (Monthly, Quarterly, Annually, One-Time, Other)." xr:uid="{D9723823-74AE-4E1F-A5A5-9788EC320105}">
+          <x14:formula1>
+            <xm:f>'Task Classification List'!$A$4:$A$83</xm:f>
+          </x14:formula1>
+          <xm:sqref>G6:G1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaLengthInSeconds xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2199,93 +2969,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD24910-B80E-410F-B33F-420E802A010B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{545861B6-CC9D-4B1B-ABB8-72C1698DE67C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74BEA52F-6527-4D55-AB7C-B4DC411306B9}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F4818A1-1F01-4A5B-86A1-BD3CBDED0AE0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Non-Working Days Template</vt:lpstr>
       <vt:lpstr>Task Classification List</vt:lpstr>
       <vt:lpstr>Task Upload Template</vt:lpstr>
     </vt:vector>