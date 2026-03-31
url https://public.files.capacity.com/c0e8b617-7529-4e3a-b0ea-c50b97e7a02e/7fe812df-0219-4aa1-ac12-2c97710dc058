--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -8,111 +8,111 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="296" documentId="8_{C6AD4117-7587-4944-82D4-0C14E37AD160}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6C5B4C74-4E4D-4219-B4BC-DB53AA57F594}"/>
+  <xr:revisionPtr revIDLastSave="330" documentId="8_{C6AD4117-7587-4944-82D4-0C14E37AD160}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8C4467F8-9107-4D1C-9588-F2E80853A9DB}"/>
   <bookViews>
-    <workbookView xWindow="-57720" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{856E69D2-6134-4438-BEC9-4307F320F0C6}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{856E69D2-6134-4438-BEC9-4307F320F0C6}"/>
   </bookViews>
   <sheets>
-    <sheet name="Setup Flux Accounts Template" sheetId="1" r:id="rId1"/>
+    <sheet name="Set Up Flux Accounts" sheetId="1" r:id="rId1"/>
     <sheet name="Flux Analysis Group" sheetId="6" r:id="rId2"/>
     <sheet name="Flux Scenario Template" sheetId="7" r:id="rId3"/>
     <sheet name="Inputs" sheetId="4" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="FluxGroup">'Flux Analysis Group'!$B$5:$B$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={9F41C1CD-61E1-49A1-B0EB-8BC4E848435E}</author>
   </authors>
   <commentList>
-    <comment ref="C1" authorId="0" shapeId="0" xr:uid="{9F41C1CD-61E1-49A1-B0EB-8BC4E848435E}">
+    <comment ref="D1" authorId="0" shapeId="0" xr:uid="{9F41C1CD-61E1-49A1-B0EB-8BC4E848435E}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     If for multiple subsidiaries, separate subsidiary internal ID with a pipe "|" 
 For example: 6|13|25</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="90">
   <si>
     <t>Flux Override Amount Threshold</t>
   </si>
   <si>
     <t>Flux Override Percent Threshold</t>
   </si>
   <si>
     <t>Default Assignee</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Paige Groesbeck</t>
   </si>
   <si>
     <t>All Accounts</t>
   </si>
   <si>
@@ -301,182 +301,213 @@
   <si>
     <t>Income Statement Amount Threshold</t>
   </si>
   <si>
     <t>Either Balance Sheet amount OR  Balance Sheet percentage threshold?</t>
   </si>
   <si>
     <t>Balance Sheet Percentage Threshold</t>
   </si>
   <si>
     <t>Balance Sheet Amount Threshold</t>
   </si>
   <si>
     <t>Relative Current Period</t>
   </si>
   <si>
     <t>Relative Comparison Period</t>
   </si>
   <si>
     <t>Scenario Template</t>
   </si>
   <si>
     <t>Subsidiary Internal ID</t>
   </si>
   <si>
-    <t>Flux Accounts</t>
-[...1 lines deleted...]
-  <si>
     <t>Name of Scenario</t>
   </si>
   <si>
     <t>Display Name</t>
   </si>
   <si>
     <t>Absolute Due Date</t>
   </si>
   <si>
     <t>Close Timing (Business Days)</t>
   </si>
   <si>
     <t>11100 Operating</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
+  <si>
+    <t>Flux Grouping</t>
+  </si>
+  <si>
+    <t>Accounts and Groups</t>
+  </si>
+  <si>
+    <t>Flux Account Types</t>
+  </si>
+  <si>
+    <t>Default Preparer</t>
+  </si>
+  <si>
+    <t>Default Preparer Internal ID</t>
+  </si>
+  <si>
+    <t>Default Reviewer</t>
+  </si>
+  <si>
+    <t>Default Reviewer Internal ID</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -759,194 +790,194 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="C1" dT="2023-04-27T15:51:28.96" personId="{C01AD938-E6CA-4BCA-9DDC-635DFBD886E6}" id="{9F41C1CD-61E1-49A1-B0EB-8BC4E848435E}">
+  <threadedComment ref="D1" dT="2023-04-27T15:51:28.96" personId="{C01AD938-E6CA-4BCA-9DDC-635DFBD886E6}" id="{9F41C1CD-61E1-49A1-B0EB-8BC4E848435E}">
     <text>If for multiple subsidiaries, separate subsidiary internal ID with a pipe "|" 
 For example: 6|13|25</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26D12EFE-9321-445F-BFB8-5C1A5CDB19EC}">
-  <dimension ref="A1:O348"/>
+  <dimension ref="A1:O3717"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D21" sqref="D21"/>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.26953125" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="27.26953125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="37.26953125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="21" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="25.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="30.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="30.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="16.1796875" style="1" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="26.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="17" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="26.26953125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.453125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="26.54296875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="27" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="17.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" s="6" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D1" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E1" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="6" t="s">
-        <v>2</v>
+        <v>86</v>
       </c>
       <c r="K1" s="6" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="L1" s="6" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O1" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="B2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="F2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="G2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="K2" s="2" t="s">
+      <c r="K2" s="13" t="s">
         <v>42</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="M2" s="2" t="s">
+      <c r="M2" s="13" t="s">
         <v>42</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C3" s="3">
         <v>11100</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="3">
         <v>10000</v>
       </c>
       <c r="I3" s="4">
         <v>0.03</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="K3" s="3">
         <v>62</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>6</v>
       </c>
@@ -959,2072 +990,22630 @@
       <c r="O3" s="3">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
+      <c r="F5"/>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
+      <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="C7"/>
+      <c r="C7" s="11"/>
       <c r="D7"/>
       <c r="E7"/>
+      <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="C8"/>
+      <c r="C8" s="12"/>
       <c r="D8"/>
       <c r="E8"/>
+      <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
+      <c r="F9"/>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
+      <c r="F10"/>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
+      <c r="F11"/>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
+      <c r="F12"/>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="C13"/>
+      <c r="C13" s="12"/>
       <c r="D13"/>
       <c r="E13"/>
+      <c r="F13"/>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
+      <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
+      <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
+      <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
+      <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
+      <c r="F18"/>
       <c r="G18"/>
     </row>
     <row r="19" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
+      <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
+      <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
+      <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
+      <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
+      <c r="F25"/>
       <c r="G25"/>
     </row>
     <row r="26" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
+      <c r="F26"/>
       <c r="G26"/>
     </row>
     <row r="27" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
+      <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
+      <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
+      <c r="F29"/>
       <c r="G29"/>
     </row>
     <row r="30" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
+      <c r="F30"/>
       <c r="G30"/>
     </row>
     <row r="31" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
+      <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
+      <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
+      <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
+      <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
+      <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
+      <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
+      <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
+      <c r="F39"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
+      <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
+      <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
+      <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C43"/>
+      <c r="C43" s="12"/>
       <c r="D43"/>
       <c r="E43"/>
+      <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
+      <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
+      <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C47"/>
+      <c r="C47" s="12"/>
       <c r="D47"/>
       <c r="E47"/>
+      <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
+      <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
+      <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
+      <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C51"/>
+      <c r="C51" s="12"/>
       <c r="D51"/>
       <c r="E51"/>
+      <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
+      <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
+      <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
+      <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
+      <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
+      <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
+      <c r="F57"/>
       <c r="G57"/>
     </row>
     <row r="58" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
+      <c r="F58"/>
       <c r="G58"/>
     </row>
     <row r="59" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
+      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
+      <c r="F61"/>
       <c r="G61"/>
     </row>
     <row r="62" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
+      <c r="F62"/>
       <c r="G62"/>
     </row>
     <row r="63" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
+      <c r="F64"/>
     </row>
     <row r="65" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
+      <c r="F65"/>
       <c r="G65"/>
     </row>
     <row r="66" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
+      <c r="F67"/>
       <c r="G67"/>
     </row>
     <row r="68" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
+      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
+      <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
+      <c r="F70"/>
       <c r="G70"/>
     </row>
     <row r="71" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
+      <c r="F71"/>
       <c r="G71"/>
     </row>
     <row r="72" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C72"/>
+      <c r="C72" s="12"/>
       <c r="D72"/>
       <c r="E72"/>
+      <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
+      <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C76"/>
+      <c r="C76" s="11"/>
       <c r="D76"/>
       <c r="E76"/>
+      <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C77"/>
+      <c r="C77" s="12"/>
       <c r="D77"/>
       <c r="E77"/>
+      <c r="F77"/>
       <c r="G77"/>
     </row>
     <row r="78" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
+      <c r="F78"/>
     </row>
     <row r="79" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
+      <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C81"/>
+      <c r="C81" s="12"/>
       <c r="D81"/>
       <c r="E81"/>
+      <c r="F81"/>
       <c r="G81"/>
     </row>
     <row r="82" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
+      <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
+      <c r="F83"/>
       <c r="G83"/>
     </row>
     <row r="84" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
+      <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C85"/>
+      <c r="C85" s="12"/>
       <c r="D85"/>
       <c r="E85"/>
+      <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
+      <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
+      <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
+      <c r="F88"/>
       <c r="G88"/>
     </row>
     <row r="89" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C89"/>
+      <c r="C89" s="11"/>
       <c r="D89"/>
       <c r="E89"/>
+      <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C90"/>
+      <c r="C90" s="12"/>
       <c r="D90"/>
       <c r="E90"/>
+      <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
+      <c r="F91"/>
       <c r="G91"/>
     </row>
     <row r="92" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
+      <c r="F92"/>
       <c r="G92"/>
     </row>
     <row r="93" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
+      <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
+      <c r="F94"/>
       <c r="G94"/>
     </row>
     <row r="95" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
+      <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
+      <c r="F96"/>
       <c r="G96"/>
     </row>
     <row r="97" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
+      <c r="F97"/>
       <c r="G97"/>
     </row>
     <row r="98" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
+      <c r="F98"/>
       <c r="G98"/>
     </row>
     <row r="99" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
+      <c r="F99"/>
       <c r="G99"/>
     </row>
     <row r="100" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
+      <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
+      <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
+      <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
+      <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108"/>
+      <c r="F108"/>
       <c r="G108"/>
     </row>
     <row r="109" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109"/>
+      <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
+      <c r="F110"/>
       <c r="G110"/>
     </row>
     <row r="111" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C112"/>
       <c r="D112"/>
       <c r="E112"/>
+      <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C113"/>
       <c r="D113"/>
       <c r="E113"/>
+      <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
+      <c r="F114"/>
       <c r="G114"/>
     </row>
     <row r="115" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
+      <c r="F115"/>
       <c r="G115"/>
     </row>
     <row r="116" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
+      <c r="F116"/>
     </row>
     <row r="117" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C117"/>
+      <c r="C117" s="12"/>
       <c r="D117"/>
       <c r="E117"/>
+      <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
+      <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
+      <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120"/>
+      <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
+      <c r="F121"/>
       <c r="G121"/>
     </row>
     <row r="122" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C122"/>
       <c r="D122"/>
       <c r="E122"/>
+      <c r="F122"/>
       <c r="G122"/>
     </row>
     <row r="123" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C123"/>
       <c r="D123"/>
       <c r="E123"/>
+      <c r="F123"/>
       <c r="G123"/>
     </row>
     <row r="124" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C124"/>
       <c r="D124"/>
       <c r="E124"/>
+      <c r="F124"/>
       <c r="G124"/>
     </row>
     <row r="125" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125"/>
+      <c r="F125"/>
       <c r="G125"/>
     </row>
     <row r="126" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
+      <c r="F126"/>
     </row>
     <row r="127" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
+      <c r="F127"/>
       <c r="G127"/>
     </row>
     <row r="128" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128"/>
+      <c r="F128"/>
       <c r="G128"/>
     </row>
     <row r="129" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129"/>
+      <c r="F129"/>
       <c r="G129"/>
     </row>
     <row r="130" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
+      <c r="F130"/>
       <c r="G130"/>
     </row>
     <row r="131" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131"/>
+      <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C132"/>
       <c r="D132"/>
       <c r="E132"/>
+      <c r="F132"/>
       <c r="G132"/>
     </row>
     <row r="133" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C133"/>
       <c r="D133"/>
       <c r="E133"/>
+      <c r="F133"/>
       <c r="G133"/>
     </row>
     <row r="134" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
+      <c r="F134"/>
       <c r="G134"/>
     </row>
     <row r="135" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C135"/>
       <c r="D135"/>
       <c r="E135"/>
+      <c r="F135"/>
       <c r="G135"/>
     </row>
     <row r="136" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
+      <c r="F136"/>
       <c r="G136"/>
     </row>
     <row r="137" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C137"/>
       <c r="D137"/>
       <c r="E137"/>
+      <c r="F137"/>
       <c r="G137"/>
     </row>
     <row r="138" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C138"/>
+      <c r="C138" s="12"/>
       <c r="D138"/>
       <c r="E138"/>
+      <c r="F138"/>
       <c r="G138"/>
     </row>
     <row r="139" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
+      <c r="F139"/>
       <c r="G139"/>
     </row>
     <row r="140" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
+      <c r="F140"/>
       <c r="G140"/>
     </row>
     <row r="141" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141"/>
+      <c r="F141"/>
       <c r="G141"/>
     </row>
     <row r="142" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
+      <c r="F142"/>
       <c r="G142"/>
     </row>
     <row r="143" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143"/>
+      <c r="F143"/>
       <c r="G143"/>
     </row>
     <row r="144" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
+      <c r="F144"/>
       <c r="G144"/>
     </row>
     <row r="145" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
+      <c r="F145"/>
       <c r="G145"/>
     </row>
     <row r="146" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146"/>
+      <c r="F146"/>
       <c r="G146"/>
     </row>
     <row r="147" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147"/>
+      <c r="F147"/>
       <c r="G147"/>
     </row>
     <row r="148" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148"/>
+      <c r="F148"/>
       <c r="G148"/>
     </row>
     <row r="149" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149"/>
+      <c r="F149"/>
     </row>
     <row r="150" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
+      <c r="F150"/>
       <c r="G150"/>
     </row>
     <row r="151" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151"/>
+      <c r="F151"/>
       <c r="G151"/>
     </row>
     <row r="152" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152"/>
+      <c r="F152"/>
       <c r="G152"/>
     </row>
     <row r="153" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153"/>
+      <c r="F153"/>
       <c r="G153"/>
     </row>
     <row r="154" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154"/>
+      <c r="F154"/>
     </row>
     <row r="155" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155"/>
+      <c r="F155"/>
       <c r="G155"/>
     </row>
     <row r="156" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156"/>
+      <c r="F156"/>
       <c r="G156"/>
     </row>
     <row r="157" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157"/>
+      <c r="F157"/>
       <c r="G157"/>
     </row>
     <row r="158" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158"/>
+      <c r="F158"/>
     </row>
     <row r="159" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C159"/>
+      <c r="C159" s="11"/>
       <c r="D159"/>
       <c r="E159"/>
+      <c r="F159"/>
       <c r="G159"/>
     </row>
     <row r="160" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C160"/>
+      <c r="C160" s="12"/>
       <c r="D160"/>
       <c r="E160"/>
+      <c r="F160"/>
       <c r="G160"/>
     </row>
     <row r="161" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C161"/>
       <c r="D161"/>
       <c r="E161"/>
+      <c r="F161"/>
       <c r="G161"/>
     </row>
     <row r="162" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
+      <c r="F162"/>
       <c r="G162"/>
     </row>
     <row r="163" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
+      <c r="F163"/>
       <c r="G163"/>
     </row>
     <row r="164" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
+      <c r="F164"/>
       <c r="G164"/>
     </row>
     <row r="165" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
+      <c r="F165"/>
       <c r="G165"/>
     </row>
     <row r="166" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
+      <c r="F166"/>
       <c r="G166"/>
     </row>
     <row r="167" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
+      <c r="F167"/>
     </row>
     <row r="168" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
+      <c r="F168"/>
       <c r="G168"/>
     </row>
     <row r="169" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
+      <c r="F169"/>
       <c r="G169"/>
     </row>
     <row r="170" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C170"/>
       <c r="D170"/>
       <c r="E170"/>
+      <c r="F170"/>
       <c r="G170"/>
     </row>
     <row r="171" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
+      <c r="F171"/>
       <c r="G171"/>
     </row>
     <row r="172" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172"/>
+      <c r="F172"/>
       <c r="G172"/>
     </row>
     <row r="173" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173"/>
+      <c r="F173"/>
       <c r="G173"/>
     </row>
     <row r="174" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
+      <c r="F174"/>
       <c r="G174"/>
     </row>
     <row r="175" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C175"/>
       <c r="D175"/>
       <c r="E175"/>
+      <c r="F175"/>
       <c r="G175"/>
     </row>
     <row r="176" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C176"/>
+      <c r="C176" s="12"/>
       <c r="D176"/>
       <c r="E176"/>
+      <c r="F176"/>
       <c r="G176"/>
     </row>
     <row r="177" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C177"/>
       <c r="D177"/>
       <c r="E177"/>
+      <c r="F177"/>
       <c r="G177"/>
     </row>
     <row r="178" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C178"/>
       <c r="D178"/>
       <c r="E178"/>
+      <c r="F178"/>
       <c r="G178"/>
     </row>
     <row r="179" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C179"/>
       <c r="D179"/>
       <c r="E179"/>
+      <c r="F179"/>
       <c r="G179"/>
     </row>
     <row r="180" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C180"/>
       <c r="D180"/>
       <c r="E180"/>
+      <c r="F180"/>
       <c r="G180"/>
     </row>
     <row r="181" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
+      <c r="F181"/>
       <c r="G181"/>
     </row>
     <row r="182" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
+      <c r="F182"/>
       <c r="G182"/>
     </row>
     <row r="183" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
+      <c r="F183"/>
       <c r="G183"/>
     </row>
     <row r="184" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C184"/>
       <c r="D184"/>
       <c r="E184"/>
+      <c r="F184"/>
       <c r="G184"/>
     </row>
     <row r="185" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185"/>
+      <c r="F185"/>
       <c r="G185"/>
     </row>
     <row r="186" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186"/>
+      <c r="F186"/>
     </row>
     <row r="187" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187"/>
+      <c r="F187"/>
       <c r="G187"/>
     </row>
     <row r="188" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C188"/>
       <c r="D188"/>
       <c r="E188"/>
+      <c r="F188"/>
       <c r="G188"/>
     </row>
     <row r="189" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189"/>
+      <c r="F189"/>
       <c r="G189"/>
     </row>
     <row r="190" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C190"/>
       <c r="D190"/>
       <c r="E190"/>
+      <c r="F190"/>
       <c r="G190"/>
     </row>
     <row r="191" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191"/>
+      <c r="F191"/>
       <c r="G191"/>
     </row>
     <row r="192" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C192"/>
+      <c r="C192" s="11"/>
       <c r="D192"/>
       <c r="E192"/>
+      <c r="F192"/>
     </row>
     <row r="193" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C193"/>
+      <c r="C193" s="12"/>
       <c r="D193"/>
       <c r="E193"/>
+      <c r="F193"/>
       <c r="G193"/>
     </row>
     <row r="194" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C194"/>
       <c r="D194"/>
       <c r="E194"/>
+      <c r="F194"/>
       <c r="G194"/>
     </row>
     <row r="195" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195"/>
+      <c r="F195"/>
       <c r="G195"/>
     </row>
     <row r="196" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196"/>
+      <c r="F196"/>
       <c r="G196"/>
     </row>
     <row r="197" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C197"/>
+      <c r="C197" s="11"/>
       <c r="D197"/>
       <c r="E197"/>
+      <c r="F197"/>
       <c r="G197"/>
     </row>
     <row r="198" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C198"/>
+      <c r="C198" s="12"/>
       <c r="D198"/>
       <c r="E198"/>
+      <c r="F198"/>
       <c r="G198"/>
     </row>
     <row r="199" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
+      <c r="F199"/>
     </row>
     <row r="200" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
+      <c r="F200"/>
       <c r="G200"/>
     </row>
     <row r="201" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C201"/>
       <c r="D201"/>
       <c r="E201"/>
+      <c r="F201"/>
       <c r="G201"/>
     </row>
     <row r="202" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202"/>
+      <c r="F202"/>
       <c r="G202"/>
     </row>
     <row r="203" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203"/>
+      <c r="F203"/>
       <c r="G203"/>
     </row>
     <row r="204" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204"/>
+      <c r="F204"/>
       <c r="G204"/>
     </row>
     <row r="205" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205"/>
+      <c r="F205"/>
     </row>
     <row r="206" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
+      <c r="F206"/>
       <c r="G206"/>
     </row>
     <row r="207" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207"/>
+      <c r="F207"/>
       <c r="G207"/>
     </row>
     <row r="208" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208"/>
+      <c r="F208"/>
       <c r="G208"/>
     </row>
     <row r="209" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209"/>
+      <c r="F209"/>
       <c r="G209"/>
     </row>
     <row r="210" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C210"/>
       <c r="D210"/>
       <c r="E210"/>
+      <c r="F210"/>
       <c r="G210"/>
     </row>
     <row r="211" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211"/>
+      <c r="F211"/>
       <c r="G211"/>
     </row>
     <row r="212" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
+      <c r="F212"/>
       <c r="G212"/>
     </row>
     <row r="213" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213"/>
+      <c r="F213"/>
       <c r="G213"/>
     </row>
     <row r="214" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C214"/>
       <c r="D214"/>
       <c r="E214"/>
+      <c r="F214"/>
       <c r="G214"/>
     </row>
     <row r="215" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215"/>
+      <c r="F215"/>
     </row>
     <row r="216" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216"/>
+      <c r="F216"/>
     </row>
     <row r="217" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217"/>
+      <c r="F217"/>
     </row>
     <row r="218" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218"/>
+      <c r="F218"/>
     </row>
     <row r="219" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219"/>
+      <c r="F219"/>
     </row>
     <row r="220" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C220"/>
       <c r="D220"/>
       <c r="E220"/>
+      <c r="F220"/>
     </row>
     <row r="221" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C221"/>
       <c r="D221"/>
       <c r="E221"/>
+      <c r="F221"/>
     </row>
     <row r="222" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C222"/>
       <c r="D222"/>
       <c r="E222"/>
+      <c r="F222"/>
     </row>
     <row r="223" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C223"/>
       <c r="D223"/>
       <c r="E223"/>
+      <c r="F223"/>
     </row>
     <row r="224" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C224"/>
+      <c r="C224" s="12"/>
       <c r="D224"/>
       <c r="E224"/>
-    </row>
-    <row r="225" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F224"/>
+    </row>
+    <row r="225" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C225"/>
       <c r="D225"/>
       <c r="E225"/>
-    </row>
-    <row r="226" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F225"/>
+    </row>
+    <row r="226" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C226"/>
       <c r="D226"/>
       <c r="E226"/>
-    </row>
-    <row r="227" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F226"/>
+    </row>
+    <row r="227" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C227"/>
       <c r="D227"/>
       <c r="E227"/>
-    </row>
-    <row r="228" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F227"/>
+    </row>
+    <row r="228" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C228"/>
       <c r="D228"/>
       <c r="E228"/>
-    </row>
-    <row r="229" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F228"/>
+    </row>
+    <row r="229" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229"/>
-    </row>
-    <row r="230" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F229"/>
+    </row>
+    <row r="230" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C230"/>
       <c r="D230"/>
       <c r="E230"/>
-    </row>
-    <row r="231" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F230"/>
+    </row>
+    <row r="231" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231"/>
-    </row>
-    <row r="232" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F231"/>
+    </row>
+    <row r="232" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C232"/>
       <c r="D232"/>
       <c r="E232"/>
-    </row>
-    <row r="233" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F232"/>
+    </row>
+    <row r="233" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C233"/>
       <c r="D233"/>
       <c r="E233"/>
-    </row>
-    <row r="234" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F233"/>
+    </row>
+    <row r="234" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C234"/>
       <c r="D234"/>
       <c r="E234"/>
-    </row>
-    <row r="235" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F234"/>
+    </row>
+    <row r="235" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235"/>
-    </row>
-    <row r="236" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F235"/>
+    </row>
+    <row r="236" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236"/>
-    </row>
-    <row r="237" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F236"/>
+    </row>
+    <row r="237" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237"/>
-    </row>
-    <row r="238" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F237"/>
+    </row>
+    <row r="238" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C238"/>
       <c r="D238"/>
       <c r="E238"/>
-    </row>
-    <row r="239" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F238"/>
+    </row>
+    <row r="239" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C239"/>
       <c r="D239"/>
       <c r="E239"/>
-    </row>
-    <row r="240" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F239"/>
+    </row>
+    <row r="240" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
-    </row>
-    <row r="241" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F240"/>
+    </row>
+    <row r="241" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241"/>
-    </row>
-    <row r="242" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F241"/>
+    </row>
+    <row r="242" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242"/>
-    </row>
-    <row r="243" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F242"/>
+    </row>
+    <row r="243" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243"/>
-    </row>
-    <row r="244" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F243"/>
+    </row>
+    <row r="244" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C244"/>
       <c r="D244"/>
       <c r="E244"/>
-    </row>
-    <row r="245" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F244"/>
+    </row>
+    <row r="245" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C245"/>
       <c r="D245"/>
       <c r="E245"/>
-    </row>
-    <row r="246" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F245"/>
+    </row>
+    <row r="246" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246"/>
-    </row>
-    <row r="247" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F246"/>
+    </row>
+    <row r="247" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247"/>
-    </row>
-    <row r="248" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F247"/>
+    </row>
+    <row r="248" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248"/>
-    </row>
-    <row r="249" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F248"/>
+    </row>
+    <row r="249" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C250"/>
+      <c r="F249"/>
+    </row>
+    <row r="250" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C250" s="11"/>
       <c r="D250"/>
       <c r="E250"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C251"/>
+      <c r="F250"/>
+    </row>
+    <row r="251" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C251" s="12"/>
       <c r="D251"/>
       <c r="E251"/>
-    </row>
-    <row r="252" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F251"/>
+    </row>
+    <row r="252" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C252"/>
       <c r="D252"/>
       <c r="E252"/>
-    </row>
-    <row r="253" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F252"/>
+    </row>
+    <row r="253" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C253"/>
       <c r="D253"/>
       <c r="E253"/>
-    </row>
-    <row r="254" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F253"/>
+    </row>
+    <row r="254" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C254"/>
       <c r="D254"/>
       <c r="E254"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C255"/>
+      <c r="F254"/>
+    </row>
+    <row r="255" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C255" s="12"/>
       <c r="D255"/>
       <c r="E255"/>
-    </row>
-    <row r="256" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F255"/>
+    </row>
+    <row r="256" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256"/>
-    </row>
-    <row r="257" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F256"/>
+    </row>
+    <row r="257" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C257"/>
       <c r="D257"/>
       <c r="E257"/>
-    </row>
-    <row r="258" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F257"/>
+    </row>
+    <row r="258" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C259"/>
+      <c r="F258"/>
+    </row>
+    <row r="259" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C259" s="11"/>
       <c r="D259"/>
       <c r="E259"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C260"/>
+      <c r="F259"/>
+    </row>
+    <row r="260" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C260" s="12"/>
       <c r="D260"/>
       <c r="E260"/>
-    </row>
-    <row r="261" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F260"/>
+    </row>
+    <row r="261" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C261"/>
       <c r="D261"/>
       <c r="E261"/>
-    </row>
-    <row r="262" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F261"/>
+    </row>
+    <row r="262" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C262"/>
       <c r="D262"/>
       <c r="E262"/>
-    </row>
-    <row r="263" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F262"/>
+    </row>
+    <row r="263" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C263"/>
       <c r="D263"/>
       <c r="E263"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C264"/>
+      <c r="F263"/>
+    </row>
+    <row r="264" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C264" s="12"/>
       <c r="D264"/>
       <c r="E264"/>
-    </row>
-    <row r="265" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F264"/>
+    </row>
+    <row r="265" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265"/>
-    </row>
-    <row r="266" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F265"/>
+    </row>
+    <row r="266" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266"/>
-    </row>
-    <row r="267" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F266"/>
+    </row>
+    <row r="267" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C268"/>
+      <c r="F267"/>
+    </row>
+    <row r="268" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C268" s="11"/>
       <c r="D268"/>
       <c r="E268"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C269"/>
+      <c r="F268"/>
+    </row>
+    <row r="269" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C269" s="12"/>
       <c r="D269"/>
       <c r="E269"/>
-    </row>
-    <row r="270" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F269"/>
+    </row>
+    <row r="270" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C270"/>
       <c r="D270"/>
       <c r="E270"/>
-    </row>
-    <row r="271" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F270"/>
+    </row>
+    <row r="271" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C271"/>
       <c r="D271"/>
       <c r="E271"/>
-    </row>
-    <row r="272" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F271"/>
+    </row>
+    <row r="272" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C272"/>
       <c r="D272"/>
       <c r="E272"/>
-    </row>
-    <row r="273" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F272"/>
+    </row>
+    <row r="273" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C273"/>
       <c r="D273"/>
       <c r="E273"/>
-    </row>
-    <row r="274" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F273"/>
+    </row>
+    <row r="274" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C274"/>
       <c r="D274"/>
       <c r="E274"/>
-    </row>
-    <row r="275" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F274"/>
+    </row>
+    <row r="275" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C275"/>
       <c r="D275"/>
       <c r="E275"/>
-    </row>
-    <row r="276" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F275"/>
+    </row>
+    <row r="276" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C276"/>
       <c r="D276"/>
       <c r="E276"/>
-    </row>
-    <row r="277" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F276"/>
+    </row>
+    <row r="277" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C277"/>
       <c r="D277"/>
       <c r="E277"/>
-    </row>
-    <row r="278" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F277"/>
+    </row>
+    <row r="278" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C278"/>
       <c r="D278"/>
       <c r="E278"/>
-    </row>
-    <row r="279" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F278"/>
+    </row>
+    <row r="279" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C279"/>
       <c r="D279"/>
       <c r="E279"/>
-    </row>
-    <row r="280" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F279"/>
+    </row>
+    <row r="280" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C280"/>
       <c r="D280"/>
       <c r="E280"/>
-    </row>
-    <row r="281" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F280"/>
+    </row>
+    <row r="281" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C281"/>
       <c r="D281"/>
       <c r="E281"/>
-    </row>
-    <row r="282" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F281"/>
+    </row>
+    <row r="282" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C282"/>
       <c r="D282"/>
       <c r="E282"/>
-    </row>
-    <row r="283" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F282"/>
+    </row>
+    <row r="283" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C283"/>
       <c r="D283"/>
       <c r="E283"/>
-    </row>
-    <row r="284" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F283"/>
+    </row>
+    <row r="284" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C284"/>
       <c r="D284"/>
       <c r="E284"/>
-    </row>
-    <row r="285" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F284"/>
+    </row>
+    <row r="285" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285"/>
-    </row>
-    <row r="286" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F285"/>
+    </row>
+    <row r="286" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C286"/>
       <c r="D286"/>
       <c r="E286"/>
-    </row>
-    <row r="287" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F286"/>
+    </row>
+    <row r="287" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C287"/>
       <c r="D287"/>
       <c r="E287"/>
-    </row>
-    <row r="288" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F287"/>
+    </row>
+    <row r="288" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C288"/>
       <c r="D288"/>
       <c r="E288"/>
-    </row>
-    <row r="289" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F288"/>
+    </row>
+    <row r="289" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C289"/>
       <c r="D289"/>
       <c r="E289"/>
-    </row>
-    <row r="290" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F289"/>
+    </row>
+    <row r="290" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C290"/>
       <c r="D290"/>
       <c r="E290"/>
-    </row>
-    <row r="291" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F290"/>
+    </row>
+    <row r="291" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C291"/>
       <c r="D291"/>
       <c r="E291"/>
-    </row>
-    <row r="292" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F291"/>
+    </row>
+    <row r="292" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C292"/>
       <c r="D292"/>
       <c r="E292"/>
-    </row>
-    <row r="293" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F292"/>
+    </row>
+    <row r="293" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C293"/>
       <c r="D293"/>
       <c r="E293"/>
-    </row>
-    <row r="294" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F293"/>
+    </row>
+    <row r="294" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C294"/>
       <c r="D294"/>
       <c r="E294"/>
-    </row>
-    <row r="295" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F294"/>
+    </row>
+    <row r="295" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C295"/>
       <c r="D295"/>
       <c r="E295"/>
-    </row>
-    <row r="296" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F295"/>
+    </row>
+    <row r="296" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C296"/>
       <c r="D296"/>
       <c r="E296"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C297"/>
+      <c r="F296"/>
+    </row>
+    <row r="297" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C297" s="12"/>
       <c r="D297"/>
       <c r="E297"/>
-    </row>
-    <row r="298" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F297"/>
+    </row>
+    <row r="298" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298"/>
-    </row>
-    <row r="299" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F298"/>
+    </row>
+    <row r="299" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C299"/>
       <c r="D299"/>
       <c r="E299"/>
-    </row>
-    <row r="300" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F299"/>
+    </row>
+    <row r="300" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C300"/>
       <c r="D300"/>
       <c r="E300"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C301"/>
+      <c r="F300"/>
+    </row>
+    <row r="301" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C301" s="12"/>
       <c r="D301"/>
       <c r="E301"/>
-    </row>
-    <row r="302" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F301"/>
+    </row>
+    <row r="302" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C302"/>
       <c r="D302"/>
       <c r="E302"/>
-    </row>
-    <row r="303" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F302"/>
+    </row>
+    <row r="303" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C303"/>
       <c r="D303"/>
       <c r="E303"/>
-    </row>
-    <row r="304" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F303"/>
+    </row>
+    <row r="304" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C304"/>
       <c r="D304"/>
       <c r="E304"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C305"/>
+      <c r="F304"/>
+    </row>
+    <row r="305" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C305" s="12"/>
       <c r="D305"/>
       <c r="E305"/>
-    </row>
-    <row r="306" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F305"/>
+    </row>
+    <row r="306" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C306"/>
       <c r="D306"/>
       <c r="E306"/>
-    </row>
-    <row r="307" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F306"/>
+    </row>
+    <row r="307" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C307"/>
       <c r="D307"/>
       <c r="E307"/>
-    </row>
-    <row r="308" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F307"/>
+    </row>
+    <row r="308" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C308"/>
       <c r="D308"/>
       <c r="E308"/>
-    </row>
-    <row r="309" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F308"/>
+    </row>
+    <row r="309" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309"/>
-    </row>
-    <row r="310" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F309"/>
+    </row>
+    <row r="310" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310"/>
-    </row>
-    <row r="311" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F310"/>
+    </row>
+    <row r="311" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C311"/>
       <c r="D311"/>
       <c r="E311"/>
-    </row>
-    <row r="312" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F311"/>
+    </row>
+    <row r="312" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C312"/>
       <c r="D312"/>
       <c r="E312"/>
-    </row>
-    <row r="313" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F312"/>
+    </row>
+    <row r="313" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C313"/>
       <c r="D313"/>
       <c r="E313"/>
-    </row>
-    <row r="314" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F313"/>
+    </row>
+    <row r="314" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C315"/>
+      <c r="F314"/>
+    </row>
+    <row r="315" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C315" s="12"/>
       <c r="D315"/>
       <c r="E315"/>
-    </row>
-    <row r="316" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F315"/>
+    </row>
+    <row r="316" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C316"/>
       <c r="D316"/>
       <c r="E316"/>
-    </row>
-    <row r="317" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F316"/>
+    </row>
+    <row r="317" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C317"/>
       <c r="D317"/>
       <c r="E317"/>
-    </row>
-    <row r="318" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F317"/>
+    </row>
+    <row r="318" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C318"/>
       <c r="D318"/>
       <c r="E318"/>
-    </row>
-    <row r="319" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F318"/>
+    </row>
+    <row r="319" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C319"/>
       <c r="D319"/>
       <c r="E319"/>
-    </row>
-    <row r="320" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F319"/>
+    </row>
+    <row r="320" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C320"/>
       <c r="D320"/>
       <c r="E320"/>
-    </row>
-    <row r="321" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F320"/>
+    </row>
+    <row r="321" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C321"/>
       <c r="D321"/>
       <c r="E321"/>
-    </row>
-    <row r="322" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F321"/>
+    </row>
+    <row r="322" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C322"/>
       <c r="D322"/>
       <c r="E322"/>
-    </row>
-    <row r="323" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F322"/>
+    </row>
+    <row r="323" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C323"/>
       <c r="D323"/>
       <c r="E323"/>
-    </row>
-    <row r="324" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F323"/>
+    </row>
+    <row r="324" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C324"/>
       <c r="D324"/>
       <c r="E324"/>
-    </row>
-    <row r="325" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F324"/>
+    </row>
+    <row r="325" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C325"/>
       <c r="D325"/>
       <c r="E325"/>
-    </row>
-    <row r="326" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F325"/>
+    </row>
+    <row r="326" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C326"/>
       <c r="D326"/>
       <c r="E326"/>
-    </row>
-    <row r="327" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F326"/>
+    </row>
+    <row r="327" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C327"/>
       <c r="D327"/>
       <c r="E327"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C328"/>
+      <c r="F327"/>
+    </row>
+    <row r="328" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C328" s="12"/>
       <c r="D328"/>
       <c r="E328"/>
-    </row>
-    <row r="329" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F328"/>
+    </row>
+    <row r="329" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C329"/>
       <c r="D329"/>
       <c r="E329"/>
-    </row>
-    <row r="330" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F329"/>
+    </row>
+    <row r="330" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C330"/>
       <c r="D330"/>
       <c r="E330"/>
-    </row>
-    <row r="331" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F330"/>
+    </row>
+    <row r="331" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C331"/>
       <c r="D331"/>
       <c r="E331"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C332"/>
+      <c r="F331"/>
+    </row>
+    <row r="332" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C332" s="12"/>
       <c r="D332"/>
       <c r="E332"/>
-    </row>
-    <row r="333" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F332"/>
+    </row>
+    <row r="333" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C333"/>
       <c r="D333"/>
       <c r="E333"/>
-    </row>
-    <row r="334" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F333"/>
+    </row>
+    <row r="334" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C334"/>
       <c r="D334"/>
       <c r="E334"/>
-    </row>
-    <row r="335" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F334"/>
+    </row>
+    <row r="335" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C336"/>
+      <c r="F335"/>
+    </row>
+    <row r="336" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C336" s="12"/>
       <c r="D336"/>
       <c r="E336"/>
-    </row>
-    <row r="337" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F336"/>
+    </row>
+    <row r="337" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C337"/>
       <c r="D337"/>
       <c r="E337"/>
-    </row>
-    <row r="338" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F337"/>
+    </row>
+    <row r="338" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C338"/>
       <c r="D338"/>
       <c r="E338"/>
-    </row>
-    <row r="339" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F338"/>
+    </row>
+    <row r="339" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C339"/>
       <c r="D339"/>
       <c r="E339"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C340"/>
+      <c r="F339"/>
+    </row>
+    <row r="340" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C340" s="11"/>
       <c r="D340"/>
       <c r="E340"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C341"/>
+      <c r="F340"/>
+    </row>
+    <row r="341" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C341" s="12"/>
       <c r="D341"/>
       <c r="E341"/>
-    </row>
-    <row r="342" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F341"/>
+    </row>
+    <row r="342" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C342"/>
       <c r="D342"/>
       <c r="E342"/>
-    </row>
-    <row r="343" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F342"/>
+    </row>
+    <row r="343" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C343"/>
       <c r="D343"/>
       <c r="E343"/>
-    </row>
-    <row r="344" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F343"/>
+    </row>
+    <row r="344" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C344"/>
       <c r="D344"/>
       <c r="E344"/>
-    </row>
-[...1 lines deleted...]
-      <c r="C345"/>
+      <c r="F344"/>
+    </row>
+    <row r="345" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C345" s="12"/>
       <c r="D345"/>
       <c r="E345"/>
-    </row>
-    <row r="346" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F345"/>
+    </row>
+    <row r="346" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C346"/>
       <c r="D346"/>
       <c r="E346"/>
-    </row>
-    <row r="347" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F346"/>
+    </row>
+    <row r="347" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C347"/>
       <c r="D347"/>
       <c r="E347"/>
-    </row>
-    <row r="348" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="F347"/>
+    </row>
+    <row r="348" spans="3:6" x14ac:dyDescent="0.35">
       <c r="C348"/>
       <c r="D348"/>
       <c r="E348"/>
+      <c r="F348"/>
+    </row>
+    <row r="349" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C349" s="12"/>
+      <c r="D349"/>
+      <c r="E349"/>
+      <c r="F349"/>
+    </row>
+    <row r="350" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C350"/>
+      <c r="D350"/>
+      <c r="E350"/>
+      <c r="F350"/>
+    </row>
+    <row r="351" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C351"/>
+      <c r="D351"/>
+      <c r="E351"/>
+      <c r="F351"/>
+    </row>
+    <row r="352" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C352"/>
+      <c r="D352"/>
+      <c r="E352"/>
+      <c r="F352"/>
+    </row>
+    <row r="353" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C353"/>
+      <c r="D353"/>
+      <c r="E353"/>
+      <c r="F353"/>
+    </row>
+    <row r="354" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C354"/>
+      <c r="D354"/>
+      <c r="E354"/>
+      <c r="F354"/>
+    </row>
+    <row r="355" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C355" s="11"/>
+      <c r="D355"/>
+      <c r="E355"/>
+      <c r="F355"/>
+    </row>
+    <row r="356" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C356" s="12"/>
+      <c r="D356"/>
+      <c r="E356"/>
+      <c r="F356"/>
+    </row>
+    <row r="357" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C357"/>
+      <c r="D357"/>
+      <c r="E357"/>
+      <c r="F357"/>
+    </row>
+    <row r="358" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C358"/>
+      <c r="D358"/>
+      <c r="E358"/>
+      <c r="F358"/>
+    </row>
+    <row r="359" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C359"/>
+      <c r="D359"/>
+      <c r="E359"/>
+      <c r="F359"/>
+    </row>
+    <row r="360" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C360" s="11"/>
+      <c r="D360"/>
+      <c r="E360"/>
+      <c r="F360"/>
+    </row>
+    <row r="361" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C361" s="12"/>
+      <c r="D361"/>
+      <c r="E361"/>
+      <c r="F361"/>
+    </row>
+    <row r="362" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C362"/>
+      <c r="D362"/>
+      <c r="E362"/>
+      <c r="F362"/>
+    </row>
+    <row r="363" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C363"/>
+      <c r="D363"/>
+      <c r="E363"/>
+      <c r="F363"/>
+    </row>
+    <row r="364" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C364"/>
+      <c r="D364"/>
+      <c r="E364"/>
+      <c r="F364"/>
+    </row>
+    <row r="365" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C365" s="11"/>
+      <c r="D365"/>
+      <c r="E365"/>
+      <c r="F365"/>
+    </row>
+    <row r="366" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C366" s="12"/>
+      <c r="D366"/>
+      <c r="E366"/>
+      <c r="F366"/>
+    </row>
+    <row r="367" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C367"/>
+      <c r="D367"/>
+      <c r="E367"/>
+      <c r="F367"/>
+    </row>
+    <row r="368" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C368"/>
+      <c r="D368"/>
+      <c r="E368"/>
+      <c r="F368"/>
+    </row>
+    <row r="369" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C369"/>
+      <c r="D369"/>
+      <c r="E369"/>
+      <c r="F369"/>
+    </row>
+    <row r="370" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C370" s="11"/>
+      <c r="D370"/>
+      <c r="E370"/>
+      <c r="F370"/>
+    </row>
+    <row r="371" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C371" s="12"/>
+      <c r="D371"/>
+      <c r="E371"/>
+      <c r="F371"/>
+    </row>
+    <row r="372" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C372"/>
+      <c r="D372"/>
+      <c r="E372"/>
+      <c r="F372"/>
+    </row>
+    <row r="373" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C373"/>
+      <c r="D373"/>
+      <c r="E373"/>
+      <c r="F373"/>
+    </row>
+    <row r="374" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C374"/>
+      <c r="D374"/>
+      <c r="E374"/>
+      <c r="F374"/>
+    </row>
+    <row r="375" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C375"/>
+      <c r="D375"/>
+      <c r="E375"/>
+      <c r="F375"/>
+    </row>
+    <row r="376" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C376"/>
+      <c r="D376"/>
+      <c r="E376"/>
+      <c r="F376"/>
+    </row>
+    <row r="377" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C377"/>
+      <c r="D377"/>
+      <c r="E377"/>
+      <c r="F377"/>
+    </row>
+    <row r="378" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C378"/>
+      <c r="D378"/>
+      <c r="E378"/>
+      <c r="F378"/>
+    </row>
+    <row r="379" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C379"/>
+      <c r="D379"/>
+      <c r="E379"/>
+      <c r="F379"/>
+    </row>
+    <row r="380" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C380"/>
+      <c r="D380"/>
+      <c r="E380"/>
+      <c r="F380"/>
+    </row>
+    <row r="381" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C381"/>
+      <c r="D381"/>
+      <c r="E381"/>
+      <c r="F381"/>
+    </row>
+    <row r="382" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C382"/>
+      <c r="D382"/>
+      <c r="E382"/>
+      <c r="F382"/>
+    </row>
+    <row r="383" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C383"/>
+      <c r="D383"/>
+      <c r="E383"/>
+      <c r="F383"/>
+    </row>
+    <row r="384" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C384" s="12"/>
+      <c r="D384"/>
+      <c r="E384"/>
+      <c r="F384"/>
+    </row>
+    <row r="385" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C385"/>
+      <c r="D385"/>
+      <c r="E385"/>
+      <c r="F385"/>
+    </row>
+    <row r="386" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C386"/>
+      <c r="D386"/>
+      <c r="E386"/>
+      <c r="F386"/>
+    </row>
+    <row r="387" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C387"/>
+      <c r="D387"/>
+      <c r="E387"/>
+      <c r="F387"/>
+    </row>
+    <row r="388" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C388"/>
+      <c r="D388"/>
+      <c r="E388"/>
+      <c r="F388"/>
+    </row>
+    <row r="389" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C389"/>
+      <c r="D389"/>
+      <c r="E389"/>
+      <c r="F389"/>
+    </row>
+    <row r="390" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C390"/>
+      <c r="D390"/>
+      <c r="E390"/>
+      <c r="F390"/>
+    </row>
+    <row r="391" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C391"/>
+      <c r="D391"/>
+      <c r="E391"/>
+      <c r="F391"/>
+    </row>
+    <row r="392" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C392"/>
+      <c r="D392"/>
+      <c r="E392"/>
+      <c r="F392"/>
+    </row>
+    <row r="393" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C393"/>
+      <c r="D393"/>
+      <c r="E393"/>
+      <c r="F393"/>
+    </row>
+    <row r="394" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C394"/>
+      <c r="D394"/>
+      <c r="E394"/>
+      <c r="F394"/>
+    </row>
+    <row r="395" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C395"/>
+      <c r="D395"/>
+      <c r="E395"/>
+      <c r="F395"/>
+    </row>
+    <row r="396" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C396"/>
+      <c r="D396"/>
+      <c r="E396"/>
+      <c r="F396"/>
+    </row>
+    <row r="397" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C397"/>
+      <c r="D397"/>
+      <c r="E397"/>
+      <c r="F397"/>
+    </row>
+    <row r="398" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C398"/>
+      <c r="D398"/>
+      <c r="E398"/>
+      <c r="F398"/>
+    </row>
+    <row r="399" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C399"/>
+      <c r="D399"/>
+      <c r="E399"/>
+      <c r="F399"/>
+    </row>
+    <row r="400" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C400"/>
+      <c r="D400"/>
+      <c r="E400"/>
+      <c r="F400"/>
+    </row>
+    <row r="401" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C401"/>
+      <c r="D401"/>
+      <c r="E401"/>
+      <c r="F401"/>
+    </row>
+    <row r="402" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C402"/>
+      <c r="D402"/>
+      <c r="E402"/>
+      <c r="F402"/>
+    </row>
+    <row r="403" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C403"/>
+      <c r="D403"/>
+      <c r="E403"/>
+      <c r="F403"/>
+    </row>
+    <row r="404" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C404"/>
+      <c r="D404"/>
+      <c r="E404"/>
+      <c r="F404"/>
+    </row>
+    <row r="405" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C405"/>
+      <c r="D405"/>
+      <c r="E405"/>
+      <c r="F405"/>
+    </row>
+    <row r="406" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C406"/>
+      <c r="D406"/>
+      <c r="E406"/>
+      <c r="F406"/>
+    </row>
+    <row r="407" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C407"/>
+      <c r="D407"/>
+      <c r="E407"/>
+      <c r="F407"/>
+    </row>
+    <row r="408" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C408"/>
+      <c r="D408"/>
+      <c r="E408"/>
+      <c r="F408"/>
+    </row>
+    <row r="409" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C409"/>
+      <c r="D409"/>
+      <c r="E409"/>
+      <c r="F409"/>
+    </row>
+    <row r="410" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C410" s="12"/>
+      <c r="D410"/>
+      <c r="E410"/>
+      <c r="F410"/>
+    </row>
+    <row r="411" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C411"/>
+      <c r="D411"/>
+      <c r="E411"/>
+      <c r="F411"/>
+    </row>
+    <row r="412" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C412"/>
+      <c r="D412"/>
+      <c r="E412"/>
+      <c r="F412"/>
+    </row>
+    <row r="413" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C413"/>
+      <c r="D413"/>
+      <c r="E413"/>
+      <c r="F413"/>
+    </row>
+    <row r="414" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C414"/>
+      <c r="D414"/>
+      <c r="E414"/>
+      <c r="F414"/>
+    </row>
+    <row r="415" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C415"/>
+      <c r="D415"/>
+      <c r="E415"/>
+      <c r="F415"/>
+    </row>
+    <row r="416" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C416"/>
+      <c r="D416"/>
+      <c r="E416"/>
+      <c r="F416"/>
+    </row>
+    <row r="417" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C417" s="12"/>
+      <c r="D417"/>
+      <c r="E417"/>
+      <c r="F417"/>
+    </row>
+    <row r="418" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C418"/>
+      <c r="D418"/>
+      <c r="E418"/>
+      <c r="F418"/>
+    </row>
+    <row r="419" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C419"/>
+      <c r="D419"/>
+      <c r="E419"/>
+      <c r="F419"/>
+    </row>
+    <row r="420" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C420"/>
+      <c r="D420"/>
+      <c r="E420"/>
+      <c r="F420"/>
+    </row>
+    <row r="421" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C421"/>
+      <c r="D421"/>
+      <c r="E421"/>
+      <c r="F421"/>
+    </row>
+    <row r="422" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C422"/>
+      <c r="D422"/>
+      <c r="E422"/>
+      <c r="F422"/>
+    </row>
+    <row r="423" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C423"/>
+      <c r="D423"/>
+      <c r="E423"/>
+      <c r="F423"/>
+    </row>
+    <row r="424" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C424"/>
+      <c r="D424"/>
+      <c r="E424"/>
+      <c r="F424"/>
+    </row>
+    <row r="425" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C425"/>
+      <c r="D425"/>
+      <c r="E425"/>
+      <c r="F425"/>
+    </row>
+    <row r="426" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C426"/>
+      <c r="D426"/>
+      <c r="E426"/>
+      <c r="F426"/>
+    </row>
+    <row r="427" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C427"/>
+      <c r="D427"/>
+      <c r="E427"/>
+      <c r="F427"/>
+    </row>
+    <row r="428" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C428"/>
+      <c r="D428"/>
+      <c r="E428"/>
+      <c r="F428"/>
+    </row>
+    <row r="429" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C429"/>
+      <c r="D429"/>
+      <c r="E429"/>
+      <c r="F429"/>
+    </row>
+    <row r="430" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C430"/>
+      <c r="D430"/>
+      <c r="E430"/>
+      <c r="F430"/>
+    </row>
+    <row r="431" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C431" s="12"/>
+      <c r="D431"/>
+      <c r="E431"/>
+      <c r="F431"/>
+    </row>
+    <row r="432" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C432"/>
+      <c r="D432"/>
+      <c r="E432"/>
+      <c r="F432"/>
+    </row>
+    <row r="433" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C433"/>
+      <c r="D433"/>
+      <c r="E433"/>
+      <c r="F433"/>
+    </row>
+    <row r="434" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C434"/>
+      <c r="D434"/>
+      <c r="E434"/>
+      <c r="F434"/>
+    </row>
+    <row r="435" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C435"/>
+      <c r="D435"/>
+      <c r="E435"/>
+      <c r="F435"/>
+    </row>
+    <row r="436" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C436"/>
+      <c r="D436"/>
+      <c r="E436"/>
+      <c r="F436"/>
+    </row>
+    <row r="437" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C437"/>
+      <c r="D437"/>
+      <c r="E437"/>
+      <c r="F437"/>
+    </row>
+    <row r="438" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C438"/>
+      <c r="D438"/>
+      <c r="E438"/>
+      <c r="F438"/>
+    </row>
+    <row r="439" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C439"/>
+      <c r="D439"/>
+      <c r="E439"/>
+      <c r="F439"/>
+    </row>
+    <row r="440" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C440"/>
+      <c r="D440"/>
+      <c r="E440"/>
+      <c r="F440"/>
+    </row>
+    <row r="441" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C441"/>
+      <c r="D441"/>
+      <c r="E441"/>
+      <c r="F441"/>
+    </row>
+    <row r="442" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C442"/>
+      <c r="D442"/>
+      <c r="E442"/>
+      <c r="F442"/>
+    </row>
+    <row r="443" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C443"/>
+      <c r="D443"/>
+      <c r="E443"/>
+      <c r="F443"/>
+    </row>
+    <row r="444" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C444"/>
+      <c r="D444"/>
+      <c r="E444"/>
+      <c r="F444"/>
+    </row>
+    <row r="445" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C445"/>
+      <c r="D445"/>
+      <c r="E445"/>
+      <c r="F445"/>
+    </row>
+    <row r="446" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C446"/>
+      <c r="D446"/>
+      <c r="E446"/>
+      <c r="F446"/>
+    </row>
+    <row r="447" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C447"/>
+      <c r="D447"/>
+      <c r="E447"/>
+      <c r="F447"/>
+    </row>
+    <row r="448" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C448" s="11"/>
+      <c r="D448"/>
+      <c r="E448"/>
+      <c r="F448"/>
+    </row>
+    <row r="449" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C449" s="12"/>
+      <c r="D449"/>
+      <c r="E449"/>
+      <c r="F449"/>
+    </row>
+    <row r="450" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C450"/>
+      <c r="D450"/>
+      <c r="E450"/>
+      <c r="F450"/>
+    </row>
+    <row r="451" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C451"/>
+      <c r="D451"/>
+      <c r="E451"/>
+      <c r="F451"/>
+    </row>
+    <row r="452" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C452"/>
+      <c r="D452"/>
+      <c r="E452"/>
+      <c r="F452"/>
+    </row>
+    <row r="453" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C453"/>
+      <c r="D453"/>
+      <c r="E453"/>
+      <c r="F453"/>
+    </row>
+    <row r="454" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C454"/>
+      <c r="D454"/>
+      <c r="E454"/>
+      <c r="F454"/>
+    </row>
+    <row r="455" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C455"/>
+      <c r="D455"/>
+      <c r="E455"/>
+      <c r="F455"/>
+    </row>
+    <row r="456" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C456"/>
+      <c r="D456"/>
+      <c r="E456"/>
+      <c r="F456"/>
+    </row>
+    <row r="457" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C457"/>
+      <c r="D457"/>
+      <c r="E457"/>
+      <c r="F457"/>
+    </row>
+    <row r="458" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C458"/>
+      <c r="D458"/>
+      <c r="E458"/>
+      <c r="F458"/>
+    </row>
+    <row r="459" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C459"/>
+      <c r="D459"/>
+      <c r="E459"/>
+      <c r="F459"/>
+    </row>
+    <row r="460" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C460"/>
+      <c r="D460"/>
+      <c r="E460"/>
+      <c r="F460"/>
+    </row>
+    <row r="461" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C461"/>
+      <c r="D461"/>
+      <c r="E461"/>
+      <c r="F461"/>
+    </row>
+    <row r="462" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C462"/>
+      <c r="D462"/>
+      <c r="E462"/>
+      <c r="F462"/>
+    </row>
+    <row r="463" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C463"/>
+      <c r="D463"/>
+      <c r="E463"/>
+      <c r="F463"/>
+    </row>
+    <row r="464" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C464"/>
+      <c r="D464"/>
+      <c r="E464"/>
+      <c r="F464"/>
+    </row>
+    <row r="465" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C465"/>
+      <c r="D465"/>
+      <c r="E465"/>
+      <c r="F465"/>
+    </row>
+    <row r="466" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C466"/>
+      <c r="D466"/>
+      <c r="E466"/>
+      <c r="F466"/>
+    </row>
+    <row r="467" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C467"/>
+      <c r="D467"/>
+      <c r="E467"/>
+      <c r="F467"/>
+    </row>
+    <row r="468" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C468"/>
+      <c r="D468"/>
+      <c r="E468"/>
+      <c r="F468"/>
+    </row>
+    <row r="469" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C469"/>
+      <c r="D469"/>
+      <c r="E469"/>
+      <c r="F469"/>
+    </row>
+    <row r="470" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C470"/>
+      <c r="D470"/>
+      <c r="E470"/>
+      <c r="F470"/>
+    </row>
+    <row r="471" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C471"/>
+      <c r="D471"/>
+      <c r="E471"/>
+      <c r="F471"/>
+    </row>
+    <row r="472" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C472"/>
+      <c r="D472"/>
+      <c r="E472"/>
+      <c r="F472"/>
+    </row>
+    <row r="473" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C473"/>
+      <c r="D473"/>
+      <c r="E473"/>
+      <c r="F473"/>
+    </row>
+    <row r="474" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C474" s="12"/>
+      <c r="D474"/>
+      <c r="E474"/>
+      <c r="F474"/>
+    </row>
+    <row r="475" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C475"/>
+      <c r="D475"/>
+      <c r="E475"/>
+      <c r="F475"/>
+    </row>
+    <row r="476" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C476"/>
+      <c r="D476"/>
+      <c r="E476"/>
+      <c r="F476"/>
+    </row>
+    <row r="477" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C477"/>
+      <c r="D477"/>
+      <c r="E477"/>
+      <c r="F477"/>
+    </row>
+    <row r="478" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C478"/>
+      <c r="D478"/>
+      <c r="E478"/>
+      <c r="F478"/>
+    </row>
+    <row r="479" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C479"/>
+      <c r="D479"/>
+      <c r="E479"/>
+      <c r="F479"/>
+    </row>
+    <row r="480" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C480"/>
+      <c r="D480"/>
+      <c r="E480"/>
+      <c r="F480"/>
+    </row>
+    <row r="481" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C481"/>
+      <c r="D481"/>
+      <c r="E481"/>
+      <c r="F481"/>
+    </row>
+    <row r="482" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C482"/>
+      <c r="D482"/>
+      <c r="E482"/>
+      <c r="F482"/>
+    </row>
+    <row r="483" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C483"/>
+      <c r="D483"/>
+      <c r="E483"/>
+      <c r="F483"/>
+    </row>
+    <row r="484" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C484"/>
+      <c r="D484"/>
+      <c r="E484"/>
+      <c r="F484"/>
+    </row>
+    <row r="485" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C485"/>
+      <c r="D485"/>
+      <c r="E485"/>
+      <c r="F485"/>
+    </row>
+    <row r="486" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C486"/>
+      <c r="D486"/>
+      <c r="E486"/>
+      <c r="F486"/>
+    </row>
+    <row r="487" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C487"/>
+      <c r="D487"/>
+      <c r="E487"/>
+      <c r="F487"/>
+    </row>
+    <row r="488" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C488"/>
+      <c r="D488"/>
+      <c r="E488"/>
+      <c r="F488"/>
+    </row>
+    <row r="489" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C489"/>
+      <c r="D489"/>
+      <c r="E489"/>
+      <c r="F489"/>
+    </row>
+    <row r="490" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C490"/>
+      <c r="D490"/>
+      <c r="E490"/>
+      <c r="F490"/>
+    </row>
+    <row r="491" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C491"/>
+      <c r="D491"/>
+      <c r="E491"/>
+      <c r="F491"/>
+    </row>
+    <row r="492" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C492"/>
+      <c r="D492"/>
+      <c r="E492"/>
+      <c r="F492"/>
+    </row>
+    <row r="493" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C493"/>
+      <c r="D493"/>
+      <c r="E493"/>
+      <c r="F493"/>
+    </row>
+    <row r="494" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C494"/>
+      <c r="D494"/>
+      <c r="E494"/>
+      <c r="F494"/>
+    </row>
+    <row r="495" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C495"/>
+      <c r="D495"/>
+      <c r="E495"/>
+      <c r="F495"/>
+    </row>
+    <row r="496" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C496"/>
+      <c r="D496"/>
+      <c r="E496"/>
+      <c r="F496"/>
+    </row>
+    <row r="497" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C497"/>
+      <c r="D497"/>
+      <c r="E497"/>
+      <c r="F497"/>
+    </row>
+    <row r="498" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C498"/>
+      <c r="D498"/>
+      <c r="E498"/>
+      <c r="F498"/>
+    </row>
+    <row r="499" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C499" s="11"/>
+      <c r="D499"/>
+      <c r="E499"/>
+      <c r="F499"/>
+    </row>
+    <row r="500" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C500" s="12"/>
+      <c r="D500"/>
+      <c r="E500"/>
+      <c r="F500"/>
+    </row>
+    <row r="501" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C501"/>
+      <c r="D501"/>
+      <c r="E501"/>
+      <c r="F501"/>
+    </row>
+    <row r="502" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C502"/>
+      <c r="D502"/>
+      <c r="E502"/>
+      <c r="F502"/>
+    </row>
+    <row r="503" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C503"/>
+      <c r="D503"/>
+      <c r="E503"/>
+      <c r="F503"/>
+    </row>
+    <row r="504" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C504"/>
+      <c r="D504"/>
+      <c r="E504"/>
+      <c r="F504"/>
+    </row>
+    <row r="505" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C505"/>
+      <c r="D505"/>
+      <c r="E505"/>
+      <c r="F505"/>
+    </row>
+    <row r="506" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C506"/>
+      <c r="D506"/>
+      <c r="E506"/>
+      <c r="F506"/>
+    </row>
+    <row r="507" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C507"/>
+      <c r="D507"/>
+      <c r="E507"/>
+      <c r="F507"/>
+    </row>
+    <row r="508" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C508"/>
+      <c r="D508"/>
+      <c r="E508"/>
+      <c r="F508"/>
+    </row>
+    <row r="509" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C509"/>
+      <c r="D509"/>
+      <c r="E509"/>
+      <c r="F509"/>
+    </row>
+    <row r="510" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C510"/>
+      <c r="D510"/>
+      <c r="E510"/>
+      <c r="F510"/>
+    </row>
+    <row r="511" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C511"/>
+      <c r="D511"/>
+      <c r="E511"/>
+      <c r="F511"/>
+    </row>
+    <row r="512" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C512"/>
+      <c r="D512"/>
+      <c r="E512"/>
+      <c r="F512"/>
+    </row>
+    <row r="513" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C513"/>
+      <c r="D513"/>
+      <c r="E513"/>
+      <c r="F513"/>
+    </row>
+    <row r="514" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C514"/>
+      <c r="D514"/>
+      <c r="E514"/>
+      <c r="F514"/>
+    </row>
+    <row r="515" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C515"/>
+      <c r="D515"/>
+      <c r="E515"/>
+      <c r="F515"/>
+    </row>
+    <row r="516" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C516"/>
+      <c r="D516"/>
+      <c r="E516"/>
+      <c r="F516"/>
+    </row>
+    <row r="517" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C517"/>
+      <c r="D517"/>
+      <c r="E517"/>
+      <c r="F517"/>
+    </row>
+    <row r="518" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C518"/>
+      <c r="D518"/>
+      <c r="E518"/>
+      <c r="F518"/>
+    </row>
+    <row r="519" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C519" s="12"/>
+      <c r="D519"/>
+      <c r="E519"/>
+      <c r="F519"/>
+    </row>
+    <row r="520" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C520"/>
+      <c r="D520"/>
+      <c r="E520"/>
+      <c r="F520"/>
+    </row>
+    <row r="521" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C521"/>
+      <c r="D521"/>
+      <c r="E521"/>
+      <c r="F521"/>
+    </row>
+    <row r="522" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C522"/>
+      <c r="D522"/>
+      <c r="E522"/>
+      <c r="F522"/>
+    </row>
+    <row r="523" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C523"/>
+      <c r="D523"/>
+      <c r="E523"/>
+      <c r="F523"/>
+    </row>
+    <row r="524" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C524"/>
+      <c r="D524"/>
+      <c r="E524"/>
+      <c r="F524"/>
+    </row>
+    <row r="525" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C525"/>
+      <c r="D525"/>
+      <c r="E525"/>
+      <c r="F525"/>
+    </row>
+    <row r="526" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C526"/>
+      <c r="D526"/>
+      <c r="E526"/>
+      <c r="F526"/>
+    </row>
+    <row r="527" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C527"/>
+      <c r="D527"/>
+      <c r="E527"/>
+      <c r="F527"/>
+    </row>
+    <row r="528" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C528"/>
+      <c r="D528"/>
+      <c r="E528"/>
+      <c r="F528"/>
+    </row>
+    <row r="529" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C529"/>
+      <c r="D529"/>
+      <c r="E529"/>
+      <c r="F529"/>
+    </row>
+    <row r="530" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C530"/>
+      <c r="D530"/>
+      <c r="E530"/>
+      <c r="F530"/>
+    </row>
+    <row r="531" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C531"/>
+      <c r="D531"/>
+      <c r="E531"/>
+      <c r="F531"/>
+    </row>
+    <row r="532" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C532"/>
+      <c r="D532"/>
+      <c r="E532"/>
+      <c r="F532"/>
+    </row>
+    <row r="533" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C533"/>
+      <c r="D533"/>
+      <c r="E533"/>
+      <c r="F533"/>
+    </row>
+    <row r="534" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C534"/>
+      <c r="D534"/>
+      <c r="E534"/>
+      <c r="F534"/>
+    </row>
+    <row r="535" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C535"/>
+      <c r="D535"/>
+      <c r="E535"/>
+      <c r="F535"/>
+    </row>
+    <row r="536" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C536"/>
+      <c r="D536"/>
+      <c r="E536"/>
+      <c r="F536"/>
+    </row>
+    <row r="537" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C537"/>
+      <c r="D537"/>
+      <c r="E537"/>
+      <c r="F537"/>
+    </row>
+    <row r="538" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C538" s="11"/>
+      <c r="D538"/>
+      <c r="E538"/>
+      <c r="F538"/>
+    </row>
+    <row r="539" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C539" s="12"/>
+      <c r="D539"/>
+      <c r="E539"/>
+      <c r="F539"/>
+    </row>
+    <row r="540" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C540"/>
+      <c r="D540"/>
+      <c r="E540"/>
+      <c r="F540"/>
+    </row>
+    <row r="541" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C541"/>
+      <c r="D541"/>
+      <c r="E541"/>
+      <c r="F541"/>
+    </row>
+    <row r="542" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C542"/>
+      <c r="D542"/>
+      <c r="E542"/>
+      <c r="F542"/>
+    </row>
+    <row r="543" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C543" s="12"/>
+      <c r="D543"/>
+      <c r="E543"/>
+      <c r="F543"/>
+    </row>
+    <row r="544" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C544"/>
+      <c r="D544"/>
+      <c r="E544"/>
+      <c r="F544"/>
+    </row>
+    <row r="545" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C545"/>
+      <c r="D545"/>
+      <c r="E545"/>
+      <c r="F545"/>
+    </row>
+    <row r="546" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C546"/>
+      <c r="D546"/>
+      <c r="E546"/>
+      <c r="F546"/>
+    </row>
+    <row r="547" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C547" s="12"/>
+      <c r="D547"/>
+      <c r="E547"/>
+      <c r="F547"/>
+    </row>
+    <row r="548" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C548"/>
+      <c r="D548"/>
+      <c r="E548"/>
+      <c r="F548"/>
+    </row>
+    <row r="549" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C549"/>
+      <c r="D549"/>
+      <c r="E549"/>
+      <c r="F549"/>
+    </row>
+    <row r="550" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C550"/>
+      <c r="D550"/>
+      <c r="E550"/>
+      <c r="F550"/>
+    </row>
+    <row r="551" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C551" s="12"/>
+      <c r="D551"/>
+      <c r="E551"/>
+      <c r="F551"/>
+    </row>
+    <row r="552" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C552"/>
+      <c r="D552"/>
+      <c r="E552"/>
+      <c r="F552"/>
+    </row>
+    <row r="553" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C553"/>
+      <c r="D553"/>
+      <c r="E553"/>
+      <c r="F553"/>
+    </row>
+    <row r="554" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C554"/>
+      <c r="D554"/>
+      <c r="E554"/>
+      <c r="F554"/>
+    </row>
+    <row r="555" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C555" s="12"/>
+      <c r="D555"/>
+      <c r="E555"/>
+      <c r="F555"/>
+    </row>
+    <row r="556" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C556"/>
+      <c r="D556"/>
+      <c r="E556"/>
+      <c r="F556"/>
+    </row>
+    <row r="557" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C557"/>
+      <c r="D557"/>
+      <c r="E557"/>
+      <c r="F557"/>
+    </row>
+    <row r="558" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C558"/>
+      <c r="D558"/>
+      <c r="E558"/>
+      <c r="F558"/>
+    </row>
+    <row r="559" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C559" s="12"/>
+      <c r="D559"/>
+      <c r="E559"/>
+      <c r="F559"/>
+    </row>
+    <row r="560" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C560"/>
+      <c r="D560"/>
+      <c r="E560"/>
+      <c r="F560"/>
+    </row>
+    <row r="561" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C561"/>
+      <c r="D561"/>
+      <c r="E561"/>
+      <c r="F561"/>
+    </row>
+    <row r="562" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C562"/>
+      <c r="D562"/>
+      <c r="E562"/>
+      <c r="F562"/>
+    </row>
+    <row r="563" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C563" s="11"/>
+      <c r="D563"/>
+      <c r="E563"/>
+      <c r="F563"/>
+    </row>
+    <row r="564" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C564" s="12"/>
+      <c r="D564"/>
+      <c r="E564"/>
+      <c r="F564"/>
+    </row>
+    <row r="565" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C565"/>
+      <c r="D565"/>
+      <c r="E565"/>
+      <c r="F565"/>
+    </row>
+    <row r="566" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C566"/>
+      <c r="D566"/>
+      <c r="E566"/>
+      <c r="F566"/>
+    </row>
+    <row r="567" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C567"/>
+      <c r="D567"/>
+      <c r="E567"/>
+      <c r="F567"/>
+    </row>
+    <row r="568" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C568" s="12"/>
+      <c r="D568"/>
+      <c r="E568"/>
+      <c r="F568"/>
+    </row>
+    <row r="569" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C569"/>
+      <c r="D569"/>
+      <c r="E569"/>
+      <c r="F569"/>
+    </row>
+    <row r="570" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C570"/>
+      <c r="D570"/>
+      <c r="E570"/>
+      <c r="F570"/>
+    </row>
+    <row r="571" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C571"/>
+      <c r="D571"/>
+      <c r="E571"/>
+      <c r="F571"/>
+    </row>
+    <row r="572" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C572" s="12"/>
+      <c r="D572"/>
+      <c r="E572"/>
+      <c r="F572"/>
+    </row>
+    <row r="573" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C573"/>
+      <c r="D573"/>
+      <c r="E573"/>
+      <c r="F573"/>
+    </row>
+    <row r="574" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C574"/>
+      <c r="D574"/>
+      <c r="E574"/>
+      <c r="F574"/>
+    </row>
+    <row r="575" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C575"/>
+      <c r="D575"/>
+      <c r="E575"/>
+      <c r="F575"/>
+    </row>
+    <row r="576" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C576" s="12"/>
+      <c r="D576"/>
+      <c r="E576"/>
+      <c r="F576"/>
+    </row>
+    <row r="577" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C577"/>
+      <c r="D577"/>
+      <c r="E577"/>
+      <c r="F577"/>
+    </row>
+    <row r="578" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C578"/>
+      <c r="D578"/>
+      <c r="E578"/>
+      <c r="F578"/>
+    </row>
+    <row r="579" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C579"/>
+      <c r="D579"/>
+      <c r="E579"/>
+      <c r="F579"/>
+    </row>
+    <row r="580" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C580" s="12"/>
+      <c r="D580"/>
+      <c r="E580"/>
+      <c r="F580"/>
+    </row>
+    <row r="581" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C581"/>
+      <c r="D581"/>
+      <c r="E581"/>
+      <c r="F581"/>
+    </row>
+    <row r="582" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C582"/>
+      <c r="D582"/>
+      <c r="E582"/>
+      <c r="F582"/>
+    </row>
+    <row r="583" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C583"/>
+      <c r="D583"/>
+      <c r="E583"/>
+      <c r="F583"/>
+    </row>
+    <row r="584" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C584" s="11"/>
+      <c r="D584"/>
+      <c r="E584"/>
+      <c r="F584"/>
+    </row>
+    <row r="585" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C585" s="12"/>
+      <c r="D585"/>
+      <c r="E585"/>
+      <c r="F585"/>
+    </row>
+    <row r="586" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C586"/>
+      <c r="D586"/>
+      <c r="E586"/>
+      <c r="F586"/>
+    </row>
+    <row r="587" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C587"/>
+      <c r="D587"/>
+      <c r="E587"/>
+      <c r="F587"/>
+    </row>
+    <row r="588" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C588"/>
+      <c r="D588"/>
+      <c r="E588"/>
+      <c r="F588"/>
+    </row>
+    <row r="589" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C589"/>
+      <c r="D589"/>
+      <c r="E589"/>
+      <c r="F589"/>
+    </row>
+    <row r="590" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C590"/>
+      <c r="D590"/>
+      <c r="E590"/>
+      <c r="F590"/>
+    </row>
+    <row r="591" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C591"/>
+      <c r="D591"/>
+      <c r="E591"/>
+      <c r="F591"/>
+    </row>
+    <row r="592" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C592"/>
+      <c r="D592"/>
+      <c r="E592"/>
+      <c r="F592"/>
+    </row>
+    <row r="593" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C593"/>
+      <c r="D593"/>
+      <c r="E593"/>
+      <c r="F593"/>
+    </row>
+    <row r="594" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C594"/>
+      <c r="D594"/>
+      <c r="E594"/>
+      <c r="F594"/>
+    </row>
+    <row r="595" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C595" s="12"/>
+      <c r="D595"/>
+      <c r="E595"/>
+      <c r="F595"/>
+    </row>
+    <row r="596" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C596"/>
+      <c r="D596"/>
+      <c r="E596"/>
+      <c r="F596"/>
+    </row>
+    <row r="597" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C597"/>
+      <c r="D597"/>
+      <c r="E597"/>
+      <c r="F597"/>
+    </row>
+    <row r="598" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C598"/>
+      <c r="D598"/>
+      <c r="E598"/>
+      <c r="F598"/>
+    </row>
+    <row r="599" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C599"/>
+      <c r="D599"/>
+      <c r="E599"/>
+      <c r="F599"/>
+    </row>
+    <row r="600" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C600"/>
+      <c r="D600"/>
+      <c r="E600"/>
+      <c r="F600"/>
+    </row>
+    <row r="601" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C601"/>
+      <c r="D601"/>
+      <c r="E601"/>
+      <c r="F601"/>
+    </row>
+    <row r="602" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C602"/>
+      <c r="D602"/>
+      <c r="E602"/>
+      <c r="F602"/>
+    </row>
+    <row r="603" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C603"/>
+      <c r="D603"/>
+      <c r="E603"/>
+      <c r="F603"/>
+    </row>
+    <row r="604" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C604"/>
+      <c r="D604"/>
+      <c r="E604"/>
+      <c r="F604"/>
+    </row>
+    <row r="605" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C605" s="11"/>
+      <c r="D605"/>
+      <c r="E605"/>
+      <c r="F605"/>
+    </row>
+    <row r="606" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C606" s="12"/>
+      <c r="D606"/>
+      <c r="E606"/>
+      <c r="F606"/>
+    </row>
+    <row r="607" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C607"/>
+      <c r="D607"/>
+      <c r="E607"/>
+      <c r="F607"/>
+    </row>
+    <row r="608" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C608"/>
+      <c r="D608"/>
+      <c r="E608"/>
+      <c r="F608"/>
+    </row>
+    <row r="609" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C609"/>
+      <c r="D609"/>
+      <c r="E609"/>
+      <c r="F609"/>
+    </row>
+    <row r="610" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C610" s="12"/>
+      <c r="D610"/>
+      <c r="E610"/>
+      <c r="F610"/>
+    </row>
+    <row r="611" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C611"/>
+      <c r="D611"/>
+      <c r="E611"/>
+      <c r="F611"/>
+    </row>
+    <row r="612" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C612"/>
+      <c r="D612"/>
+      <c r="E612"/>
+      <c r="F612"/>
+    </row>
+    <row r="613" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C613"/>
+      <c r="D613"/>
+      <c r="E613"/>
+      <c r="F613"/>
+    </row>
+    <row r="614" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C614" s="11"/>
+      <c r="D614"/>
+      <c r="E614"/>
+      <c r="F614"/>
+    </row>
+    <row r="615" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C615" s="12"/>
+      <c r="D615"/>
+      <c r="E615"/>
+      <c r="F615"/>
+    </row>
+    <row r="616" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C616"/>
+      <c r="D616"/>
+      <c r="E616"/>
+      <c r="F616"/>
+    </row>
+    <row r="617" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C617"/>
+      <c r="D617"/>
+      <c r="E617"/>
+      <c r="F617"/>
+    </row>
+    <row r="618" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C618"/>
+      <c r="D618"/>
+      <c r="E618"/>
+      <c r="F618"/>
+    </row>
+    <row r="619" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C619" s="12"/>
+      <c r="D619"/>
+      <c r="E619"/>
+      <c r="F619"/>
+    </row>
+    <row r="620" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C620"/>
+      <c r="D620"/>
+      <c r="E620"/>
+      <c r="F620"/>
+    </row>
+    <row r="621" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C621"/>
+      <c r="D621"/>
+      <c r="E621"/>
+      <c r="F621"/>
+    </row>
+    <row r="622" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C622"/>
+      <c r="D622"/>
+      <c r="E622"/>
+      <c r="F622"/>
+    </row>
+    <row r="623" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C623" s="11"/>
+      <c r="D623"/>
+      <c r="E623"/>
+      <c r="F623"/>
+    </row>
+    <row r="624" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C624" s="12"/>
+      <c r="D624"/>
+      <c r="E624"/>
+      <c r="F624"/>
+    </row>
+    <row r="625" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C625"/>
+      <c r="D625"/>
+      <c r="E625"/>
+      <c r="F625"/>
+    </row>
+    <row r="626" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C626"/>
+      <c r="D626"/>
+      <c r="E626"/>
+      <c r="F626"/>
+    </row>
+    <row r="627" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C627"/>
+      <c r="D627"/>
+      <c r="E627"/>
+      <c r="F627"/>
+    </row>
+    <row r="628" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C628" s="11"/>
+      <c r="D628"/>
+      <c r="E628"/>
+      <c r="F628"/>
+    </row>
+    <row r="629" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C629" s="12"/>
+      <c r="D629"/>
+      <c r="E629"/>
+      <c r="F629"/>
+    </row>
+    <row r="630" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C630"/>
+      <c r="D630"/>
+      <c r="E630"/>
+      <c r="F630"/>
+    </row>
+    <row r="631" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C631"/>
+      <c r="D631"/>
+      <c r="E631"/>
+      <c r="F631"/>
+    </row>
+    <row r="632" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C632"/>
+      <c r="D632"/>
+      <c r="E632"/>
+      <c r="F632"/>
+    </row>
+    <row r="633" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C633" s="11"/>
+      <c r="D633"/>
+      <c r="E633"/>
+      <c r="F633"/>
+    </row>
+    <row r="634" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C634" s="12"/>
+      <c r="D634"/>
+      <c r="E634"/>
+      <c r="F634"/>
+    </row>
+    <row r="635" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C635"/>
+      <c r="D635"/>
+      <c r="E635"/>
+      <c r="F635"/>
+    </row>
+    <row r="636" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C636"/>
+      <c r="D636"/>
+      <c r="E636"/>
+      <c r="F636"/>
+    </row>
+    <row r="637" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C637"/>
+      <c r="D637"/>
+      <c r="E637"/>
+      <c r="F637"/>
+    </row>
+    <row r="638" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C638"/>
+      <c r="D638"/>
+      <c r="E638"/>
+      <c r="F638"/>
+    </row>
+    <row r="639" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C639"/>
+      <c r="D639"/>
+      <c r="E639"/>
+      <c r="F639"/>
+    </row>
+    <row r="640" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C640"/>
+      <c r="D640"/>
+      <c r="E640"/>
+      <c r="F640"/>
+    </row>
+    <row r="641" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C641"/>
+      <c r="D641"/>
+      <c r="E641"/>
+      <c r="F641"/>
+    </row>
+    <row r="642" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C642"/>
+      <c r="D642"/>
+      <c r="E642"/>
+      <c r="F642"/>
+    </row>
+    <row r="643" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C643"/>
+      <c r="D643"/>
+      <c r="E643"/>
+      <c r="F643"/>
+    </row>
+    <row r="644" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C644"/>
+      <c r="D644"/>
+      <c r="E644"/>
+      <c r="F644"/>
+    </row>
+    <row r="645" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C645"/>
+      <c r="D645"/>
+      <c r="E645"/>
+      <c r="F645"/>
+    </row>
+    <row r="646" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C646"/>
+      <c r="D646"/>
+      <c r="E646"/>
+      <c r="F646"/>
+    </row>
+    <row r="647" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C647"/>
+      <c r="D647"/>
+      <c r="E647"/>
+      <c r="F647"/>
+    </row>
+    <row r="648" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C648"/>
+      <c r="D648"/>
+      <c r="E648"/>
+      <c r="F648"/>
+    </row>
+    <row r="649" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C649"/>
+      <c r="D649"/>
+      <c r="E649"/>
+      <c r="F649"/>
+    </row>
+    <row r="650" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C650"/>
+      <c r="D650"/>
+      <c r="E650"/>
+      <c r="F650"/>
+    </row>
+    <row r="651" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C651"/>
+      <c r="D651"/>
+      <c r="E651"/>
+      <c r="F651"/>
+    </row>
+    <row r="652" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C652" s="12"/>
+      <c r="D652"/>
+      <c r="E652"/>
+      <c r="F652"/>
+    </row>
+    <row r="653" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C653"/>
+      <c r="D653"/>
+      <c r="E653"/>
+      <c r="F653"/>
+    </row>
+    <row r="654" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C654"/>
+      <c r="D654"/>
+      <c r="E654"/>
+      <c r="F654"/>
+    </row>
+    <row r="655" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C655"/>
+      <c r="D655"/>
+      <c r="E655"/>
+      <c r="F655"/>
+    </row>
+    <row r="656" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C656" s="11"/>
+      <c r="D656"/>
+      <c r="E656"/>
+      <c r="F656"/>
+    </row>
+    <row r="657" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C657" s="12"/>
+      <c r="D657"/>
+      <c r="E657"/>
+      <c r="F657"/>
+    </row>
+    <row r="658" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C658"/>
+      <c r="D658"/>
+      <c r="E658"/>
+      <c r="F658"/>
+    </row>
+    <row r="659" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C659"/>
+      <c r="D659"/>
+      <c r="E659"/>
+      <c r="F659"/>
+    </row>
+    <row r="660" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C660"/>
+      <c r="D660"/>
+      <c r="E660"/>
+      <c r="F660"/>
+    </row>
+    <row r="661" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C661"/>
+      <c r="D661"/>
+      <c r="E661"/>
+      <c r="F661"/>
+    </row>
+    <row r="662" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C662"/>
+      <c r="D662"/>
+      <c r="E662"/>
+      <c r="F662"/>
+    </row>
+    <row r="663" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C663"/>
+      <c r="D663"/>
+      <c r="E663"/>
+      <c r="F663"/>
+    </row>
+    <row r="664" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C664"/>
+      <c r="D664"/>
+      <c r="E664"/>
+      <c r="F664"/>
+    </row>
+    <row r="665" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C665"/>
+      <c r="D665"/>
+      <c r="E665"/>
+      <c r="F665"/>
+    </row>
+    <row r="666" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C666"/>
+      <c r="D666"/>
+      <c r="E666"/>
+      <c r="F666"/>
+    </row>
+    <row r="667" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C667" s="12"/>
+      <c r="D667"/>
+      <c r="E667"/>
+      <c r="F667"/>
+    </row>
+    <row r="668" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C668"/>
+      <c r="D668"/>
+      <c r="E668"/>
+      <c r="F668"/>
+    </row>
+    <row r="669" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C669"/>
+      <c r="D669"/>
+      <c r="E669"/>
+      <c r="F669"/>
+    </row>
+    <row r="670" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C670"/>
+      <c r="D670"/>
+      <c r="E670"/>
+      <c r="F670"/>
+    </row>
+    <row r="671" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C671"/>
+      <c r="D671"/>
+      <c r="E671"/>
+      <c r="F671"/>
+    </row>
+    <row r="672" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C672"/>
+      <c r="D672"/>
+      <c r="E672"/>
+      <c r="F672"/>
+    </row>
+    <row r="673" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C673"/>
+      <c r="D673"/>
+      <c r="E673"/>
+      <c r="F673"/>
+    </row>
+    <row r="674" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C674"/>
+      <c r="D674"/>
+      <c r="E674"/>
+      <c r="F674"/>
+    </row>
+    <row r="675" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C675"/>
+      <c r="D675"/>
+      <c r="E675"/>
+      <c r="F675"/>
+    </row>
+    <row r="676" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C676"/>
+      <c r="D676"/>
+      <c r="E676"/>
+      <c r="F676"/>
+    </row>
+    <row r="677" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C677" s="11"/>
+      <c r="D677"/>
+      <c r="E677"/>
+      <c r="F677"/>
+    </row>
+    <row r="678" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C678" s="12"/>
+      <c r="D678"/>
+      <c r="E678"/>
+      <c r="F678"/>
+    </row>
+    <row r="679" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C679"/>
+      <c r="D679"/>
+      <c r="E679"/>
+      <c r="F679"/>
+    </row>
+    <row r="680" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C680"/>
+      <c r="D680"/>
+      <c r="E680"/>
+      <c r="F680"/>
+    </row>
+    <row r="681" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C681"/>
+      <c r="D681"/>
+      <c r="E681"/>
+      <c r="F681"/>
+    </row>
+    <row r="682" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C682"/>
+      <c r="D682"/>
+      <c r="E682"/>
+      <c r="F682"/>
+    </row>
+    <row r="683" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C683"/>
+      <c r="D683"/>
+      <c r="E683"/>
+      <c r="F683"/>
+    </row>
+    <row r="684" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C684"/>
+      <c r="D684"/>
+      <c r="E684"/>
+      <c r="F684"/>
+    </row>
+    <row r="685" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C685"/>
+      <c r="D685"/>
+      <c r="E685"/>
+      <c r="F685"/>
+    </row>
+    <row r="686" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C686"/>
+      <c r="D686"/>
+      <c r="E686"/>
+      <c r="F686"/>
+    </row>
+    <row r="687" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C687"/>
+      <c r="D687"/>
+      <c r="E687"/>
+      <c r="F687"/>
+    </row>
+    <row r="688" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C688"/>
+      <c r="D688"/>
+      <c r="E688"/>
+      <c r="F688"/>
+    </row>
+    <row r="689" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C689"/>
+      <c r="D689"/>
+      <c r="E689"/>
+      <c r="F689"/>
+    </row>
+    <row r="690" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C690"/>
+      <c r="D690"/>
+      <c r="E690"/>
+      <c r="F690"/>
+    </row>
+    <row r="691" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C691"/>
+      <c r="D691"/>
+      <c r="E691"/>
+      <c r="F691"/>
+    </row>
+    <row r="692" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C692"/>
+      <c r="D692"/>
+      <c r="E692"/>
+      <c r="F692"/>
+    </row>
+    <row r="693" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C693"/>
+      <c r="D693"/>
+      <c r="E693"/>
+      <c r="F693"/>
+    </row>
+    <row r="694" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C694" s="12"/>
+      <c r="D694"/>
+      <c r="E694"/>
+      <c r="F694"/>
+    </row>
+    <row r="695" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C695"/>
+      <c r="D695"/>
+      <c r="E695"/>
+      <c r="F695"/>
+    </row>
+    <row r="696" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C696"/>
+      <c r="D696"/>
+      <c r="E696"/>
+      <c r="F696"/>
+    </row>
+    <row r="697" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C697"/>
+      <c r="D697"/>
+      <c r="E697"/>
+      <c r="F697"/>
+    </row>
+    <row r="698" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C698"/>
+      <c r="D698"/>
+      <c r="E698"/>
+      <c r="F698"/>
+    </row>
+    <row r="699" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C699"/>
+      <c r="D699"/>
+      <c r="E699"/>
+      <c r="F699"/>
+    </row>
+    <row r="700" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C700"/>
+      <c r="D700"/>
+      <c r="E700"/>
+      <c r="F700"/>
+    </row>
+    <row r="701" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C701"/>
+      <c r="D701"/>
+      <c r="E701"/>
+      <c r="F701"/>
+    </row>
+    <row r="702" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C702"/>
+      <c r="D702"/>
+      <c r="E702"/>
+      <c r="F702"/>
+    </row>
+    <row r="703" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C703"/>
+      <c r="D703"/>
+      <c r="E703"/>
+      <c r="F703"/>
+    </row>
+    <row r="704" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C704"/>
+      <c r="D704"/>
+      <c r="E704"/>
+      <c r="F704"/>
+    </row>
+    <row r="705" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C705"/>
+      <c r="D705"/>
+      <c r="E705"/>
+      <c r="F705"/>
+    </row>
+    <row r="706" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C706"/>
+      <c r="D706"/>
+      <c r="E706"/>
+      <c r="F706"/>
+    </row>
+    <row r="707" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C707"/>
+      <c r="D707"/>
+      <c r="E707"/>
+      <c r="F707"/>
+    </row>
+    <row r="708" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C708"/>
+      <c r="D708"/>
+      <c r="E708"/>
+      <c r="F708"/>
+    </row>
+    <row r="709" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C709"/>
+      <c r="D709"/>
+      <c r="E709"/>
+      <c r="F709"/>
+    </row>
+    <row r="710" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C710" s="11"/>
+      <c r="D710"/>
+      <c r="E710"/>
+      <c r="F710"/>
+    </row>
+    <row r="711" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C711" s="12"/>
+      <c r="D711"/>
+      <c r="E711"/>
+      <c r="F711"/>
+    </row>
+    <row r="712" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C712"/>
+      <c r="D712"/>
+      <c r="E712"/>
+      <c r="F712"/>
+    </row>
+    <row r="713" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C713"/>
+      <c r="D713"/>
+      <c r="E713"/>
+      <c r="F713"/>
+    </row>
+    <row r="714" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C714"/>
+      <c r="D714"/>
+      <c r="E714"/>
+      <c r="F714"/>
+    </row>
+    <row r="715" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C715"/>
+      <c r="D715"/>
+      <c r="E715"/>
+      <c r="F715"/>
+    </row>
+    <row r="716" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C716"/>
+      <c r="D716"/>
+      <c r="E716"/>
+      <c r="F716"/>
+    </row>
+    <row r="717" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C717"/>
+      <c r="D717"/>
+      <c r="E717"/>
+      <c r="F717"/>
+    </row>
+    <row r="718" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C718"/>
+      <c r="D718"/>
+      <c r="E718"/>
+      <c r="F718"/>
+    </row>
+    <row r="719" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C719" s="12"/>
+      <c r="D719"/>
+      <c r="E719"/>
+      <c r="F719"/>
+    </row>
+    <row r="720" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C720"/>
+      <c r="D720"/>
+      <c r="E720"/>
+      <c r="F720"/>
+    </row>
+    <row r="721" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C721"/>
+      <c r="D721"/>
+      <c r="E721"/>
+      <c r="F721"/>
+    </row>
+    <row r="722" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C722"/>
+      <c r="D722"/>
+      <c r="E722"/>
+      <c r="F722"/>
+    </row>
+    <row r="723" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C723"/>
+      <c r="D723"/>
+      <c r="E723"/>
+      <c r="F723"/>
+    </row>
+    <row r="724" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C724"/>
+      <c r="D724"/>
+      <c r="E724"/>
+      <c r="F724"/>
+    </row>
+    <row r="725" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C725"/>
+      <c r="D725"/>
+      <c r="E725"/>
+      <c r="F725"/>
+    </row>
+    <row r="726" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C726"/>
+      <c r="D726"/>
+      <c r="E726"/>
+      <c r="F726"/>
+    </row>
+    <row r="727" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C727"/>
+      <c r="D727"/>
+      <c r="E727"/>
+      <c r="F727"/>
+    </row>
+    <row r="728" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C728"/>
+      <c r="D728"/>
+      <c r="E728"/>
+      <c r="F728"/>
+    </row>
+    <row r="729" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C729"/>
+      <c r="D729"/>
+      <c r="E729"/>
+      <c r="F729"/>
+    </row>
+    <row r="730" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C730"/>
+      <c r="D730"/>
+      <c r="E730"/>
+      <c r="F730"/>
+    </row>
+    <row r="731" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C731" s="12"/>
+      <c r="D731"/>
+      <c r="E731"/>
+      <c r="F731"/>
+    </row>
+    <row r="732" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C732"/>
+      <c r="D732"/>
+      <c r="E732"/>
+      <c r="F732"/>
+    </row>
+    <row r="733" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C733"/>
+      <c r="D733"/>
+      <c r="E733"/>
+      <c r="F733"/>
+    </row>
+    <row r="734" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C734"/>
+      <c r="D734"/>
+      <c r="E734"/>
+      <c r="F734"/>
+    </row>
+    <row r="735" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C735" s="11"/>
+      <c r="D735"/>
+      <c r="E735"/>
+      <c r="F735"/>
+    </row>
+    <row r="736" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C736" s="12"/>
+      <c r="D736"/>
+      <c r="E736"/>
+      <c r="F736"/>
+    </row>
+    <row r="737" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C737"/>
+      <c r="D737"/>
+      <c r="E737"/>
+      <c r="F737"/>
+    </row>
+    <row r="738" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C738"/>
+      <c r="D738"/>
+      <c r="E738"/>
+      <c r="F738"/>
+    </row>
+    <row r="739" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C739"/>
+      <c r="D739"/>
+      <c r="E739"/>
+      <c r="F739"/>
+    </row>
+    <row r="740" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C740"/>
+      <c r="D740"/>
+      <c r="E740"/>
+      <c r="F740"/>
+    </row>
+    <row r="741" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C741"/>
+      <c r="D741"/>
+      <c r="E741"/>
+      <c r="F741"/>
+    </row>
+    <row r="742" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C742"/>
+      <c r="D742"/>
+      <c r="E742"/>
+      <c r="F742"/>
+    </row>
+    <row r="743" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C743"/>
+      <c r="D743"/>
+      <c r="E743"/>
+      <c r="F743"/>
+    </row>
+    <row r="744" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C744"/>
+      <c r="D744"/>
+      <c r="E744"/>
+      <c r="F744"/>
+    </row>
+    <row r="745" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C745"/>
+      <c r="D745"/>
+      <c r="E745"/>
+      <c r="F745"/>
+    </row>
+    <row r="746" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C746"/>
+      <c r="D746"/>
+      <c r="E746"/>
+      <c r="F746"/>
+    </row>
+    <row r="747" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C747"/>
+      <c r="D747"/>
+      <c r="E747"/>
+      <c r="F747"/>
+    </row>
+    <row r="748" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C748"/>
+      <c r="D748"/>
+      <c r="E748"/>
+      <c r="F748"/>
+    </row>
+    <row r="749" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C749"/>
+      <c r="D749"/>
+      <c r="E749"/>
+      <c r="F749"/>
+    </row>
+    <row r="750" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C750"/>
+      <c r="D750"/>
+      <c r="E750"/>
+      <c r="F750"/>
+    </row>
+    <row r="751" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C751"/>
+      <c r="D751"/>
+      <c r="E751"/>
+      <c r="F751"/>
+    </row>
+    <row r="752" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C752"/>
+      <c r="D752"/>
+      <c r="E752"/>
+      <c r="F752"/>
+    </row>
+    <row r="753" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C753"/>
+      <c r="D753"/>
+      <c r="E753"/>
+      <c r="F753"/>
+    </row>
+    <row r="754" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C754"/>
+      <c r="D754"/>
+      <c r="E754"/>
+      <c r="F754"/>
+    </row>
+    <row r="755" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C755"/>
+      <c r="D755"/>
+      <c r="E755"/>
+      <c r="F755"/>
+    </row>
+    <row r="756" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C756"/>
+      <c r="D756"/>
+      <c r="E756"/>
+      <c r="F756"/>
+    </row>
+    <row r="757" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C757"/>
+      <c r="D757"/>
+      <c r="E757"/>
+      <c r="F757"/>
+    </row>
+    <row r="758" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C758" s="12"/>
+      <c r="D758"/>
+      <c r="E758"/>
+      <c r="F758"/>
+    </row>
+    <row r="759" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C759"/>
+      <c r="D759"/>
+      <c r="E759"/>
+      <c r="F759"/>
+    </row>
+    <row r="760" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C760"/>
+      <c r="D760"/>
+      <c r="E760"/>
+      <c r="F760"/>
+    </row>
+    <row r="761" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C761"/>
+      <c r="D761"/>
+      <c r="E761"/>
+      <c r="F761"/>
+    </row>
+    <row r="762" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C762"/>
+      <c r="D762"/>
+      <c r="E762"/>
+      <c r="F762"/>
+    </row>
+    <row r="763" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C763"/>
+      <c r="D763"/>
+      <c r="E763"/>
+      <c r="F763"/>
+    </row>
+    <row r="764" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C764"/>
+      <c r="D764"/>
+      <c r="E764"/>
+      <c r="F764"/>
+    </row>
+    <row r="765" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C765"/>
+      <c r="D765"/>
+      <c r="E765"/>
+      <c r="F765"/>
+    </row>
+    <row r="766" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C766"/>
+      <c r="D766"/>
+      <c r="E766"/>
+      <c r="F766"/>
+    </row>
+    <row r="767" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C767"/>
+      <c r="D767"/>
+      <c r="E767"/>
+      <c r="F767"/>
+    </row>
+    <row r="768" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C768"/>
+      <c r="D768"/>
+      <c r="E768"/>
+      <c r="F768"/>
+    </row>
+    <row r="769" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C769"/>
+      <c r="D769"/>
+      <c r="E769"/>
+      <c r="F769"/>
+    </row>
+    <row r="770" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C770"/>
+      <c r="D770"/>
+      <c r="E770"/>
+      <c r="F770"/>
+    </row>
+    <row r="771" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C771"/>
+      <c r="D771"/>
+      <c r="E771"/>
+      <c r="F771"/>
+    </row>
+    <row r="772" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C772"/>
+      <c r="D772"/>
+      <c r="E772"/>
+      <c r="F772"/>
+    </row>
+    <row r="773" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C773"/>
+      <c r="D773"/>
+      <c r="E773"/>
+      <c r="F773"/>
+    </row>
+    <row r="774" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C774"/>
+      <c r="D774"/>
+      <c r="E774"/>
+      <c r="F774"/>
+    </row>
+    <row r="775" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C775"/>
+      <c r="D775"/>
+      <c r="E775"/>
+      <c r="F775"/>
+    </row>
+    <row r="776" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C776"/>
+      <c r="D776"/>
+      <c r="E776"/>
+      <c r="F776"/>
+    </row>
+    <row r="777" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C777"/>
+      <c r="D777"/>
+      <c r="E777"/>
+      <c r="F777"/>
+    </row>
+    <row r="778" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C778"/>
+      <c r="D778"/>
+      <c r="E778"/>
+      <c r="F778"/>
+    </row>
+    <row r="779" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C779"/>
+      <c r="D779"/>
+      <c r="E779"/>
+      <c r="F779"/>
+    </row>
+    <row r="780" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C780" s="11"/>
+      <c r="D780"/>
+      <c r="E780"/>
+      <c r="F780"/>
+    </row>
+    <row r="781" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C781" s="12"/>
+      <c r="D781"/>
+      <c r="E781"/>
+      <c r="F781"/>
+    </row>
+    <row r="782" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C782"/>
+      <c r="D782"/>
+      <c r="E782"/>
+      <c r="F782"/>
+    </row>
+    <row r="783" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C783"/>
+      <c r="D783"/>
+      <c r="E783"/>
+      <c r="F783"/>
+    </row>
+    <row r="784" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C784"/>
+      <c r="D784"/>
+      <c r="E784"/>
+      <c r="F784"/>
+    </row>
+    <row r="785" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C785" s="11"/>
+      <c r="D785"/>
+      <c r="E785"/>
+      <c r="F785"/>
+    </row>
+    <row r="786" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C786" s="12"/>
+      <c r="D786"/>
+      <c r="E786"/>
+      <c r="F786"/>
+    </row>
+    <row r="787" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C787"/>
+      <c r="D787"/>
+      <c r="E787"/>
+      <c r="F787"/>
+    </row>
+    <row r="788" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C788"/>
+      <c r="D788"/>
+      <c r="E788"/>
+      <c r="F788"/>
+    </row>
+    <row r="789" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C789"/>
+      <c r="D789"/>
+      <c r="E789"/>
+      <c r="F789"/>
+    </row>
+    <row r="790" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C790" s="11"/>
+      <c r="D790"/>
+      <c r="E790"/>
+      <c r="F790"/>
+    </row>
+    <row r="791" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C791" s="12"/>
+      <c r="D791"/>
+      <c r="E791"/>
+      <c r="F791"/>
+    </row>
+    <row r="792" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C792"/>
+      <c r="D792"/>
+      <c r="E792"/>
+      <c r="F792"/>
+    </row>
+    <row r="793" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C793"/>
+      <c r="D793"/>
+      <c r="E793"/>
+      <c r="F793"/>
+    </row>
+    <row r="794" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C794"/>
+      <c r="D794"/>
+      <c r="E794"/>
+      <c r="F794"/>
+    </row>
+    <row r="795" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C795"/>
+      <c r="D795"/>
+      <c r="E795"/>
+      <c r="F795"/>
+    </row>
+    <row r="796" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C796"/>
+      <c r="D796"/>
+      <c r="E796"/>
+      <c r="F796"/>
+    </row>
+    <row r="797" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C797"/>
+      <c r="D797"/>
+      <c r="E797"/>
+      <c r="F797"/>
+    </row>
+    <row r="798" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C798"/>
+      <c r="D798"/>
+      <c r="E798"/>
+      <c r="F798"/>
+    </row>
+    <row r="799" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C799"/>
+      <c r="D799"/>
+      <c r="E799"/>
+      <c r="F799"/>
+    </row>
+    <row r="800" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C800"/>
+      <c r="D800"/>
+      <c r="E800"/>
+      <c r="F800"/>
+    </row>
+    <row r="801" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C801"/>
+      <c r="D801"/>
+      <c r="E801"/>
+      <c r="F801"/>
+    </row>
+    <row r="802" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C802"/>
+      <c r="D802"/>
+      <c r="E802"/>
+      <c r="F802"/>
+    </row>
+    <row r="803" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C803"/>
+      <c r="D803"/>
+      <c r="E803"/>
+      <c r="F803"/>
+    </row>
+    <row r="804" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C804"/>
+      <c r="D804"/>
+      <c r="E804"/>
+      <c r="F804"/>
+    </row>
+    <row r="805" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C805"/>
+      <c r="D805"/>
+      <c r="E805"/>
+      <c r="F805"/>
+    </row>
+    <row r="806" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C806"/>
+      <c r="D806"/>
+      <c r="E806"/>
+      <c r="F806"/>
+    </row>
+    <row r="807" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C807" s="12"/>
+      <c r="D807"/>
+      <c r="E807"/>
+      <c r="F807"/>
+    </row>
+    <row r="808" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C808"/>
+      <c r="D808"/>
+      <c r="E808"/>
+      <c r="F808"/>
+    </row>
+    <row r="809" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C809"/>
+      <c r="D809"/>
+      <c r="E809"/>
+      <c r="F809"/>
+    </row>
+    <row r="810" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C810"/>
+      <c r="D810"/>
+      <c r="E810"/>
+      <c r="F810"/>
+    </row>
+    <row r="811" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C811" s="12"/>
+      <c r="D811"/>
+      <c r="E811"/>
+      <c r="F811"/>
+    </row>
+    <row r="812" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C812"/>
+      <c r="D812"/>
+      <c r="E812"/>
+      <c r="F812"/>
+    </row>
+    <row r="813" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C813"/>
+      <c r="D813"/>
+      <c r="E813"/>
+      <c r="F813"/>
+    </row>
+    <row r="814" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C814"/>
+      <c r="D814"/>
+      <c r="E814"/>
+      <c r="F814"/>
+    </row>
+    <row r="815" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C815"/>
+      <c r="D815"/>
+      <c r="E815"/>
+      <c r="F815"/>
+    </row>
+    <row r="816" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C816"/>
+      <c r="D816"/>
+      <c r="E816"/>
+      <c r="F816"/>
+    </row>
+    <row r="817" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C817"/>
+      <c r="D817"/>
+      <c r="E817"/>
+      <c r="F817"/>
+    </row>
+    <row r="818" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C818"/>
+      <c r="D818"/>
+      <c r="E818"/>
+      <c r="F818"/>
+    </row>
+    <row r="819" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C819"/>
+      <c r="D819"/>
+      <c r="E819"/>
+      <c r="F819"/>
+    </row>
+    <row r="820" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C820"/>
+      <c r="D820"/>
+      <c r="E820"/>
+      <c r="F820"/>
+    </row>
+    <row r="821" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C821" s="12"/>
+      <c r="D821"/>
+      <c r="E821"/>
+      <c r="F821"/>
+    </row>
+    <row r="822" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C822"/>
+      <c r="D822"/>
+      <c r="E822"/>
+      <c r="F822"/>
+    </row>
+    <row r="823" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C823"/>
+      <c r="D823"/>
+      <c r="E823"/>
+      <c r="F823"/>
+    </row>
+    <row r="824" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C824"/>
+      <c r="D824"/>
+      <c r="E824"/>
+      <c r="F824"/>
+    </row>
+    <row r="825" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C825"/>
+      <c r="D825"/>
+      <c r="E825"/>
+      <c r="F825"/>
+    </row>
+    <row r="826" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C826"/>
+      <c r="D826"/>
+      <c r="E826"/>
+      <c r="F826"/>
+    </row>
+    <row r="827" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C827"/>
+      <c r="D827"/>
+      <c r="E827"/>
+      <c r="F827"/>
+    </row>
+    <row r="828" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C828"/>
+      <c r="D828"/>
+      <c r="E828"/>
+      <c r="F828"/>
+    </row>
+    <row r="829" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C829"/>
+      <c r="D829"/>
+      <c r="E829"/>
+      <c r="F829"/>
+    </row>
+    <row r="830" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C830"/>
+      <c r="D830"/>
+      <c r="E830"/>
+      <c r="F830"/>
+    </row>
+    <row r="831" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C831"/>
+      <c r="D831"/>
+      <c r="E831"/>
+      <c r="F831"/>
+    </row>
+    <row r="832" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C832"/>
+      <c r="D832"/>
+      <c r="E832"/>
+      <c r="F832"/>
+    </row>
+    <row r="833" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C833"/>
+      <c r="D833"/>
+      <c r="E833"/>
+      <c r="F833"/>
+    </row>
+    <row r="834" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C834"/>
+      <c r="D834"/>
+      <c r="E834"/>
+      <c r="F834"/>
+    </row>
+    <row r="835" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C835"/>
+      <c r="D835"/>
+      <c r="E835"/>
+      <c r="F835"/>
+    </row>
+    <row r="836" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C836"/>
+      <c r="D836"/>
+      <c r="E836"/>
+      <c r="F836"/>
+    </row>
+    <row r="837" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C837"/>
+      <c r="D837"/>
+      <c r="E837"/>
+      <c r="F837"/>
+    </row>
+    <row r="838" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C838"/>
+      <c r="D838"/>
+      <c r="E838"/>
+      <c r="F838"/>
+    </row>
+    <row r="839" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C839"/>
+      <c r="D839"/>
+      <c r="E839"/>
+      <c r="F839"/>
+    </row>
+    <row r="840" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C840"/>
+      <c r="D840"/>
+      <c r="E840"/>
+      <c r="F840"/>
+    </row>
+    <row r="841" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C841"/>
+      <c r="D841"/>
+      <c r="E841"/>
+      <c r="F841"/>
+    </row>
+    <row r="842" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C842"/>
+      <c r="D842"/>
+      <c r="E842"/>
+      <c r="F842"/>
+    </row>
+    <row r="843" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C843"/>
+      <c r="D843"/>
+      <c r="E843"/>
+      <c r="F843"/>
+    </row>
+    <row r="844" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C844"/>
+      <c r="D844"/>
+      <c r="E844"/>
+      <c r="F844"/>
+    </row>
+    <row r="845" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C845"/>
+      <c r="D845"/>
+      <c r="E845"/>
+      <c r="F845"/>
+    </row>
+    <row r="846" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C846"/>
+      <c r="D846"/>
+      <c r="E846"/>
+      <c r="F846"/>
+    </row>
+    <row r="847" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C847" s="12"/>
+      <c r="D847"/>
+      <c r="E847"/>
+      <c r="F847"/>
+    </row>
+    <row r="848" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C848"/>
+      <c r="D848"/>
+      <c r="E848"/>
+      <c r="F848"/>
+    </row>
+    <row r="849" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C849"/>
+      <c r="D849"/>
+      <c r="E849"/>
+      <c r="F849"/>
+    </row>
+    <row r="850" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C850"/>
+      <c r="D850"/>
+      <c r="E850"/>
+      <c r="F850"/>
+    </row>
+    <row r="851" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C851" s="12"/>
+      <c r="D851"/>
+      <c r="E851"/>
+      <c r="F851"/>
+    </row>
+    <row r="852" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C852"/>
+      <c r="D852"/>
+      <c r="E852"/>
+      <c r="F852"/>
+    </row>
+    <row r="853" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C853"/>
+      <c r="D853"/>
+      <c r="E853"/>
+      <c r="F853"/>
+    </row>
+    <row r="854" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C854"/>
+      <c r="D854"/>
+      <c r="E854"/>
+      <c r="F854"/>
+    </row>
+    <row r="855" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C855"/>
+      <c r="D855"/>
+      <c r="E855"/>
+      <c r="F855"/>
+    </row>
+    <row r="856" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C856"/>
+      <c r="D856"/>
+      <c r="E856"/>
+      <c r="F856"/>
+    </row>
+    <row r="857" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C857"/>
+      <c r="D857"/>
+      <c r="E857"/>
+      <c r="F857"/>
+    </row>
+    <row r="858" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C858"/>
+      <c r="D858"/>
+      <c r="E858"/>
+      <c r="F858"/>
+    </row>
+    <row r="859" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C859"/>
+      <c r="D859"/>
+      <c r="E859"/>
+      <c r="F859"/>
+    </row>
+    <row r="860" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C860"/>
+      <c r="D860"/>
+      <c r="E860"/>
+      <c r="F860"/>
+    </row>
+    <row r="861" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C861"/>
+      <c r="D861"/>
+      <c r="E861"/>
+      <c r="F861"/>
+    </row>
+    <row r="862" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C862"/>
+      <c r="D862"/>
+      <c r="E862"/>
+      <c r="F862"/>
+    </row>
+    <row r="863" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C863"/>
+      <c r="D863"/>
+      <c r="E863"/>
+      <c r="F863"/>
+    </row>
+    <row r="864" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C864"/>
+      <c r="D864"/>
+      <c r="E864"/>
+      <c r="F864"/>
+    </row>
+    <row r="865" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C865"/>
+      <c r="D865"/>
+      <c r="E865"/>
+      <c r="F865"/>
+    </row>
+    <row r="866" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C866"/>
+      <c r="D866"/>
+      <c r="E866"/>
+      <c r="F866"/>
+    </row>
+    <row r="867" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C867"/>
+      <c r="D867"/>
+      <c r="E867"/>
+      <c r="F867"/>
+    </row>
+    <row r="868" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C868"/>
+      <c r="D868"/>
+      <c r="E868"/>
+      <c r="F868"/>
+    </row>
+    <row r="869" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C869"/>
+      <c r="D869"/>
+      <c r="E869"/>
+      <c r="F869"/>
+    </row>
+    <row r="870" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C870"/>
+      <c r="D870"/>
+      <c r="E870"/>
+      <c r="F870"/>
+    </row>
+    <row r="871" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C871"/>
+      <c r="D871"/>
+      <c r="E871"/>
+      <c r="F871"/>
+    </row>
+    <row r="872" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C872"/>
+      <c r="D872"/>
+      <c r="E872"/>
+      <c r="F872"/>
+    </row>
+    <row r="873" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C873"/>
+      <c r="D873"/>
+      <c r="E873"/>
+      <c r="F873"/>
+    </row>
+    <row r="874" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C874"/>
+      <c r="D874"/>
+      <c r="E874"/>
+      <c r="F874"/>
+    </row>
+    <row r="875" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C875"/>
+      <c r="D875"/>
+      <c r="E875"/>
+      <c r="F875"/>
+    </row>
+    <row r="876" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C876"/>
+      <c r="D876"/>
+      <c r="E876"/>
+      <c r="F876"/>
+    </row>
+    <row r="877" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C877"/>
+      <c r="D877"/>
+      <c r="E877"/>
+      <c r="F877"/>
+    </row>
+    <row r="878" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C878"/>
+      <c r="D878"/>
+      <c r="E878"/>
+      <c r="F878"/>
+    </row>
+    <row r="879" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C879"/>
+      <c r="D879"/>
+      <c r="E879"/>
+      <c r="F879"/>
+    </row>
+    <row r="880" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C880"/>
+      <c r="D880"/>
+      <c r="E880"/>
+      <c r="F880"/>
+    </row>
+    <row r="881" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C881"/>
+      <c r="D881"/>
+      <c r="E881"/>
+      <c r="F881"/>
+    </row>
+    <row r="882" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C882"/>
+      <c r="D882"/>
+      <c r="E882"/>
+      <c r="F882"/>
+    </row>
+    <row r="883" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C883"/>
+      <c r="D883"/>
+      <c r="E883"/>
+      <c r="F883"/>
+    </row>
+    <row r="884" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C884" s="11"/>
+      <c r="D884"/>
+      <c r="E884"/>
+      <c r="F884"/>
+    </row>
+    <row r="885" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C885" s="12"/>
+      <c r="D885"/>
+      <c r="E885"/>
+      <c r="F885"/>
+    </row>
+    <row r="886" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C886"/>
+      <c r="D886"/>
+      <c r="E886"/>
+      <c r="F886"/>
+    </row>
+    <row r="887" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C887"/>
+      <c r="D887"/>
+      <c r="E887"/>
+      <c r="F887"/>
+    </row>
+    <row r="888" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C888"/>
+      <c r="D888"/>
+      <c r="E888"/>
+      <c r="F888"/>
+    </row>
+    <row r="889" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C889" s="11"/>
+      <c r="D889"/>
+      <c r="E889"/>
+      <c r="F889"/>
+    </row>
+    <row r="890" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C890" s="12"/>
+      <c r="D890"/>
+      <c r="E890"/>
+      <c r="F890"/>
+    </row>
+    <row r="891" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C891"/>
+      <c r="D891"/>
+      <c r="E891"/>
+      <c r="F891"/>
+    </row>
+    <row r="892" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C892"/>
+      <c r="D892"/>
+      <c r="E892"/>
+      <c r="F892"/>
+    </row>
+    <row r="893" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C893"/>
+      <c r="D893"/>
+      <c r="E893"/>
+      <c r="F893"/>
+    </row>
+    <row r="894" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C894" s="11"/>
+      <c r="D894"/>
+      <c r="E894"/>
+      <c r="F894"/>
+    </row>
+    <row r="895" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C895" s="12"/>
+      <c r="D895"/>
+      <c r="E895"/>
+      <c r="F895"/>
+    </row>
+    <row r="896" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C896"/>
+      <c r="D896"/>
+      <c r="E896"/>
+      <c r="F896"/>
+    </row>
+    <row r="897" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C897"/>
+      <c r="D897"/>
+      <c r="E897"/>
+      <c r="F897"/>
+    </row>
+    <row r="898" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C898"/>
+      <c r="D898"/>
+      <c r="E898"/>
+      <c r="F898"/>
+    </row>
+    <row r="899" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C899"/>
+      <c r="D899"/>
+      <c r="E899"/>
+      <c r="F899"/>
+    </row>
+    <row r="900" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C900"/>
+      <c r="D900"/>
+      <c r="E900"/>
+      <c r="F900"/>
+    </row>
+    <row r="901" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C901"/>
+      <c r="D901"/>
+      <c r="E901"/>
+      <c r="F901"/>
+    </row>
+    <row r="902" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C902"/>
+      <c r="D902"/>
+      <c r="E902"/>
+      <c r="F902"/>
+    </row>
+    <row r="903" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C903"/>
+      <c r="D903"/>
+      <c r="E903"/>
+      <c r="F903"/>
+    </row>
+    <row r="904" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C904"/>
+      <c r="D904"/>
+      <c r="E904"/>
+      <c r="F904"/>
+    </row>
+    <row r="905" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C905"/>
+      <c r="D905"/>
+      <c r="E905"/>
+      <c r="F905"/>
+    </row>
+    <row r="906" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C906"/>
+      <c r="D906"/>
+      <c r="E906"/>
+      <c r="F906"/>
+    </row>
+    <row r="907" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C907"/>
+      <c r="D907"/>
+      <c r="E907"/>
+      <c r="F907"/>
+    </row>
+    <row r="908" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C908"/>
+      <c r="D908"/>
+      <c r="E908"/>
+      <c r="F908"/>
+    </row>
+    <row r="909" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C909"/>
+      <c r="D909"/>
+      <c r="E909"/>
+      <c r="F909"/>
+    </row>
+    <row r="910" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C910"/>
+      <c r="D910"/>
+      <c r="E910"/>
+      <c r="F910"/>
+    </row>
+    <row r="911" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C911"/>
+      <c r="D911"/>
+      <c r="E911"/>
+      <c r="F911"/>
+    </row>
+    <row r="912" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C912"/>
+      <c r="D912"/>
+      <c r="E912"/>
+      <c r="F912"/>
+    </row>
+    <row r="913" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C913"/>
+      <c r="D913"/>
+      <c r="E913"/>
+      <c r="F913"/>
+    </row>
+    <row r="914" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C914"/>
+      <c r="D914"/>
+      <c r="E914"/>
+      <c r="F914"/>
+    </row>
+    <row r="915" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C915"/>
+      <c r="D915"/>
+      <c r="E915"/>
+      <c r="F915"/>
+    </row>
+    <row r="916" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C916"/>
+      <c r="D916"/>
+      <c r="E916"/>
+      <c r="F916"/>
+    </row>
+    <row r="917" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C917"/>
+      <c r="D917"/>
+      <c r="E917"/>
+      <c r="F917"/>
+    </row>
+    <row r="918" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C918"/>
+      <c r="D918"/>
+      <c r="E918"/>
+      <c r="F918"/>
+    </row>
+    <row r="919" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C919"/>
+      <c r="D919"/>
+      <c r="E919"/>
+      <c r="F919"/>
+    </row>
+    <row r="920" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C920"/>
+      <c r="D920"/>
+      <c r="E920"/>
+      <c r="F920"/>
+    </row>
+    <row r="921" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C921"/>
+      <c r="D921"/>
+      <c r="E921"/>
+      <c r="F921"/>
+    </row>
+    <row r="922" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C922"/>
+      <c r="D922"/>
+      <c r="E922"/>
+      <c r="F922"/>
+    </row>
+    <row r="923" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C923"/>
+      <c r="D923"/>
+      <c r="E923"/>
+      <c r="F923"/>
+    </row>
+    <row r="924" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C924" s="12"/>
+      <c r="D924"/>
+      <c r="E924"/>
+      <c r="F924"/>
+    </row>
+    <row r="925" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C925"/>
+      <c r="D925"/>
+      <c r="E925"/>
+      <c r="F925"/>
+    </row>
+    <row r="926" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C926"/>
+      <c r="D926"/>
+      <c r="E926"/>
+      <c r="F926"/>
+    </row>
+    <row r="927" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C927"/>
+      <c r="D927"/>
+      <c r="E927"/>
+      <c r="F927"/>
+    </row>
+    <row r="928" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C928" s="12"/>
+      <c r="D928"/>
+      <c r="E928"/>
+      <c r="F928"/>
+    </row>
+    <row r="929" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C929"/>
+      <c r="D929"/>
+      <c r="E929"/>
+      <c r="F929"/>
+    </row>
+    <row r="930" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C930"/>
+      <c r="D930"/>
+      <c r="E930"/>
+      <c r="F930"/>
+    </row>
+    <row r="931" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C931"/>
+      <c r="D931"/>
+      <c r="E931"/>
+      <c r="F931"/>
+    </row>
+    <row r="932" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C932"/>
+      <c r="D932"/>
+      <c r="E932"/>
+      <c r="F932"/>
+    </row>
+    <row r="933" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C933"/>
+      <c r="D933"/>
+      <c r="E933"/>
+      <c r="F933"/>
+    </row>
+    <row r="934" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C934"/>
+      <c r="D934"/>
+      <c r="E934"/>
+      <c r="F934"/>
+    </row>
+    <row r="935" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C935"/>
+      <c r="D935"/>
+      <c r="E935"/>
+      <c r="F935"/>
+    </row>
+    <row r="936" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C936" s="11"/>
+      <c r="D936"/>
+      <c r="E936"/>
+      <c r="F936"/>
+    </row>
+    <row r="937" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C937" s="12"/>
+      <c r="D937"/>
+      <c r="E937"/>
+      <c r="F937"/>
+    </row>
+    <row r="938" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C938"/>
+      <c r="D938"/>
+      <c r="E938"/>
+      <c r="F938"/>
+    </row>
+    <row r="939" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C939"/>
+      <c r="D939"/>
+      <c r="E939"/>
+      <c r="F939"/>
+    </row>
+    <row r="940" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C940"/>
+      <c r="D940"/>
+      <c r="E940"/>
+      <c r="F940"/>
+    </row>
+    <row r="941" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C941" s="11"/>
+      <c r="D941"/>
+      <c r="E941"/>
+      <c r="F941"/>
+    </row>
+    <row r="942" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C942" s="12"/>
+      <c r="D942"/>
+      <c r="E942"/>
+      <c r="F942"/>
+    </row>
+    <row r="943" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C943"/>
+      <c r="D943"/>
+      <c r="E943"/>
+      <c r="F943"/>
+    </row>
+    <row r="944" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C944"/>
+      <c r="D944"/>
+      <c r="E944"/>
+      <c r="F944"/>
+    </row>
+    <row r="945" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C945"/>
+      <c r="D945"/>
+      <c r="E945"/>
+      <c r="F945"/>
+    </row>
+    <row r="946" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C946"/>
+      <c r="D946"/>
+      <c r="E946"/>
+      <c r="F946"/>
+    </row>
+    <row r="947" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C947"/>
+      <c r="D947"/>
+      <c r="E947"/>
+      <c r="F947"/>
+    </row>
+    <row r="948" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C948"/>
+      <c r="D948"/>
+      <c r="E948"/>
+      <c r="F948"/>
+    </row>
+    <row r="949" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C949"/>
+      <c r="D949"/>
+      <c r="E949"/>
+      <c r="F949"/>
+    </row>
+    <row r="950" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C950"/>
+      <c r="D950"/>
+      <c r="E950"/>
+      <c r="F950"/>
+    </row>
+    <row r="951" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C951"/>
+      <c r="D951"/>
+      <c r="E951"/>
+      <c r="F951"/>
+    </row>
+    <row r="952" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C952"/>
+      <c r="D952"/>
+      <c r="E952"/>
+      <c r="F952"/>
+    </row>
+    <row r="953" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C953" s="12"/>
+      <c r="D953"/>
+      <c r="E953"/>
+      <c r="F953"/>
+    </row>
+    <row r="954" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C954"/>
+      <c r="D954"/>
+      <c r="E954"/>
+      <c r="F954"/>
+    </row>
+    <row r="955" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C955"/>
+      <c r="D955"/>
+      <c r="E955"/>
+      <c r="F955"/>
+    </row>
+    <row r="956" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C956"/>
+      <c r="D956"/>
+      <c r="E956"/>
+      <c r="F956"/>
+    </row>
+    <row r="957" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C957" s="11"/>
+      <c r="D957"/>
+      <c r="E957"/>
+      <c r="F957"/>
+    </row>
+    <row r="958" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C958" s="12"/>
+      <c r="D958"/>
+      <c r="E958"/>
+      <c r="F958"/>
+    </row>
+    <row r="959" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C959"/>
+      <c r="D959"/>
+      <c r="E959"/>
+      <c r="F959"/>
+    </row>
+    <row r="960" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C960"/>
+      <c r="D960"/>
+      <c r="E960"/>
+      <c r="F960"/>
+    </row>
+    <row r="961" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C961"/>
+      <c r="D961"/>
+      <c r="E961"/>
+      <c r="F961"/>
+    </row>
+    <row r="962" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C962" s="12"/>
+      <c r="D962"/>
+      <c r="E962"/>
+      <c r="F962"/>
+    </row>
+    <row r="963" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C963"/>
+      <c r="D963"/>
+      <c r="E963"/>
+      <c r="F963"/>
+    </row>
+    <row r="964" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C964"/>
+      <c r="D964"/>
+      <c r="E964"/>
+      <c r="F964"/>
+    </row>
+    <row r="965" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C965"/>
+      <c r="D965"/>
+      <c r="E965"/>
+      <c r="F965"/>
+    </row>
+    <row r="966" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C966" s="12"/>
+      <c r="D966"/>
+      <c r="E966"/>
+      <c r="F966"/>
+    </row>
+    <row r="967" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C967"/>
+      <c r="D967"/>
+      <c r="E967"/>
+      <c r="F967"/>
+    </row>
+    <row r="968" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C968"/>
+      <c r="D968"/>
+      <c r="E968"/>
+      <c r="F968"/>
+    </row>
+    <row r="969" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C969"/>
+      <c r="D969"/>
+      <c r="E969"/>
+      <c r="F969"/>
+    </row>
+    <row r="970" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C970"/>
+      <c r="D970"/>
+      <c r="E970"/>
+      <c r="F970"/>
+    </row>
+    <row r="971" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C971"/>
+      <c r="D971"/>
+      <c r="E971"/>
+      <c r="F971"/>
+    </row>
+    <row r="972" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C972"/>
+      <c r="D972"/>
+      <c r="E972"/>
+      <c r="F972"/>
+    </row>
+    <row r="973" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C973"/>
+      <c r="D973"/>
+      <c r="E973"/>
+      <c r="F973"/>
+    </row>
+    <row r="974" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C974"/>
+      <c r="D974"/>
+      <c r="E974"/>
+      <c r="F974"/>
+    </row>
+    <row r="975" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C975"/>
+      <c r="D975"/>
+      <c r="E975"/>
+      <c r="F975"/>
+    </row>
+    <row r="976" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C976" s="12"/>
+      <c r="D976"/>
+      <c r="E976"/>
+      <c r="F976"/>
+    </row>
+    <row r="977" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C977"/>
+      <c r="D977"/>
+      <c r="E977"/>
+      <c r="F977"/>
+    </row>
+    <row r="978" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C978"/>
+      <c r="D978"/>
+      <c r="E978"/>
+      <c r="F978"/>
+    </row>
+    <row r="979" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C979"/>
+      <c r="D979"/>
+      <c r="E979"/>
+      <c r="F979"/>
+    </row>
+    <row r="980" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C980"/>
+      <c r="D980"/>
+      <c r="E980"/>
+      <c r="F980"/>
+    </row>
+    <row r="981" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C981"/>
+      <c r="D981"/>
+      <c r="E981"/>
+      <c r="F981"/>
+    </row>
+    <row r="982" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C982"/>
+      <c r="D982"/>
+      <c r="E982"/>
+      <c r="F982"/>
+    </row>
+    <row r="983" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C983" s="12"/>
+      <c r="D983"/>
+      <c r="E983"/>
+      <c r="F983"/>
+    </row>
+    <row r="984" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C984"/>
+      <c r="D984"/>
+      <c r="E984"/>
+      <c r="F984"/>
+    </row>
+    <row r="985" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C985"/>
+      <c r="D985"/>
+      <c r="E985"/>
+      <c r="F985"/>
+    </row>
+    <row r="986" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C986"/>
+      <c r="D986"/>
+      <c r="E986"/>
+      <c r="F986"/>
+    </row>
+    <row r="987" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C987" s="12"/>
+      <c r="D987"/>
+      <c r="E987"/>
+      <c r="F987"/>
+    </row>
+    <row r="988" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C988"/>
+      <c r="D988"/>
+      <c r="E988"/>
+      <c r="F988"/>
+    </row>
+    <row r="989" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C989"/>
+      <c r="D989"/>
+      <c r="E989"/>
+      <c r="F989"/>
+    </row>
+    <row r="990" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C990"/>
+      <c r="D990"/>
+      <c r="E990"/>
+      <c r="F990"/>
+    </row>
+    <row r="991" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C991" s="11"/>
+      <c r="D991"/>
+      <c r="E991"/>
+      <c r="F991"/>
+    </row>
+    <row r="992" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C992" s="12"/>
+      <c r="D992"/>
+      <c r="E992"/>
+      <c r="F992"/>
+    </row>
+    <row r="993" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C993"/>
+      <c r="D993"/>
+      <c r="E993"/>
+      <c r="F993"/>
+    </row>
+    <row r="994" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C994"/>
+      <c r="D994"/>
+      <c r="E994"/>
+      <c r="F994"/>
+    </row>
+    <row r="995" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C995"/>
+      <c r="D995"/>
+      <c r="E995"/>
+      <c r="F995"/>
+    </row>
+    <row r="996" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C996"/>
+      <c r="D996"/>
+      <c r="E996"/>
+      <c r="F996"/>
+    </row>
+    <row r="997" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C997"/>
+      <c r="D997"/>
+      <c r="E997"/>
+      <c r="F997"/>
+    </row>
+    <row r="998" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C998"/>
+      <c r="D998"/>
+      <c r="E998"/>
+      <c r="F998"/>
+    </row>
+    <row r="999" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C999"/>
+      <c r="D999"/>
+      <c r="E999"/>
+      <c r="F999"/>
+    </row>
+    <row r="1000" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1000"/>
+      <c r="D1000"/>
+      <c r="E1000"/>
+      <c r="F1000"/>
+    </row>
+    <row r="1001" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1001"/>
+      <c r="D1001"/>
+      <c r="E1001"/>
+      <c r="F1001"/>
+    </row>
+    <row r="1002" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1002" s="12"/>
+      <c r="D1002"/>
+      <c r="E1002"/>
+      <c r="F1002"/>
+    </row>
+    <row r="1003" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1003"/>
+      <c r="D1003"/>
+      <c r="E1003"/>
+      <c r="F1003"/>
+    </row>
+    <row r="1004" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1004"/>
+      <c r="D1004"/>
+      <c r="E1004"/>
+      <c r="F1004"/>
+    </row>
+    <row r="1005" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1005"/>
+      <c r="D1005"/>
+      <c r="E1005"/>
+      <c r="F1005"/>
+    </row>
+    <row r="1006" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1006"/>
+      <c r="D1006"/>
+      <c r="E1006"/>
+      <c r="F1006"/>
+    </row>
+    <row r="1007" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1007"/>
+      <c r="D1007"/>
+      <c r="E1007"/>
+      <c r="F1007"/>
+    </row>
+    <row r="1008" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1008"/>
+      <c r="D1008"/>
+      <c r="E1008"/>
+      <c r="F1008"/>
+    </row>
+    <row r="1009" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1009"/>
+      <c r="D1009"/>
+      <c r="E1009"/>
+      <c r="F1009"/>
+    </row>
+    <row r="1010" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1010" s="11"/>
+      <c r="D1010"/>
+      <c r="E1010"/>
+      <c r="F1010"/>
+    </row>
+    <row r="1011" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1011" s="12"/>
+      <c r="D1011"/>
+      <c r="E1011"/>
+      <c r="F1011"/>
+    </row>
+    <row r="1012" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1012"/>
+      <c r="D1012"/>
+      <c r="E1012"/>
+      <c r="F1012"/>
+    </row>
+    <row r="1013" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1013"/>
+      <c r="D1013"/>
+      <c r="E1013"/>
+      <c r="F1013"/>
+    </row>
+    <row r="1014" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1014"/>
+      <c r="D1014"/>
+      <c r="E1014"/>
+      <c r="F1014"/>
+    </row>
+    <row r="1015" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1015"/>
+      <c r="D1015"/>
+      <c r="E1015"/>
+      <c r="F1015"/>
+    </row>
+    <row r="1016" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1016"/>
+      <c r="D1016"/>
+      <c r="E1016"/>
+      <c r="F1016"/>
+    </row>
+    <row r="1017" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1017"/>
+      <c r="D1017"/>
+      <c r="E1017"/>
+      <c r="F1017"/>
+    </row>
+    <row r="1018" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1018"/>
+      <c r="D1018"/>
+      <c r="E1018"/>
+      <c r="F1018"/>
+    </row>
+    <row r="1019" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1019"/>
+      <c r="D1019"/>
+      <c r="E1019"/>
+      <c r="F1019"/>
+    </row>
+    <row r="1020" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1020"/>
+      <c r="D1020"/>
+      <c r="E1020"/>
+      <c r="F1020"/>
+    </row>
+    <row r="1021" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1021"/>
+      <c r="D1021"/>
+      <c r="E1021"/>
+      <c r="F1021"/>
+    </row>
+    <row r="1022" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1022"/>
+      <c r="D1022"/>
+      <c r="E1022"/>
+      <c r="F1022"/>
+    </row>
+    <row r="1023" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1023"/>
+      <c r="D1023"/>
+      <c r="E1023"/>
+      <c r="F1023"/>
+    </row>
+    <row r="1024" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1024"/>
+      <c r="D1024"/>
+      <c r="E1024"/>
+      <c r="F1024"/>
+    </row>
+    <row r="1025" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1025"/>
+      <c r="D1025"/>
+      <c r="E1025"/>
+      <c r="F1025"/>
+    </row>
+    <row r="1026" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1026"/>
+      <c r="D1026"/>
+      <c r="E1026"/>
+      <c r="F1026"/>
+    </row>
+    <row r="1027" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1027"/>
+      <c r="D1027"/>
+      <c r="E1027"/>
+      <c r="F1027"/>
+    </row>
+    <row r="1028" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1028"/>
+      <c r="D1028"/>
+      <c r="E1028"/>
+      <c r="F1028"/>
+    </row>
+    <row r="1029" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1029"/>
+      <c r="D1029"/>
+      <c r="E1029"/>
+      <c r="F1029"/>
+    </row>
+    <row r="1030" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1030"/>
+      <c r="D1030"/>
+      <c r="E1030"/>
+      <c r="F1030"/>
+    </row>
+    <row r="1031" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1031"/>
+      <c r="D1031"/>
+      <c r="E1031"/>
+      <c r="F1031"/>
+    </row>
+    <row r="1032" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1032"/>
+      <c r="D1032"/>
+      <c r="E1032"/>
+      <c r="F1032"/>
+    </row>
+    <row r="1033" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1033"/>
+      <c r="D1033"/>
+      <c r="E1033"/>
+      <c r="F1033"/>
+    </row>
+    <row r="1034" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1034"/>
+      <c r="D1034"/>
+      <c r="E1034"/>
+      <c r="F1034"/>
+    </row>
+    <row r="1035" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1035"/>
+      <c r="D1035"/>
+      <c r="E1035"/>
+      <c r="F1035"/>
+    </row>
+    <row r="1036" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1036" s="11"/>
+      <c r="D1036"/>
+      <c r="E1036"/>
+      <c r="F1036"/>
+    </row>
+    <row r="1037" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1037" s="12"/>
+      <c r="D1037"/>
+      <c r="E1037"/>
+      <c r="F1037"/>
+    </row>
+    <row r="1038" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1038"/>
+      <c r="D1038"/>
+      <c r="E1038"/>
+      <c r="F1038"/>
+    </row>
+    <row r="1039" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1039"/>
+      <c r="D1039"/>
+      <c r="E1039"/>
+      <c r="F1039"/>
+    </row>
+    <row r="1040" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1040"/>
+      <c r="D1040"/>
+      <c r="E1040"/>
+      <c r="F1040"/>
+    </row>
+    <row r="1041" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1041"/>
+      <c r="D1041"/>
+      <c r="E1041"/>
+      <c r="F1041"/>
+    </row>
+    <row r="1042" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1042"/>
+      <c r="D1042"/>
+      <c r="E1042"/>
+      <c r="F1042"/>
+    </row>
+    <row r="1043" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1043"/>
+      <c r="D1043"/>
+      <c r="E1043"/>
+      <c r="F1043"/>
+    </row>
+    <row r="1044" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1044" s="12"/>
+      <c r="D1044"/>
+      <c r="E1044"/>
+      <c r="F1044"/>
+    </row>
+    <row r="1045" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1045"/>
+      <c r="D1045"/>
+      <c r="E1045"/>
+      <c r="F1045"/>
+    </row>
+    <row r="1046" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1046"/>
+      <c r="D1046"/>
+      <c r="E1046"/>
+      <c r="F1046"/>
+    </row>
+    <row r="1047" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1047"/>
+      <c r="D1047"/>
+      <c r="E1047"/>
+      <c r="F1047"/>
+    </row>
+    <row r="1048" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1048" s="12"/>
+      <c r="D1048"/>
+      <c r="E1048"/>
+      <c r="F1048"/>
+    </row>
+    <row r="1049" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1049"/>
+      <c r="D1049"/>
+      <c r="E1049"/>
+      <c r="F1049"/>
+    </row>
+    <row r="1050" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1050"/>
+      <c r="D1050"/>
+      <c r="E1050"/>
+      <c r="F1050"/>
+    </row>
+    <row r="1051" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1051"/>
+      <c r="D1051"/>
+      <c r="E1051"/>
+      <c r="F1051"/>
+    </row>
+    <row r="1052" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1052"/>
+      <c r="D1052"/>
+      <c r="E1052"/>
+      <c r="F1052"/>
+    </row>
+    <row r="1053" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1053"/>
+      <c r="D1053"/>
+      <c r="E1053"/>
+      <c r="F1053"/>
+    </row>
+    <row r="1054" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1054"/>
+      <c r="D1054"/>
+      <c r="E1054"/>
+      <c r="F1054"/>
+    </row>
+    <row r="1055" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1055"/>
+      <c r="D1055"/>
+      <c r="E1055"/>
+      <c r="F1055"/>
+    </row>
+    <row r="1056" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1056"/>
+      <c r="D1056"/>
+      <c r="E1056"/>
+      <c r="F1056"/>
+    </row>
+    <row r="1057" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1057"/>
+      <c r="D1057"/>
+      <c r="E1057"/>
+      <c r="F1057"/>
+    </row>
+    <row r="1058" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1058"/>
+      <c r="D1058"/>
+      <c r="E1058"/>
+      <c r="F1058"/>
+    </row>
+    <row r="1059" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1059" s="12"/>
+      <c r="D1059"/>
+      <c r="E1059"/>
+      <c r="F1059"/>
+    </row>
+    <row r="1060" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1060"/>
+      <c r="D1060"/>
+      <c r="E1060"/>
+      <c r="F1060"/>
+    </row>
+    <row r="1061" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1061"/>
+      <c r="D1061"/>
+      <c r="E1061"/>
+      <c r="F1061"/>
+    </row>
+    <row r="1062" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1062"/>
+      <c r="D1062"/>
+      <c r="E1062"/>
+      <c r="F1062"/>
+    </row>
+    <row r="1063" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1063"/>
+      <c r="D1063"/>
+      <c r="E1063"/>
+      <c r="F1063"/>
+    </row>
+    <row r="1064" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1064"/>
+      <c r="D1064"/>
+      <c r="E1064"/>
+      <c r="F1064"/>
+    </row>
+    <row r="1065" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1065"/>
+      <c r="D1065"/>
+      <c r="E1065"/>
+      <c r="F1065"/>
+    </row>
+    <row r="1066" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1066"/>
+      <c r="D1066"/>
+      <c r="E1066"/>
+      <c r="F1066"/>
+    </row>
+    <row r="1067" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1067" s="12"/>
+      <c r="D1067"/>
+      <c r="E1067"/>
+      <c r="F1067"/>
+    </row>
+    <row r="1068" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1068"/>
+      <c r="D1068"/>
+      <c r="E1068"/>
+      <c r="F1068"/>
+    </row>
+    <row r="1069" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1069"/>
+      <c r="D1069"/>
+      <c r="E1069"/>
+      <c r="F1069"/>
+    </row>
+    <row r="1070" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1070"/>
+      <c r="D1070"/>
+      <c r="E1070"/>
+      <c r="F1070"/>
+    </row>
+    <row r="1071" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1071" s="12"/>
+      <c r="D1071"/>
+      <c r="E1071"/>
+      <c r="F1071"/>
+    </row>
+    <row r="1072" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1072"/>
+      <c r="D1072"/>
+      <c r="E1072"/>
+      <c r="F1072"/>
+    </row>
+    <row r="1073" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1073"/>
+      <c r="D1073"/>
+      <c r="E1073"/>
+      <c r="F1073"/>
+    </row>
+    <row r="1074" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1074"/>
+      <c r="D1074"/>
+      <c r="E1074"/>
+      <c r="F1074"/>
+    </row>
+    <row r="1075" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1075"/>
+      <c r="D1075"/>
+      <c r="E1075"/>
+      <c r="F1075"/>
+    </row>
+    <row r="1076" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1076"/>
+      <c r="D1076"/>
+      <c r="E1076"/>
+      <c r="F1076"/>
+    </row>
+    <row r="1077" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1077"/>
+      <c r="D1077"/>
+      <c r="E1077"/>
+      <c r="F1077"/>
+    </row>
+    <row r="1078" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1078"/>
+      <c r="D1078"/>
+      <c r="E1078"/>
+      <c r="F1078"/>
+    </row>
+    <row r="1079" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1079" s="12"/>
+      <c r="D1079"/>
+      <c r="E1079"/>
+      <c r="F1079"/>
+    </row>
+    <row r="1080" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1080"/>
+      <c r="D1080"/>
+      <c r="E1080"/>
+      <c r="F1080"/>
+    </row>
+    <row r="1081" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1081"/>
+      <c r="D1081"/>
+      <c r="E1081"/>
+      <c r="F1081"/>
+    </row>
+    <row r="1082" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1082"/>
+      <c r="D1082"/>
+      <c r="E1082"/>
+      <c r="F1082"/>
+    </row>
+    <row r="1083" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1083" s="12"/>
+      <c r="D1083"/>
+      <c r="E1083"/>
+      <c r="F1083"/>
+    </row>
+    <row r="1084" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1084"/>
+      <c r="D1084"/>
+      <c r="E1084"/>
+      <c r="F1084"/>
+    </row>
+    <row r="1085" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1085"/>
+      <c r="D1085"/>
+      <c r="E1085"/>
+      <c r="F1085"/>
+    </row>
+    <row r="1086" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1086"/>
+      <c r="D1086"/>
+      <c r="E1086"/>
+      <c r="F1086"/>
+    </row>
+    <row r="1087" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1087"/>
+      <c r="D1087"/>
+      <c r="E1087"/>
+      <c r="F1087"/>
+    </row>
+    <row r="1088" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1088"/>
+      <c r="D1088"/>
+      <c r="E1088"/>
+      <c r="F1088"/>
+    </row>
+    <row r="1089" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1089"/>
+      <c r="D1089"/>
+      <c r="E1089"/>
+      <c r="F1089"/>
+    </row>
+    <row r="1090" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1090"/>
+      <c r="D1090"/>
+      <c r="E1090"/>
+      <c r="F1090"/>
+    </row>
+    <row r="1091" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1091" s="12"/>
+      <c r="D1091"/>
+      <c r="E1091"/>
+      <c r="F1091"/>
+    </row>
+    <row r="1092" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1092"/>
+      <c r="D1092"/>
+      <c r="E1092"/>
+      <c r="F1092"/>
+    </row>
+    <row r="1093" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1093"/>
+      <c r="D1093"/>
+      <c r="E1093"/>
+      <c r="F1093"/>
+    </row>
+    <row r="1094" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1094"/>
+      <c r="D1094"/>
+      <c r="E1094"/>
+      <c r="F1094"/>
+    </row>
+    <row r="1095" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1095"/>
+      <c r="D1095"/>
+      <c r="E1095"/>
+      <c r="F1095"/>
+    </row>
+    <row r="1096" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1096"/>
+      <c r="D1096"/>
+      <c r="E1096"/>
+      <c r="F1096"/>
+    </row>
+    <row r="1097" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1097"/>
+      <c r="D1097"/>
+      <c r="E1097"/>
+      <c r="F1097"/>
+    </row>
+    <row r="1098" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1098"/>
+      <c r="D1098"/>
+      <c r="E1098"/>
+      <c r="F1098"/>
+    </row>
+    <row r="1099" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1099"/>
+      <c r="D1099"/>
+      <c r="E1099"/>
+      <c r="F1099"/>
+    </row>
+    <row r="1100" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1100"/>
+      <c r="D1100"/>
+      <c r="E1100"/>
+      <c r="F1100"/>
+    </row>
+    <row r="1101" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1101"/>
+      <c r="D1101"/>
+      <c r="E1101"/>
+      <c r="F1101"/>
+    </row>
+    <row r="1102" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1102"/>
+      <c r="D1102"/>
+      <c r="E1102"/>
+      <c r="F1102"/>
+    </row>
+    <row r="1103" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1103"/>
+      <c r="D1103"/>
+      <c r="E1103"/>
+      <c r="F1103"/>
+    </row>
+    <row r="1104" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1104"/>
+      <c r="D1104"/>
+      <c r="E1104"/>
+      <c r="F1104"/>
+    </row>
+    <row r="1105" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1105"/>
+      <c r="D1105"/>
+      <c r="E1105"/>
+      <c r="F1105"/>
+    </row>
+    <row r="1106" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1106"/>
+      <c r="D1106"/>
+      <c r="E1106"/>
+      <c r="F1106"/>
+    </row>
+    <row r="1107" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1107"/>
+      <c r="D1107"/>
+      <c r="E1107"/>
+      <c r="F1107"/>
+    </row>
+    <row r="1108" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1108"/>
+      <c r="D1108"/>
+      <c r="E1108"/>
+      <c r="F1108"/>
+    </row>
+    <row r="1109" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1109"/>
+      <c r="D1109"/>
+      <c r="E1109"/>
+      <c r="F1109"/>
+    </row>
+    <row r="1110" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1110"/>
+      <c r="D1110"/>
+      <c r="E1110"/>
+      <c r="F1110"/>
+    </row>
+    <row r="1111" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1111"/>
+      <c r="D1111"/>
+      <c r="E1111"/>
+      <c r="F1111"/>
+    </row>
+    <row r="1112" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1112" s="11"/>
+      <c r="D1112"/>
+      <c r="E1112"/>
+      <c r="F1112"/>
+    </row>
+    <row r="1113" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1113" s="12"/>
+      <c r="D1113"/>
+      <c r="E1113"/>
+      <c r="F1113"/>
+    </row>
+    <row r="1114" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1114"/>
+      <c r="D1114"/>
+      <c r="E1114"/>
+      <c r="F1114"/>
+    </row>
+    <row r="1115" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1115"/>
+      <c r="D1115"/>
+      <c r="E1115"/>
+      <c r="F1115"/>
+    </row>
+    <row r="1116" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1116"/>
+      <c r="D1116"/>
+      <c r="E1116"/>
+      <c r="F1116"/>
+    </row>
+    <row r="1117" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1117" s="11"/>
+      <c r="D1117"/>
+      <c r="E1117"/>
+      <c r="F1117"/>
+    </row>
+    <row r="1118" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1118" s="12"/>
+      <c r="D1118"/>
+      <c r="E1118"/>
+      <c r="F1118"/>
+    </row>
+    <row r="1119" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1119"/>
+      <c r="D1119"/>
+      <c r="E1119"/>
+      <c r="F1119"/>
+    </row>
+    <row r="1120" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1120"/>
+      <c r="D1120"/>
+      <c r="E1120"/>
+      <c r="F1120"/>
+    </row>
+    <row r="1121" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1121"/>
+      <c r="D1121"/>
+      <c r="E1121"/>
+      <c r="F1121"/>
+    </row>
+    <row r="1122" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1122" s="12"/>
+      <c r="D1122"/>
+      <c r="E1122"/>
+      <c r="F1122"/>
+    </row>
+    <row r="1123" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1123"/>
+      <c r="D1123"/>
+      <c r="E1123"/>
+      <c r="F1123"/>
+    </row>
+    <row r="1124" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1124"/>
+      <c r="D1124"/>
+      <c r="E1124"/>
+      <c r="F1124"/>
+    </row>
+    <row r="1125" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1125"/>
+      <c r="D1125"/>
+      <c r="E1125"/>
+      <c r="F1125"/>
+    </row>
+    <row r="1126" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1126" s="11"/>
+      <c r="D1126"/>
+      <c r="E1126"/>
+      <c r="F1126"/>
+    </row>
+    <row r="1127" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1127" s="12"/>
+      <c r="D1127"/>
+      <c r="E1127"/>
+      <c r="F1127"/>
+    </row>
+    <row r="1128" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1128"/>
+      <c r="D1128"/>
+      <c r="E1128"/>
+      <c r="F1128"/>
+    </row>
+    <row r="1129" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1129"/>
+      <c r="D1129"/>
+      <c r="E1129"/>
+      <c r="F1129"/>
+    </row>
+    <row r="1130" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1130"/>
+      <c r="D1130"/>
+      <c r="E1130"/>
+      <c r="F1130"/>
+    </row>
+    <row r="1131" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1131" s="11"/>
+      <c r="D1131"/>
+      <c r="E1131"/>
+      <c r="F1131"/>
+    </row>
+    <row r="1132" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1132" s="12"/>
+      <c r="D1132"/>
+      <c r="E1132"/>
+      <c r="F1132"/>
+    </row>
+    <row r="1133" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1133"/>
+      <c r="D1133"/>
+      <c r="E1133"/>
+      <c r="F1133"/>
+    </row>
+    <row r="1134" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1134"/>
+      <c r="D1134"/>
+      <c r="E1134"/>
+      <c r="F1134"/>
+    </row>
+    <row r="1135" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1135"/>
+      <c r="D1135"/>
+      <c r="E1135"/>
+      <c r="F1135"/>
+    </row>
+    <row r="1136" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1136"/>
+      <c r="D1136"/>
+      <c r="E1136"/>
+      <c r="F1136"/>
+    </row>
+    <row r="1137" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1137"/>
+      <c r="D1137"/>
+      <c r="E1137"/>
+      <c r="F1137"/>
+    </row>
+    <row r="1138" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1138"/>
+      <c r="D1138"/>
+      <c r="E1138"/>
+      <c r="F1138"/>
+    </row>
+    <row r="1139" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1139"/>
+      <c r="D1139"/>
+      <c r="E1139"/>
+      <c r="F1139"/>
+    </row>
+    <row r="1140" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1140"/>
+      <c r="D1140"/>
+      <c r="E1140"/>
+      <c r="F1140"/>
+    </row>
+    <row r="1141" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1141"/>
+      <c r="D1141"/>
+      <c r="E1141"/>
+      <c r="F1141"/>
+    </row>
+    <row r="1142" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1142"/>
+      <c r="D1142"/>
+      <c r="E1142"/>
+      <c r="F1142"/>
+    </row>
+    <row r="1143" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1143"/>
+      <c r="D1143"/>
+      <c r="E1143"/>
+      <c r="F1143"/>
+    </row>
+    <row r="1144" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1144"/>
+      <c r="D1144"/>
+      <c r="E1144"/>
+      <c r="F1144"/>
+    </row>
+    <row r="1145" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1145" s="12"/>
+      <c r="D1145"/>
+      <c r="E1145"/>
+      <c r="F1145"/>
+    </row>
+    <row r="1146" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1146"/>
+      <c r="D1146"/>
+      <c r="E1146"/>
+      <c r="F1146"/>
+    </row>
+    <row r="1147" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1147"/>
+      <c r="D1147"/>
+      <c r="E1147"/>
+      <c r="F1147"/>
+    </row>
+    <row r="1148" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1148"/>
+      <c r="D1148"/>
+      <c r="E1148"/>
+      <c r="F1148"/>
+    </row>
+    <row r="1149" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1149"/>
+      <c r="D1149"/>
+      <c r="E1149"/>
+      <c r="F1149"/>
+    </row>
+    <row r="1150" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1150"/>
+      <c r="D1150"/>
+      <c r="E1150"/>
+      <c r="F1150"/>
+    </row>
+    <row r="1151" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1151"/>
+      <c r="D1151"/>
+      <c r="E1151"/>
+      <c r="F1151"/>
+    </row>
+    <row r="1152" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1152"/>
+      <c r="D1152"/>
+      <c r="E1152"/>
+      <c r="F1152"/>
+    </row>
+    <row r="1153" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1153"/>
+      <c r="D1153"/>
+      <c r="E1153"/>
+      <c r="F1153"/>
+    </row>
+    <row r="1154" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1154"/>
+      <c r="D1154"/>
+      <c r="E1154"/>
+      <c r="F1154"/>
+    </row>
+    <row r="1155" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1155" s="11"/>
+      <c r="D1155"/>
+      <c r="E1155"/>
+      <c r="F1155"/>
+    </row>
+    <row r="1156" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1156" s="12"/>
+      <c r="D1156"/>
+      <c r="E1156"/>
+      <c r="F1156"/>
+    </row>
+    <row r="1157" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1157"/>
+      <c r="D1157"/>
+      <c r="E1157"/>
+      <c r="F1157"/>
+    </row>
+    <row r="1158" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1158"/>
+      <c r="D1158"/>
+      <c r="E1158"/>
+      <c r="F1158"/>
+    </row>
+    <row r="1159" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1159"/>
+      <c r="D1159"/>
+      <c r="E1159"/>
+      <c r="F1159"/>
+    </row>
+    <row r="1160" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1160" s="12"/>
+      <c r="D1160"/>
+      <c r="E1160"/>
+      <c r="F1160"/>
+    </row>
+    <row r="1161" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1161"/>
+      <c r="D1161"/>
+      <c r="E1161"/>
+      <c r="F1161"/>
+    </row>
+    <row r="1162" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1162"/>
+      <c r="D1162"/>
+      <c r="E1162"/>
+      <c r="F1162"/>
+    </row>
+    <row r="1163" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1163"/>
+      <c r="D1163"/>
+      <c r="E1163"/>
+      <c r="F1163"/>
+    </row>
+    <row r="1164" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1164" s="12"/>
+      <c r="D1164"/>
+      <c r="E1164"/>
+      <c r="F1164"/>
+    </row>
+    <row r="1165" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1165"/>
+      <c r="D1165"/>
+      <c r="E1165"/>
+      <c r="F1165"/>
+    </row>
+    <row r="1166" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1166"/>
+      <c r="D1166"/>
+      <c r="E1166"/>
+      <c r="F1166"/>
+    </row>
+    <row r="1167" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1167"/>
+      <c r="D1167"/>
+      <c r="E1167"/>
+      <c r="F1167"/>
+    </row>
+    <row r="1168" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1168" s="12"/>
+      <c r="D1168"/>
+      <c r="E1168"/>
+      <c r="F1168"/>
+    </row>
+    <row r="1169" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1169"/>
+      <c r="D1169"/>
+      <c r="E1169"/>
+      <c r="F1169"/>
+    </row>
+    <row r="1170" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1170"/>
+      <c r="D1170"/>
+      <c r="E1170"/>
+      <c r="F1170"/>
+    </row>
+    <row r="1171" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1171"/>
+      <c r="D1171"/>
+      <c r="E1171"/>
+      <c r="F1171"/>
+    </row>
+    <row r="1172" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1172" s="12"/>
+      <c r="D1172"/>
+      <c r="E1172"/>
+      <c r="F1172"/>
+    </row>
+    <row r="1173" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1173"/>
+      <c r="D1173"/>
+      <c r="E1173"/>
+      <c r="F1173"/>
+    </row>
+    <row r="1174" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1174"/>
+      <c r="D1174"/>
+      <c r="E1174"/>
+      <c r="F1174"/>
+    </row>
+    <row r="1175" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1175"/>
+      <c r="D1175"/>
+      <c r="E1175"/>
+      <c r="F1175"/>
+    </row>
+    <row r="1176" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1176" s="12"/>
+      <c r="D1176"/>
+      <c r="E1176"/>
+      <c r="F1176"/>
+    </row>
+    <row r="1177" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1177"/>
+      <c r="D1177"/>
+      <c r="E1177"/>
+      <c r="F1177"/>
+    </row>
+    <row r="1178" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1178"/>
+      <c r="D1178"/>
+      <c r="E1178"/>
+      <c r="F1178"/>
+    </row>
+    <row r="1179" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1179"/>
+      <c r="D1179"/>
+      <c r="E1179"/>
+      <c r="F1179"/>
+    </row>
+    <row r="1180" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1180" s="11"/>
+      <c r="D1180"/>
+      <c r="E1180"/>
+      <c r="F1180"/>
+    </row>
+    <row r="1181" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1181" s="12"/>
+      <c r="D1181"/>
+      <c r="E1181"/>
+      <c r="F1181"/>
+    </row>
+    <row r="1182" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1182"/>
+      <c r="D1182"/>
+      <c r="E1182"/>
+      <c r="F1182"/>
+    </row>
+    <row r="1183" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1183"/>
+      <c r="D1183"/>
+      <c r="E1183"/>
+      <c r="F1183"/>
+    </row>
+    <row r="1184" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1184"/>
+      <c r="D1184"/>
+      <c r="E1184"/>
+      <c r="F1184"/>
+    </row>
+    <row r="1185" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1185" s="12"/>
+      <c r="D1185"/>
+      <c r="E1185"/>
+      <c r="F1185"/>
+    </row>
+    <row r="1186" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1186"/>
+      <c r="D1186"/>
+      <c r="E1186"/>
+      <c r="F1186"/>
+    </row>
+    <row r="1187" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1187"/>
+      <c r="D1187"/>
+      <c r="E1187"/>
+      <c r="F1187"/>
+    </row>
+    <row r="1188" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1188"/>
+      <c r="D1188"/>
+      <c r="E1188"/>
+      <c r="F1188"/>
+    </row>
+    <row r="1189" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1189" s="12"/>
+      <c r="D1189"/>
+      <c r="E1189"/>
+      <c r="F1189"/>
+    </row>
+    <row r="1190" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1190"/>
+      <c r="D1190"/>
+      <c r="E1190"/>
+      <c r="F1190"/>
+    </row>
+    <row r="1191" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1191"/>
+      <c r="D1191"/>
+      <c r="E1191"/>
+      <c r="F1191"/>
+    </row>
+    <row r="1192" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1192"/>
+      <c r="D1192"/>
+      <c r="E1192"/>
+      <c r="F1192"/>
+    </row>
+    <row r="1193" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1193" s="12"/>
+      <c r="D1193"/>
+      <c r="E1193"/>
+      <c r="F1193"/>
+    </row>
+    <row r="1194" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1194"/>
+      <c r="D1194"/>
+      <c r="E1194"/>
+      <c r="F1194"/>
+    </row>
+    <row r="1195" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1195"/>
+      <c r="D1195"/>
+      <c r="E1195"/>
+      <c r="F1195"/>
+    </row>
+    <row r="1196" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1196"/>
+      <c r="D1196"/>
+      <c r="E1196"/>
+      <c r="F1196"/>
+    </row>
+    <row r="1197" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1197" s="12"/>
+      <c r="D1197"/>
+      <c r="E1197"/>
+      <c r="F1197"/>
+    </row>
+    <row r="1198" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1198"/>
+      <c r="D1198"/>
+      <c r="E1198"/>
+      <c r="F1198"/>
+    </row>
+    <row r="1199" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1199"/>
+      <c r="D1199"/>
+      <c r="E1199"/>
+      <c r="F1199"/>
+    </row>
+    <row r="1200" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1200"/>
+      <c r="D1200"/>
+      <c r="E1200"/>
+      <c r="F1200"/>
+    </row>
+    <row r="1201" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1201" s="11"/>
+      <c r="D1201"/>
+      <c r="E1201"/>
+      <c r="F1201"/>
+    </row>
+    <row r="1202" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1202" s="12"/>
+      <c r="D1202"/>
+      <c r="E1202"/>
+      <c r="F1202"/>
+    </row>
+    <row r="1203" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1203"/>
+      <c r="D1203"/>
+      <c r="E1203"/>
+      <c r="F1203"/>
+    </row>
+    <row r="1204" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1204"/>
+      <c r="D1204"/>
+      <c r="E1204"/>
+      <c r="F1204"/>
+    </row>
+    <row r="1205" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1205"/>
+      <c r="D1205"/>
+      <c r="E1205"/>
+      <c r="F1205"/>
+    </row>
+    <row r="1206" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1206"/>
+      <c r="D1206"/>
+      <c r="E1206"/>
+      <c r="F1206"/>
+    </row>
+    <row r="1207" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1207"/>
+      <c r="D1207"/>
+      <c r="E1207"/>
+      <c r="F1207"/>
+    </row>
+    <row r="1208" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1208"/>
+      <c r="D1208"/>
+      <c r="E1208"/>
+      <c r="F1208"/>
+    </row>
+    <row r="1209" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1209"/>
+      <c r="D1209"/>
+      <c r="E1209"/>
+      <c r="F1209"/>
+    </row>
+    <row r="1210" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1210"/>
+      <c r="D1210"/>
+      <c r="E1210"/>
+      <c r="F1210"/>
+    </row>
+    <row r="1211" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1211"/>
+      <c r="D1211"/>
+      <c r="E1211"/>
+      <c r="F1211"/>
+    </row>
+    <row r="1212" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1212"/>
+      <c r="D1212"/>
+      <c r="E1212"/>
+      <c r="F1212"/>
+    </row>
+    <row r="1213" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1213"/>
+      <c r="D1213"/>
+      <c r="E1213"/>
+      <c r="F1213"/>
+    </row>
+    <row r="1214" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1214" s="11"/>
+      <c r="D1214"/>
+      <c r="E1214"/>
+      <c r="F1214"/>
+    </row>
+    <row r="1215" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1215" s="12"/>
+      <c r="D1215"/>
+      <c r="E1215"/>
+      <c r="F1215"/>
+    </row>
+    <row r="1216" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1216"/>
+      <c r="D1216"/>
+      <c r="E1216"/>
+      <c r="F1216"/>
+    </row>
+    <row r="1217" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1217"/>
+      <c r="D1217"/>
+      <c r="E1217"/>
+      <c r="F1217"/>
+    </row>
+    <row r="1218" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1218"/>
+      <c r="D1218"/>
+      <c r="E1218"/>
+      <c r="F1218"/>
+    </row>
+    <row r="1219" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1219" s="12"/>
+      <c r="D1219"/>
+      <c r="E1219"/>
+      <c r="F1219"/>
+    </row>
+    <row r="1220" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1220"/>
+      <c r="D1220"/>
+      <c r="E1220"/>
+      <c r="F1220"/>
+    </row>
+    <row r="1221" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1221"/>
+      <c r="D1221"/>
+      <c r="E1221"/>
+      <c r="F1221"/>
+    </row>
+    <row r="1222" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1222"/>
+      <c r="D1222"/>
+      <c r="E1222"/>
+      <c r="F1222"/>
+    </row>
+    <row r="1223" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1223" s="12"/>
+      <c r="D1223"/>
+      <c r="E1223"/>
+      <c r="F1223"/>
+    </row>
+    <row r="1224" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1224"/>
+      <c r="D1224"/>
+      <c r="E1224"/>
+      <c r="F1224"/>
+    </row>
+    <row r="1225" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1225"/>
+      <c r="D1225"/>
+      <c r="E1225"/>
+      <c r="F1225"/>
+    </row>
+    <row r="1226" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1226"/>
+      <c r="D1226"/>
+      <c r="E1226"/>
+      <c r="F1226"/>
+    </row>
+    <row r="1227" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1227"/>
+      <c r="D1227"/>
+      <c r="E1227"/>
+      <c r="F1227"/>
+    </row>
+    <row r="1228" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1228"/>
+      <c r="D1228"/>
+      <c r="E1228"/>
+      <c r="F1228"/>
+    </row>
+    <row r="1229" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1229" s="12"/>
+      <c r="D1229"/>
+      <c r="E1229"/>
+      <c r="F1229"/>
+    </row>
+    <row r="1230" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1230"/>
+      <c r="D1230"/>
+      <c r="E1230"/>
+      <c r="F1230"/>
+    </row>
+    <row r="1231" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1231"/>
+      <c r="D1231"/>
+      <c r="E1231"/>
+      <c r="F1231"/>
+    </row>
+    <row r="1232" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1232"/>
+      <c r="D1232"/>
+      <c r="E1232"/>
+      <c r="F1232"/>
+    </row>
+    <row r="1233" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1233"/>
+      <c r="D1233"/>
+      <c r="E1233"/>
+      <c r="F1233"/>
+    </row>
+    <row r="1234" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1234"/>
+      <c r="D1234"/>
+      <c r="E1234"/>
+      <c r="F1234"/>
+    </row>
+    <row r="1235" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1235"/>
+      <c r="D1235"/>
+      <c r="E1235"/>
+      <c r="F1235"/>
+    </row>
+    <row r="1236" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1236"/>
+      <c r="D1236"/>
+      <c r="E1236"/>
+      <c r="F1236"/>
+    </row>
+    <row r="1237" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1237"/>
+      <c r="D1237"/>
+      <c r="E1237"/>
+      <c r="F1237"/>
+    </row>
+    <row r="1238" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1238" s="12"/>
+      <c r="D1238"/>
+      <c r="E1238"/>
+      <c r="F1238"/>
+    </row>
+    <row r="1239" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1239"/>
+      <c r="D1239"/>
+      <c r="E1239"/>
+      <c r="F1239"/>
+    </row>
+    <row r="1240" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1240"/>
+      <c r="D1240"/>
+      <c r="E1240"/>
+      <c r="F1240"/>
+    </row>
+    <row r="1241" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1241"/>
+      <c r="D1241"/>
+      <c r="E1241"/>
+      <c r="F1241"/>
+    </row>
+    <row r="1242" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1242"/>
+      <c r="D1242"/>
+      <c r="E1242"/>
+      <c r="F1242"/>
+    </row>
+    <row r="1243" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1243"/>
+      <c r="D1243"/>
+      <c r="E1243"/>
+      <c r="F1243"/>
+    </row>
+    <row r="1244" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1244"/>
+      <c r="D1244"/>
+      <c r="E1244"/>
+      <c r="F1244"/>
+    </row>
+    <row r="1245" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1245" s="12"/>
+      <c r="D1245"/>
+      <c r="E1245"/>
+      <c r="F1245"/>
+    </row>
+    <row r="1246" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1246"/>
+      <c r="D1246"/>
+      <c r="E1246"/>
+      <c r="F1246"/>
+    </row>
+    <row r="1247" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1247"/>
+      <c r="D1247"/>
+      <c r="E1247"/>
+      <c r="F1247"/>
+    </row>
+    <row r="1248" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1248"/>
+      <c r="D1248"/>
+      <c r="E1248"/>
+      <c r="F1248"/>
+    </row>
+    <row r="1249" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1249" s="12"/>
+      <c r="D1249"/>
+      <c r="E1249"/>
+      <c r="F1249"/>
+    </row>
+    <row r="1250" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1250"/>
+      <c r="D1250"/>
+      <c r="E1250"/>
+      <c r="F1250"/>
+    </row>
+    <row r="1251" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1251"/>
+      <c r="D1251"/>
+      <c r="E1251"/>
+      <c r="F1251"/>
+    </row>
+    <row r="1252" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1252"/>
+      <c r="D1252"/>
+      <c r="E1252"/>
+      <c r="F1252"/>
+    </row>
+    <row r="1253" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1253"/>
+      <c r="D1253"/>
+      <c r="E1253"/>
+      <c r="F1253"/>
+    </row>
+    <row r="1254" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1254"/>
+      <c r="D1254"/>
+      <c r="E1254"/>
+      <c r="F1254"/>
+    </row>
+    <row r="1255" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1255"/>
+      <c r="D1255"/>
+      <c r="E1255"/>
+      <c r="F1255"/>
+    </row>
+    <row r="1256" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1256"/>
+      <c r="D1256"/>
+      <c r="E1256"/>
+      <c r="F1256"/>
+    </row>
+    <row r="1257" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1257"/>
+      <c r="D1257"/>
+      <c r="E1257"/>
+      <c r="F1257"/>
+    </row>
+    <row r="1258" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1258"/>
+      <c r="D1258"/>
+      <c r="E1258"/>
+      <c r="F1258"/>
+    </row>
+    <row r="1259" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1259"/>
+      <c r="D1259"/>
+      <c r="E1259"/>
+      <c r="F1259"/>
+    </row>
+    <row r="1260" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1260"/>
+      <c r="D1260"/>
+      <c r="E1260"/>
+      <c r="F1260"/>
+    </row>
+    <row r="1261" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1261" s="12"/>
+      <c r="D1261"/>
+      <c r="E1261"/>
+      <c r="F1261"/>
+    </row>
+    <row r="1262" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1262"/>
+      <c r="D1262"/>
+      <c r="E1262"/>
+      <c r="F1262"/>
+    </row>
+    <row r="1263" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1263"/>
+      <c r="D1263"/>
+      <c r="E1263"/>
+      <c r="F1263"/>
+    </row>
+    <row r="1264" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1264"/>
+      <c r="D1264"/>
+      <c r="E1264"/>
+      <c r="F1264"/>
+    </row>
+    <row r="1265" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1265" s="11"/>
+      <c r="D1265"/>
+      <c r="E1265"/>
+      <c r="F1265"/>
+    </row>
+    <row r="1266" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1266" s="12"/>
+      <c r="D1266"/>
+      <c r="E1266"/>
+      <c r="F1266"/>
+    </row>
+    <row r="1267" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1267"/>
+      <c r="D1267"/>
+      <c r="E1267"/>
+      <c r="F1267"/>
+    </row>
+    <row r="1268" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1268"/>
+      <c r="D1268"/>
+      <c r="E1268"/>
+      <c r="F1268"/>
+    </row>
+    <row r="1269" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1269"/>
+      <c r="D1269"/>
+      <c r="E1269"/>
+      <c r="F1269"/>
+    </row>
+    <row r="1270" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1270" s="12"/>
+      <c r="D1270"/>
+      <c r="E1270"/>
+      <c r="F1270"/>
+    </row>
+    <row r="1271" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1271"/>
+      <c r="D1271"/>
+      <c r="E1271"/>
+      <c r="F1271"/>
+    </row>
+    <row r="1272" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1272"/>
+      <c r="D1272"/>
+      <c r="E1272"/>
+      <c r="F1272"/>
+    </row>
+    <row r="1273" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1273"/>
+      <c r="D1273"/>
+      <c r="E1273"/>
+      <c r="F1273"/>
+    </row>
+    <row r="1274" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1274" s="12"/>
+      <c r="D1274"/>
+      <c r="E1274"/>
+      <c r="F1274"/>
+    </row>
+    <row r="1275" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1275"/>
+      <c r="D1275"/>
+      <c r="E1275"/>
+      <c r="F1275"/>
+    </row>
+    <row r="1276" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1276"/>
+      <c r="D1276"/>
+      <c r="E1276"/>
+      <c r="F1276"/>
+    </row>
+    <row r="1277" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1277"/>
+      <c r="D1277"/>
+      <c r="E1277"/>
+      <c r="F1277"/>
+    </row>
+    <row r="1278" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1278" s="12"/>
+      <c r="D1278"/>
+      <c r="E1278"/>
+      <c r="F1278"/>
+    </row>
+    <row r="1279" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1279"/>
+      <c r="D1279"/>
+      <c r="E1279"/>
+      <c r="F1279"/>
+    </row>
+    <row r="1280" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1280"/>
+      <c r="D1280"/>
+      <c r="E1280"/>
+      <c r="F1280"/>
+    </row>
+    <row r="1281" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1281"/>
+      <c r="D1281"/>
+      <c r="E1281"/>
+      <c r="F1281"/>
+    </row>
+    <row r="1282" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1282" s="12"/>
+      <c r="D1282"/>
+      <c r="E1282"/>
+      <c r="F1282"/>
+    </row>
+    <row r="1283" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1283"/>
+      <c r="D1283"/>
+      <c r="E1283"/>
+      <c r="F1283"/>
+    </row>
+    <row r="1284" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1284"/>
+      <c r="D1284"/>
+      <c r="E1284"/>
+      <c r="F1284"/>
+    </row>
+    <row r="1285" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1285"/>
+      <c r="D1285"/>
+      <c r="E1285"/>
+      <c r="F1285"/>
+    </row>
+    <row r="1286" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1286" s="12"/>
+      <c r="D1286"/>
+      <c r="E1286"/>
+      <c r="F1286"/>
+    </row>
+    <row r="1287" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1287"/>
+      <c r="D1287"/>
+      <c r="E1287"/>
+      <c r="F1287"/>
+    </row>
+    <row r="1288" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1288"/>
+      <c r="D1288"/>
+      <c r="E1288"/>
+      <c r="F1288"/>
+    </row>
+    <row r="1289" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1289"/>
+      <c r="D1289"/>
+      <c r="E1289"/>
+      <c r="F1289"/>
+    </row>
+    <row r="1290" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1290" s="12"/>
+      <c r="D1290"/>
+      <c r="E1290"/>
+      <c r="F1290"/>
+    </row>
+    <row r="1291" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1291"/>
+      <c r="D1291"/>
+      <c r="E1291"/>
+      <c r="F1291"/>
+    </row>
+    <row r="1292" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1292"/>
+      <c r="D1292"/>
+      <c r="E1292"/>
+      <c r="F1292"/>
+    </row>
+    <row r="1293" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1293"/>
+      <c r="D1293"/>
+      <c r="E1293"/>
+      <c r="F1293"/>
+    </row>
+    <row r="1294" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1294" s="12"/>
+      <c r="D1294"/>
+      <c r="E1294"/>
+      <c r="F1294"/>
+    </row>
+    <row r="1295" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1295"/>
+      <c r="D1295"/>
+      <c r="E1295"/>
+      <c r="F1295"/>
+    </row>
+    <row r="1296" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1296"/>
+      <c r="D1296"/>
+      <c r="E1296"/>
+      <c r="F1296"/>
+    </row>
+    <row r="1297" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1297"/>
+      <c r="D1297"/>
+      <c r="E1297"/>
+      <c r="F1297"/>
+    </row>
+    <row r="1298" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1298" s="11"/>
+      <c r="D1298"/>
+      <c r="E1298"/>
+      <c r="F1298"/>
+    </row>
+    <row r="1299" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1299" s="12"/>
+      <c r="D1299"/>
+      <c r="E1299"/>
+      <c r="F1299"/>
+    </row>
+    <row r="1300" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1300"/>
+      <c r="D1300"/>
+      <c r="E1300"/>
+      <c r="F1300"/>
+    </row>
+    <row r="1301" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1301"/>
+      <c r="D1301"/>
+      <c r="E1301"/>
+      <c r="F1301"/>
+    </row>
+    <row r="1302" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1302"/>
+      <c r="D1302"/>
+      <c r="E1302"/>
+      <c r="F1302"/>
+    </row>
+    <row r="1303" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1303"/>
+      <c r="D1303"/>
+      <c r="E1303"/>
+      <c r="F1303"/>
+    </row>
+    <row r="1304" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1304"/>
+      <c r="D1304"/>
+      <c r="E1304"/>
+      <c r="F1304"/>
+    </row>
+    <row r="1305" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1305"/>
+      <c r="D1305"/>
+      <c r="E1305"/>
+      <c r="F1305"/>
+    </row>
+    <row r="1306" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1306"/>
+      <c r="D1306"/>
+      <c r="E1306"/>
+      <c r="F1306"/>
+    </row>
+    <row r="1307" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1307"/>
+      <c r="D1307"/>
+      <c r="E1307"/>
+      <c r="F1307"/>
+    </row>
+    <row r="1308" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1308"/>
+      <c r="D1308"/>
+      <c r="E1308"/>
+      <c r="F1308"/>
+    </row>
+    <row r="1309" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1309"/>
+      <c r="D1309"/>
+      <c r="E1309"/>
+      <c r="F1309"/>
+    </row>
+    <row r="1310" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1310"/>
+      <c r="D1310"/>
+      <c r="E1310"/>
+      <c r="F1310"/>
+    </row>
+    <row r="1311" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1311" s="12"/>
+      <c r="D1311"/>
+      <c r="E1311"/>
+      <c r="F1311"/>
+    </row>
+    <row r="1312" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1312"/>
+      <c r="D1312"/>
+      <c r="E1312"/>
+      <c r="F1312"/>
+    </row>
+    <row r="1313" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1313"/>
+      <c r="D1313"/>
+      <c r="E1313"/>
+      <c r="F1313"/>
+    </row>
+    <row r="1314" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1314"/>
+      <c r="D1314"/>
+      <c r="E1314"/>
+      <c r="F1314"/>
+    </row>
+    <row r="1315" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1315"/>
+      <c r="D1315"/>
+      <c r="E1315"/>
+      <c r="F1315"/>
+    </row>
+    <row r="1316" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1316"/>
+      <c r="D1316"/>
+      <c r="E1316"/>
+      <c r="F1316"/>
+    </row>
+    <row r="1317" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1317"/>
+      <c r="D1317"/>
+      <c r="E1317"/>
+      <c r="F1317"/>
+    </row>
+    <row r="1318" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1318"/>
+      <c r="D1318"/>
+      <c r="E1318"/>
+      <c r="F1318"/>
+    </row>
+    <row r="1319" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1319"/>
+      <c r="D1319"/>
+      <c r="E1319"/>
+      <c r="F1319"/>
+    </row>
+    <row r="1320" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1320"/>
+      <c r="D1320"/>
+      <c r="E1320"/>
+      <c r="F1320"/>
+    </row>
+    <row r="1321" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1321" s="12"/>
+      <c r="D1321"/>
+      <c r="E1321"/>
+      <c r="F1321"/>
+    </row>
+    <row r="1322" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1322"/>
+      <c r="D1322"/>
+      <c r="E1322"/>
+      <c r="F1322"/>
+    </row>
+    <row r="1323" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1323"/>
+      <c r="D1323"/>
+      <c r="E1323"/>
+      <c r="F1323"/>
+    </row>
+    <row r="1324" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1324"/>
+      <c r="D1324"/>
+      <c r="E1324"/>
+      <c r="F1324"/>
+    </row>
+    <row r="1325" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1325"/>
+      <c r="D1325"/>
+      <c r="E1325"/>
+      <c r="F1325"/>
+    </row>
+    <row r="1326" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1326"/>
+      <c r="D1326"/>
+      <c r="E1326"/>
+      <c r="F1326"/>
+    </row>
+    <row r="1327" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1327"/>
+      <c r="D1327"/>
+      <c r="E1327"/>
+      <c r="F1327"/>
+    </row>
+    <row r="1328" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1328"/>
+      <c r="D1328"/>
+      <c r="E1328"/>
+      <c r="F1328"/>
+    </row>
+    <row r="1329" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1329"/>
+      <c r="D1329"/>
+      <c r="E1329"/>
+      <c r="F1329"/>
+    </row>
+    <row r="1330" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1330"/>
+      <c r="D1330"/>
+      <c r="E1330"/>
+      <c r="F1330"/>
+    </row>
+    <row r="1331" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1331" s="12"/>
+      <c r="D1331"/>
+      <c r="E1331"/>
+      <c r="F1331"/>
+    </row>
+    <row r="1332" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1332"/>
+      <c r="D1332"/>
+      <c r="E1332"/>
+      <c r="F1332"/>
+    </row>
+    <row r="1333" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1333"/>
+      <c r="D1333"/>
+      <c r="E1333"/>
+      <c r="F1333"/>
+    </row>
+    <row r="1334" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1334"/>
+      <c r="D1334"/>
+      <c r="E1334"/>
+      <c r="F1334"/>
+    </row>
+    <row r="1335" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1335"/>
+      <c r="D1335"/>
+      <c r="E1335"/>
+      <c r="F1335"/>
+    </row>
+    <row r="1336" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1336"/>
+      <c r="D1336"/>
+      <c r="E1336"/>
+      <c r="F1336"/>
+    </row>
+    <row r="1337" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1337"/>
+      <c r="D1337"/>
+      <c r="E1337"/>
+      <c r="F1337"/>
+    </row>
+    <row r="1338" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1338" s="12"/>
+      <c r="D1338"/>
+      <c r="E1338"/>
+      <c r="F1338"/>
+    </row>
+    <row r="1339" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1339"/>
+      <c r="D1339"/>
+      <c r="E1339"/>
+      <c r="F1339"/>
+    </row>
+    <row r="1340" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1340"/>
+      <c r="D1340"/>
+      <c r="E1340"/>
+      <c r="F1340"/>
+    </row>
+    <row r="1341" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1341"/>
+      <c r="D1341"/>
+      <c r="E1341"/>
+      <c r="F1341"/>
+    </row>
+    <row r="1342" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1342"/>
+      <c r="D1342"/>
+      <c r="E1342"/>
+      <c r="F1342"/>
+    </row>
+    <row r="1343" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1343"/>
+      <c r="D1343"/>
+      <c r="E1343"/>
+      <c r="F1343"/>
+    </row>
+    <row r="1344" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1344"/>
+      <c r="D1344"/>
+      <c r="E1344"/>
+      <c r="F1344"/>
+    </row>
+    <row r="1345" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1345" s="12"/>
+      <c r="D1345"/>
+      <c r="E1345"/>
+      <c r="F1345"/>
+    </row>
+    <row r="1346" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1346"/>
+      <c r="D1346"/>
+      <c r="E1346"/>
+      <c r="F1346"/>
+    </row>
+    <row r="1347" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1347"/>
+      <c r="D1347"/>
+      <c r="E1347"/>
+      <c r="F1347"/>
+    </row>
+    <row r="1348" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1348"/>
+      <c r="D1348"/>
+      <c r="E1348"/>
+      <c r="F1348"/>
+    </row>
+    <row r="1349" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1349"/>
+      <c r="D1349"/>
+      <c r="E1349"/>
+      <c r="F1349"/>
+    </row>
+    <row r="1350" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1350"/>
+      <c r="D1350"/>
+      <c r="E1350"/>
+      <c r="F1350"/>
+    </row>
+    <row r="1351" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1351"/>
+      <c r="D1351"/>
+      <c r="E1351"/>
+      <c r="F1351"/>
+    </row>
+    <row r="1352" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1352"/>
+      <c r="D1352"/>
+      <c r="E1352"/>
+      <c r="F1352"/>
+    </row>
+    <row r="1353" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1353"/>
+      <c r="D1353"/>
+      <c r="E1353"/>
+      <c r="F1353"/>
+    </row>
+    <row r="1354" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1354"/>
+      <c r="D1354"/>
+      <c r="E1354"/>
+      <c r="F1354"/>
+    </row>
+    <row r="1355" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1355"/>
+      <c r="D1355"/>
+      <c r="E1355"/>
+      <c r="F1355"/>
+    </row>
+    <row r="1356" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1356"/>
+      <c r="D1356"/>
+      <c r="E1356"/>
+      <c r="F1356"/>
+    </row>
+    <row r="1357" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1357"/>
+      <c r="D1357"/>
+      <c r="E1357"/>
+      <c r="F1357"/>
+    </row>
+    <row r="1358" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1358" s="12"/>
+      <c r="D1358"/>
+      <c r="E1358"/>
+      <c r="F1358"/>
+    </row>
+    <row r="1359" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1359"/>
+      <c r="D1359"/>
+      <c r="E1359"/>
+      <c r="F1359"/>
+    </row>
+    <row r="1360" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1360"/>
+      <c r="D1360"/>
+      <c r="E1360"/>
+      <c r="F1360"/>
+    </row>
+    <row r="1361" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1361"/>
+      <c r="D1361"/>
+      <c r="E1361"/>
+      <c r="F1361"/>
+    </row>
+    <row r="1362" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1362" s="12"/>
+      <c r="D1362"/>
+      <c r="E1362"/>
+      <c r="F1362"/>
+    </row>
+    <row r="1363" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1363"/>
+      <c r="D1363"/>
+      <c r="E1363"/>
+      <c r="F1363"/>
+    </row>
+    <row r="1364" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1364"/>
+      <c r="D1364"/>
+      <c r="E1364"/>
+      <c r="F1364"/>
+    </row>
+    <row r="1365" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1365"/>
+      <c r="D1365"/>
+      <c r="E1365"/>
+      <c r="F1365"/>
+    </row>
+    <row r="1366" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1366" s="11"/>
+      <c r="D1366"/>
+      <c r="E1366"/>
+      <c r="F1366"/>
+    </row>
+    <row r="1367" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1367" s="12"/>
+      <c r="D1367"/>
+      <c r="E1367"/>
+      <c r="F1367"/>
+    </row>
+    <row r="1368" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1368"/>
+      <c r="D1368"/>
+      <c r="E1368"/>
+      <c r="F1368"/>
+    </row>
+    <row r="1369" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1369"/>
+      <c r="D1369"/>
+      <c r="E1369"/>
+      <c r="F1369"/>
+    </row>
+    <row r="1370" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1370"/>
+      <c r="D1370"/>
+      <c r="E1370"/>
+      <c r="F1370"/>
+    </row>
+    <row r="1371" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1371" s="12"/>
+      <c r="D1371"/>
+      <c r="E1371"/>
+      <c r="F1371"/>
+    </row>
+    <row r="1372" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1372"/>
+      <c r="D1372"/>
+      <c r="E1372"/>
+      <c r="F1372"/>
+    </row>
+    <row r="1373" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1373"/>
+      <c r="D1373"/>
+      <c r="E1373"/>
+      <c r="F1373"/>
+    </row>
+    <row r="1374" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1374"/>
+      <c r="D1374"/>
+      <c r="E1374"/>
+      <c r="F1374"/>
+    </row>
+    <row r="1375" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1375"/>
+      <c r="D1375"/>
+      <c r="E1375"/>
+      <c r="F1375"/>
+    </row>
+    <row r="1376" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1376"/>
+      <c r="D1376"/>
+      <c r="E1376"/>
+      <c r="F1376"/>
+    </row>
+    <row r="1377" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1377"/>
+      <c r="D1377"/>
+      <c r="E1377"/>
+      <c r="F1377"/>
+    </row>
+    <row r="1378" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1378"/>
+      <c r="D1378"/>
+      <c r="E1378"/>
+      <c r="F1378"/>
+    </row>
+    <row r="1379" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1379"/>
+      <c r="D1379"/>
+      <c r="E1379"/>
+      <c r="F1379"/>
+    </row>
+    <row r="1380" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1380"/>
+      <c r="D1380"/>
+      <c r="E1380"/>
+      <c r="F1380"/>
+    </row>
+    <row r="1381" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1381"/>
+      <c r="D1381"/>
+      <c r="E1381"/>
+      <c r="F1381"/>
+    </row>
+    <row r="1382" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1382"/>
+      <c r="D1382"/>
+      <c r="E1382"/>
+      <c r="F1382"/>
+    </row>
+    <row r="1383" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1383"/>
+      <c r="D1383"/>
+      <c r="E1383"/>
+      <c r="F1383"/>
+    </row>
+    <row r="1384" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1384" s="12"/>
+      <c r="D1384"/>
+      <c r="E1384"/>
+      <c r="F1384"/>
+    </row>
+    <row r="1385" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1385"/>
+      <c r="D1385"/>
+      <c r="E1385"/>
+      <c r="F1385"/>
+    </row>
+    <row r="1386" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1386"/>
+      <c r="D1386"/>
+      <c r="E1386"/>
+      <c r="F1386"/>
+    </row>
+    <row r="1387" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1387"/>
+      <c r="D1387"/>
+      <c r="E1387"/>
+      <c r="F1387"/>
+    </row>
+    <row r="1388" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1388" s="12"/>
+      <c r="D1388"/>
+      <c r="E1388"/>
+      <c r="F1388"/>
+    </row>
+    <row r="1389" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1389"/>
+      <c r="D1389"/>
+      <c r="E1389"/>
+      <c r="F1389"/>
+    </row>
+    <row r="1390" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1390"/>
+      <c r="D1390"/>
+      <c r="E1390"/>
+      <c r="F1390"/>
+    </row>
+    <row r="1391" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1391"/>
+      <c r="D1391"/>
+      <c r="E1391"/>
+      <c r="F1391"/>
+    </row>
+    <row r="1392" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1392" s="12"/>
+      <c r="D1392"/>
+      <c r="E1392"/>
+      <c r="F1392"/>
+    </row>
+    <row r="1393" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1393"/>
+      <c r="D1393"/>
+      <c r="E1393"/>
+      <c r="F1393"/>
+    </row>
+    <row r="1394" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1394"/>
+      <c r="D1394"/>
+      <c r="E1394"/>
+      <c r="F1394"/>
+    </row>
+    <row r="1395" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1395"/>
+      <c r="D1395"/>
+      <c r="E1395"/>
+      <c r="F1395"/>
+    </row>
+    <row r="1396" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1396"/>
+      <c r="D1396"/>
+      <c r="E1396"/>
+      <c r="F1396"/>
+    </row>
+    <row r="1397" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1397"/>
+      <c r="D1397"/>
+      <c r="E1397"/>
+      <c r="F1397"/>
+    </row>
+    <row r="1398" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1398"/>
+      <c r="D1398"/>
+      <c r="E1398"/>
+      <c r="F1398"/>
+    </row>
+    <row r="1399" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1399" s="12"/>
+      <c r="D1399"/>
+      <c r="E1399"/>
+      <c r="F1399"/>
+    </row>
+    <row r="1400" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1400"/>
+      <c r="D1400"/>
+      <c r="E1400"/>
+      <c r="F1400"/>
+    </row>
+    <row r="1401" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1401"/>
+      <c r="D1401"/>
+      <c r="E1401"/>
+      <c r="F1401"/>
+    </row>
+    <row r="1402" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1402"/>
+      <c r="D1402"/>
+      <c r="E1402"/>
+      <c r="F1402"/>
+    </row>
+    <row r="1403" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1403"/>
+      <c r="D1403"/>
+      <c r="E1403"/>
+      <c r="F1403"/>
+    </row>
+    <row r="1404" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1404"/>
+      <c r="D1404"/>
+      <c r="E1404"/>
+      <c r="F1404"/>
+    </row>
+    <row r="1405" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1405"/>
+      <c r="D1405"/>
+      <c r="E1405"/>
+      <c r="F1405"/>
+    </row>
+    <row r="1406" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1406"/>
+      <c r="D1406"/>
+      <c r="E1406"/>
+      <c r="F1406"/>
+    </row>
+    <row r="1407" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1407"/>
+      <c r="D1407"/>
+      <c r="E1407"/>
+      <c r="F1407"/>
+    </row>
+    <row r="1408" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1408"/>
+      <c r="D1408"/>
+      <c r="E1408"/>
+      <c r="F1408"/>
+    </row>
+    <row r="1409" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1409"/>
+      <c r="D1409"/>
+      <c r="E1409"/>
+      <c r="F1409"/>
+    </row>
+    <row r="1410" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1410"/>
+      <c r="D1410"/>
+      <c r="E1410"/>
+      <c r="F1410"/>
+    </row>
+    <row r="1411" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1411"/>
+      <c r="D1411"/>
+      <c r="E1411"/>
+      <c r="F1411"/>
+    </row>
+    <row r="1412" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1412" s="12"/>
+      <c r="D1412"/>
+      <c r="E1412"/>
+      <c r="F1412"/>
+    </row>
+    <row r="1413" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1413"/>
+      <c r="D1413"/>
+      <c r="E1413"/>
+      <c r="F1413"/>
+    </row>
+    <row r="1414" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1414"/>
+      <c r="D1414"/>
+      <c r="E1414"/>
+      <c r="F1414"/>
+    </row>
+    <row r="1415" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1415"/>
+      <c r="D1415"/>
+      <c r="E1415"/>
+      <c r="F1415"/>
+    </row>
+    <row r="1416" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1416" s="12"/>
+      <c r="D1416"/>
+      <c r="E1416"/>
+      <c r="F1416"/>
+    </row>
+    <row r="1417" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1417"/>
+      <c r="D1417"/>
+      <c r="E1417"/>
+      <c r="F1417"/>
+    </row>
+    <row r="1418" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1418"/>
+      <c r="D1418"/>
+      <c r="E1418"/>
+      <c r="F1418"/>
+    </row>
+    <row r="1419" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1419"/>
+      <c r="D1419"/>
+      <c r="E1419"/>
+      <c r="F1419"/>
+    </row>
+    <row r="1420" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1420" s="11"/>
+      <c r="D1420"/>
+      <c r="E1420"/>
+      <c r="F1420"/>
+    </row>
+    <row r="1421" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1421" s="12"/>
+      <c r="D1421"/>
+      <c r="E1421"/>
+      <c r="F1421"/>
+    </row>
+    <row r="1422" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1422"/>
+      <c r="D1422"/>
+      <c r="E1422"/>
+      <c r="F1422"/>
+    </row>
+    <row r="1423" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1423"/>
+      <c r="D1423"/>
+      <c r="E1423"/>
+      <c r="F1423"/>
+    </row>
+    <row r="1424" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1424"/>
+      <c r="D1424"/>
+      <c r="E1424"/>
+      <c r="F1424"/>
+    </row>
+    <row r="1425" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1425" s="12"/>
+      <c r="D1425"/>
+      <c r="E1425"/>
+      <c r="F1425"/>
+    </row>
+    <row r="1426" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1426"/>
+      <c r="D1426"/>
+      <c r="E1426"/>
+      <c r="F1426"/>
+    </row>
+    <row r="1427" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1427"/>
+      <c r="D1427"/>
+      <c r="E1427"/>
+      <c r="F1427"/>
+    </row>
+    <row r="1428" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1428"/>
+      <c r="D1428"/>
+      <c r="E1428"/>
+      <c r="F1428"/>
+    </row>
+    <row r="1429" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1429" s="12"/>
+      <c r="D1429"/>
+      <c r="E1429"/>
+      <c r="F1429"/>
+    </row>
+    <row r="1430" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1430"/>
+      <c r="D1430"/>
+      <c r="E1430"/>
+      <c r="F1430"/>
+    </row>
+    <row r="1431" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1431"/>
+      <c r="D1431"/>
+      <c r="E1431"/>
+      <c r="F1431"/>
+    </row>
+    <row r="1432" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1432"/>
+      <c r="D1432"/>
+      <c r="E1432"/>
+      <c r="F1432"/>
+    </row>
+    <row r="1433" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1433" s="11"/>
+      <c r="D1433"/>
+      <c r="E1433"/>
+      <c r="F1433"/>
+    </row>
+    <row r="1434" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1434" s="12"/>
+      <c r="D1434"/>
+      <c r="E1434"/>
+      <c r="F1434"/>
+    </row>
+    <row r="1435" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1435"/>
+      <c r="D1435"/>
+      <c r="E1435"/>
+      <c r="F1435"/>
+    </row>
+    <row r="1436" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1436"/>
+      <c r="D1436"/>
+      <c r="E1436"/>
+      <c r="F1436"/>
+    </row>
+    <row r="1437" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1437"/>
+      <c r="D1437"/>
+      <c r="E1437"/>
+      <c r="F1437"/>
+    </row>
+    <row r="1438" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1438"/>
+      <c r="D1438"/>
+      <c r="E1438"/>
+      <c r="F1438"/>
+    </row>
+    <row r="1439" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1439"/>
+      <c r="D1439"/>
+      <c r="E1439"/>
+      <c r="F1439"/>
+    </row>
+    <row r="1440" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1440"/>
+      <c r="D1440"/>
+      <c r="E1440"/>
+      <c r="F1440"/>
+    </row>
+    <row r="1441" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1441"/>
+      <c r="D1441"/>
+      <c r="E1441"/>
+      <c r="F1441"/>
+    </row>
+    <row r="1442" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1442"/>
+      <c r="D1442"/>
+      <c r="E1442"/>
+      <c r="F1442"/>
+    </row>
+    <row r="1443" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1443"/>
+      <c r="D1443"/>
+      <c r="E1443"/>
+      <c r="F1443"/>
+    </row>
+    <row r="1444" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1444"/>
+      <c r="D1444"/>
+      <c r="E1444"/>
+      <c r="F1444"/>
+    </row>
+    <row r="1445" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1445"/>
+      <c r="D1445"/>
+      <c r="E1445"/>
+      <c r="F1445"/>
+    </row>
+    <row r="1446" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1446"/>
+      <c r="D1446"/>
+      <c r="E1446"/>
+      <c r="F1446"/>
+    </row>
+    <row r="1447" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1447"/>
+      <c r="D1447"/>
+      <c r="E1447"/>
+      <c r="F1447"/>
+    </row>
+    <row r="1448" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1448"/>
+      <c r="D1448"/>
+      <c r="E1448"/>
+      <c r="F1448"/>
+    </row>
+    <row r="1449" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1449"/>
+      <c r="D1449"/>
+      <c r="E1449"/>
+      <c r="F1449"/>
+    </row>
+    <row r="1450" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1450" s="12"/>
+      <c r="D1450"/>
+      <c r="E1450"/>
+      <c r="F1450"/>
+    </row>
+    <row r="1451" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1451"/>
+      <c r="D1451"/>
+      <c r="E1451"/>
+      <c r="F1451"/>
+    </row>
+    <row r="1452" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1452"/>
+      <c r="D1452"/>
+      <c r="E1452"/>
+      <c r="F1452"/>
+    </row>
+    <row r="1453" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1453"/>
+      <c r="D1453"/>
+      <c r="E1453"/>
+      <c r="F1453"/>
+    </row>
+    <row r="1454" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1454" s="12"/>
+      <c r="D1454"/>
+      <c r="E1454"/>
+      <c r="F1454"/>
+    </row>
+    <row r="1455" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1455"/>
+      <c r="D1455"/>
+      <c r="E1455"/>
+      <c r="F1455"/>
+    </row>
+    <row r="1456" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1456"/>
+      <c r="D1456"/>
+      <c r="E1456"/>
+      <c r="F1456"/>
+    </row>
+    <row r="1457" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1457"/>
+      <c r="D1457"/>
+      <c r="E1457"/>
+      <c r="F1457"/>
+    </row>
+    <row r="1458" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1458"/>
+      <c r="D1458"/>
+      <c r="E1458"/>
+      <c r="F1458"/>
+    </row>
+    <row r="1459" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1459"/>
+      <c r="D1459"/>
+      <c r="E1459"/>
+      <c r="F1459"/>
+    </row>
+    <row r="1460" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1460"/>
+      <c r="D1460"/>
+      <c r="E1460"/>
+      <c r="F1460"/>
+    </row>
+    <row r="1461" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1461"/>
+      <c r="D1461"/>
+      <c r="E1461"/>
+      <c r="F1461"/>
+    </row>
+    <row r="1462" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1462"/>
+      <c r="D1462"/>
+      <c r="E1462"/>
+      <c r="F1462"/>
+    </row>
+    <row r="1463" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1463"/>
+      <c r="D1463"/>
+      <c r="E1463"/>
+      <c r="F1463"/>
+    </row>
+    <row r="1464" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1464" s="12"/>
+      <c r="D1464"/>
+      <c r="E1464"/>
+      <c r="F1464"/>
+    </row>
+    <row r="1465" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1465"/>
+      <c r="D1465"/>
+      <c r="E1465"/>
+      <c r="F1465"/>
+    </row>
+    <row r="1466" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1466"/>
+      <c r="D1466"/>
+      <c r="E1466"/>
+      <c r="F1466"/>
+    </row>
+    <row r="1467" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1467"/>
+      <c r="D1467"/>
+      <c r="E1467"/>
+      <c r="F1467"/>
+    </row>
+    <row r="1468" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1468" s="12"/>
+      <c r="D1468"/>
+      <c r="E1468"/>
+      <c r="F1468"/>
+    </row>
+    <row r="1469" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1469"/>
+      <c r="D1469"/>
+      <c r="E1469"/>
+      <c r="F1469"/>
+    </row>
+    <row r="1470" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1470"/>
+      <c r="D1470"/>
+      <c r="E1470"/>
+      <c r="F1470"/>
+    </row>
+    <row r="1471" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1471"/>
+      <c r="D1471"/>
+      <c r="E1471"/>
+      <c r="F1471"/>
+    </row>
+    <row r="1472" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1472"/>
+      <c r="D1472"/>
+      <c r="E1472"/>
+      <c r="F1472"/>
+    </row>
+    <row r="1473" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1473"/>
+      <c r="D1473"/>
+      <c r="E1473"/>
+      <c r="F1473"/>
+    </row>
+    <row r="1474" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1474"/>
+      <c r="D1474"/>
+      <c r="E1474"/>
+      <c r="F1474"/>
+    </row>
+    <row r="1475" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1475"/>
+      <c r="D1475"/>
+      <c r="E1475"/>
+      <c r="F1475"/>
+    </row>
+    <row r="1476" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1476"/>
+      <c r="D1476"/>
+      <c r="E1476"/>
+      <c r="F1476"/>
+    </row>
+    <row r="1477" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1477"/>
+      <c r="D1477"/>
+      <c r="E1477"/>
+      <c r="F1477"/>
+    </row>
+    <row r="1478" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1478"/>
+      <c r="D1478"/>
+      <c r="E1478"/>
+      <c r="F1478"/>
+    </row>
+    <row r="1479" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1479"/>
+      <c r="D1479"/>
+      <c r="E1479"/>
+      <c r="F1479"/>
+    </row>
+    <row r="1480" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1480"/>
+      <c r="D1480"/>
+      <c r="E1480"/>
+      <c r="F1480"/>
+    </row>
+    <row r="1481" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1481"/>
+      <c r="D1481"/>
+      <c r="E1481"/>
+      <c r="F1481"/>
+    </row>
+    <row r="1482" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1482"/>
+      <c r="D1482"/>
+      <c r="E1482"/>
+      <c r="F1482"/>
+    </row>
+    <row r="1483" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1483"/>
+      <c r="D1483"/>
+      <c r="E1483"/>
+      <c r="F1483"/>
+    </row>
+    <row r="1484" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1484" s="12"/>
+      <c r="D1484"/>
+      <c r="E1484"/>
+      <c r="F1484"/>
+    </row>
+    <row r="1485" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1485"/>
+      <c r="D1485"/>
+      <c r="E1485"/>
+      <c r="F1485"/>
+    </row>
+    <row r="1486" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1486"/>
+      <c r="D1486"/>
+      <c r="E1486"/>
+      <c r="F1486"/>
+    </row>
+    <row r="1487" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1487"/>
+      <c r="D1487"/>
+      <c r="E1487"/>
+      <c r="F1487"/>
+    </row>
+    <row r="1488" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1488" s="12"/>
+      <c r="D1488"/>
+      <c r="E1488"/>
+      <c r="F1488"/>
+    </row>
+    <row r="1489" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1489"/>
+      <c r="D1489"/>
+      <c r="E1489"/>
+      <c r="F1489"/>
+    </row>
+    <row r="1490" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1490"/>
+      <c r="D1490"/>
+      <c r="E1490"/>
+      <c r="F1490"/>
+    </row>
+    <row r="1491" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1491"/>
+      <c r="D1491"/>
+      <c r="E1491"/>
+      <c r="F1491"/>
+    </row>
+    <row r="1492" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1492" s="12"/>
+      <c r="D1492"/>
+      <c r="E1492"/>
+      <c r="F1492"/>
+    </row>
+    <row r="1493" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1493"/>
+      <c r="D1493"/>
+      <c r="E1493"/>
+      <c r="F1493"/>
+    </row>
+    <row r="1494" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1494"/>
+      <c r="D1494"/>
+      <c r="E1494"/>
+      <c r="F1494"/>
+    </row>
+    <row r="1495" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1495"/>
+      <c r="D1495"/>
+      <c r="E1495"/>
+      <c r="F1495"/>
+    </row>
+    <row r="1496" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1496" s="12"/>
+      <c r="D1496"/>
+      <c r="E1496"/>
+      <c r="F1496"/>
+    </row>
+    <row r="1497" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1497"/>
+      <c r="D1497"/>
+      <c r="E1497"/>
+      <c r="F1497"/>
+    </row>
+    <row r="1498" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1498"/>
+      <c r="D1498"/>
+      <c r="E1498"/>
+      <c r="F1498"/>
+    </row>
+    <row r="1499" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1499"/>
+      <c r="D1499"/>
+      <c r="E1499"/>
+      <c r="F1499"/>
+    </row>
+    <row r="1500" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1500" s="12"/>
+      <c r="D1500"/>
+      <c r="E1500"/>
+      <c r="F1500"/>
+    </row>
+    <row r="1501" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1501"/>
+      <c r="D1501"/>
+      <c r="E1501"/>
+      <c r="F1501"/>
+    </row>
+    <row r="1502" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1502"/>
+      <c r="D1502"/>
+      <c r="E1502"/>
+      <c r="F1502"/>
+    </row>
+    <row r="1503" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1503"/>
+      <c r="D1503"/>
+      <c r="E1503"/>
+      <c r="F1503"/>
+    </row>
+    <row r="1504" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1504"/>
+      <c r="D1504"/>
+      <c r="E1504"/>
+      <c r="F1504"/>
+    </row>
+    <row r="1505" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1505"/>
+      <c r="D1505"/>
+      <c r="E1505"/>
+      <c r="F1505"/>
+    </row>
+    <row r="1506" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1506"/>
+      <c r="D1506"/>
+      <c r="E1506"/>
+      <c r="F1506"/>
+    </row>
+    <row r="1507" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1507"/>
+      <c r="D1507"/>
+      <c r="E1507"/>
+      <c r="F1507"/>
+    </row>
+    <row r="1508" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1508"/>
+      <c r="D1508"/>
+      <c r="E1508"/>
+      <c r="F1508"/>
+    </row>
+    <row r="1509" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1509"/>
+      <c r="D1509"/>
+      <c r="E1509"/>
+      <c r="F1509"/>
+    </row>
+    <row r="1510" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1510"/>
+      <c r="D1510"/>
+      <c r="E1510"/>
+      <c r="F1510"/>
+    </row>
+    <row r="1511" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1511"/>
+      <c r="D1511"/>
+      <c r="E1511"/>
+      <c r="F1511"/>
+    </row>
+    <row r="1512" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1512"/>
+      <c r="D1512"/>
+      <c r="E1512"/>
+      <c r="F1512"/>
+    </row>
+    <row r="1513" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1513"/>
+      <c r="D1513"/>
+      <c r="E1513"/>
+      <c r="F1513"/>
+    </row>
+    <row r="1514" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1514"/>
+      <c r="D1514"/>
+      <c r="E1514"/>
+      <c r="F1514"/>
+    </row>
+    <row r="1515" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1515"/>
+      <c r="D1515"/>
+      <c r="E1515"/>
+      <c r="F1515"/>
+    </row>
+    <row r="1516" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1516" s="12"/>
+      <c r="D1516"/>
+      <c r="E1516"/>
+      <c r="F1516"/>
+    </row>
+    <row r="1517" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1517"/>
+      <c r="D1517"/>
+      <c r="E1517"/>
+      <c r="F1517"/>
+    </row>
+    <row r="1518" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1518"/>
+      <c r="D1518"/>
+      <c r="E1518"/>
+      <c r="F1518"/>
+    </row>
+    <row r="1519" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1519"/>
+      <c r="D1519"/>
+      <c r="E1519"/>
+      <c r="F1519"/>
+    </row>
+    <row r="1520" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1520" s="12"/>
+      <c r="D1520"/>
+      <c r="E1520"/>
+      <c r="F1520"/>
+    </row>
+    <row r="1521" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1521"/>
+      <c r="D1521"/>
+      <c r="E1521"/>
+      <c r="F1521"/>
+    </row>
+    <row r="1522" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1522"/>
+      <c r="D1522"/>
+      <c r="E1522"/>
+      <c r="F1522"/>
+    </row>
+    <row r="1523" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1523"/>
+      <c r="D1523"/>
+      <c r="E1523"/>
+      <c r="F1523"/>
+    </row>
+    <row r="1524" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1524" s="11"/>
+      <c r="D1524"/>
+      <c r="E1524"/>
+      <c r="F1524"/>
+    </row>
+    <row r="1525" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1525" s="12"/>
+      <c r="D1525"/>
+      <c r="E1525"/>
+      <c r="F1525"/>
+    </row>
+    <row r="1526" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1526"/>
+      <c r="D1526"/>
+      <c r="E1526"/>
+      <c r="F1526"/>
+    </row>
+    <row r="1527" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1527"/>
+      <c r="D1527"/>
+      <c r="E1527"/>
+      <c r="F1527"/>
+    </row>
+    <row r="1528" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1528"/>
+      <c r="D1528"/>
+      <c r="E1528"/>
+      <c r="F1528"/>
+    </row>
+    <row r="1529" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1529"/>
+      <c r="D1529"/>
+      <c r="E1529"/>
+      <c r="F1529"/>
+    </row>
+    <row r="1530" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1530"/>
+      <c r="D1530"/>
+      <c r="E1530"/>
+      <c r="F1530"/>
+    </row>
+    <row r="1531" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1531"/>
+      <c r="D1531"/>
+      <c r="E1531"/>
+      <c r="F1531"/>
+    </row>
+    <row r="1532" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1532"/>
+      <c r="D1532"/>
+      <c r="E1532"/>
+      <c r="F1532"/>
+    </row>
+    <row r="1533" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1533"/>
+      <c r="D1533"/>
+      <c r="E1533"/>
+      <c r="F1533"/>
+    </row>
+    <row r="1534" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1534"/>
+      <c r="D1534"/>
+      <c r="E1534"/>
+      <c r="F1534"/>
+    </row>
+    <row r="1535" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1535" s="12"/>
+      <c r="D1535"/>
+      <c r="E1535"/>
+      <c r="F1535"/>
+    </row>
+    <row r="1536" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1536"/>
+      <c r="D1536"/>
+      <c r="E1536"/>
+      <c r="F1536"/>
+    </row>
+    <row r="1537" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1537"/>
+      <c r="D1537"/>
+      <c r="E1537"/>
+      <c r="F1537"/>
+    </row>
+    <row r="1538" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1538"/>
+      <c r="D1538"/>
+      <c r="E1538"/>
+      <c r="F1538"/>
+    </row>
+    <row r="1539" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1539" s="12"/>
+      <c r="D1539"/>
+      <c r="E1539"/>
+      <c r="F1539"/>
+    </row>
+    <row r="1540" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1540"/>
+      <c r="D1540"/>
+      <c r="E1540"/>
+      <c r="F1540"/>
+    </row>
+    <row r="1541" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1541"/>
+      <c r="D1541"/>
+      <c r="E1541"/>
+      <c r="F1541"/>
+    </row>
+    <row r="1542" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1542"/>
+      <c r="D1542"/>
+      <c r="E1542"/>
+      <c r="F1542"/>
+    </row>
+    <row r="1543" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1543"/>
+      <c r="D1543"/>
+      <c r="E1543"/>
+      <c r="F1543"/>
+    </row>
+    <row r="1544" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1544"/>
+      <c r="D1544"/>
+      <c r="E1544"/>
+      <c r="F1544"/>
+    </row>
+    <row r="1545" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1545"/>
+      <c r="D1545"/>
+      <c r="E1545"/>
+      <c r="F1545"/>
+    </row>
+    <row r="1546" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1546"/>
+      <c r="D1546"/>
+      <c r="E1546"/>
+      <c r="F1546"/>
+    </row>
+    <row r="1547" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1547"/>
+      <c r="D1547"/>
+      <c r="E1547"/>
+      <c r="F1547"/>
+    </row>
+    <row r="1548" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1548"/>
+      <c r="D1548"/>
+      <c r="E1548"/>
+      <c r="F1548"/>
+    </row>
+    <row r="1549" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1549"/>
+      <c r="D1549"/>
+      <c r="E1549"/>
+      <c r="F1549"/>
+    </row>
+    <row r="1550" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1550"/>
+      <c r="D1550"/>
+      <c r="E1550"/>
+      <c r="F1550"/>
+    </row>
+    <row r="1551" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1551"/>
+      <c r="D1551"/>
+      <c r="E1551"/>
+      <c r="F1551"/>
+    </row>
+    <row r="1552" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1552"/>
+      <c r="D1552"/>
+      <c r="E1552"/>
+      <c r="F1552"/>
+    </row>
+    <row r="1553" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1553"/>
+      <c r="D1553"/>
+      <c r="E1553"/>
+      <c r="F1553"/>
+    </row>
+    <row r="1554" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1554"/>
+      <c r="D1554"/>
+      <c r="E1554"/>
+      <c r="F1554"/>
+    </row>
+    <row r="1555" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1555"/>
+      <c r="D1555"/>
+      <c r="E1555"/>
+      <c r="F1555"/>
+    </row>
+    <row r="1556" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1556"/>
+      <c r="D1556"/>
+      <c r="E1556"/>
+      <c r="F1556"/>
+    </row>
+    <row r="1557" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1557"/>
+      <c r="D1557"/>
+      <c r="E1557"/>
+      <c r="F1557"/>
+    </row>
+    <row r="1558" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1558"/>
+      <c r="D1558"/>
+      <c r="E1558"/>
+      <c r="F1558"/>
+    </row>
+    <row r="1559" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1559"/>
+      <c r="D1559"/>
+      <c r="E1559"/>
+      <c r="F1559"/>
+    </row>
+    <row r="1560" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1560"/>
+      <c r="D1560"/>
+      <c r="E1560"/>
+      <c r="F1560"/>
+    </row>
+    <row r="1561" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1561"/>
+      <c r="D1561"/>
+      <c r="E1561"/>
+      <c r="F1561"/>
+    </row>
+    <row r="1562" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1562"/>
+      <c r="D1562"/>
+      <c r="E1562"/>
+      <c r="F1562"/>
+    </row>
+    <row r="1563" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1563" s="12"/>
+      <c r="D1563"/>
+      <c r="E1563"/>
+      <c r="F1563"/>
+    </row>
+    <row r="1564" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1564"/>
+      <c r="D1564"/>
+      <c r="E1564"/>
+      <c r="F1564"/>
+    </row>
+    <row r="1565" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1565"/>
+      <c r="D1565"/>
+      <c r="E1565"/>
+      <c r="F1565"/>
+    </row>
+    <row r="1566" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1566"/>
+      <c r="D1566"/>
+      <c r="E1566"/>
+      <c r="F1566"/>
+    </row>
+    <row r="1567" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1567" s="12"/>
+      <c r="D1567"/>
+      <c r="E1567"/>
+      <c r="F1567"/>
+    </row>
+    <row r="1568" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1568"/>
+      <c r="D1568"/>
+      <c r="E1568"/>
+      <c r="F1568"/>
+    </row>
+    <row r="1569" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1569"/>
+      <c r="D1569"/>
+      <c r="E1569"/>
+      <c r="F1569"/>
+    </row>
+    <row r="1570" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1570"/>
+      <c r="D1570"/>
+      <c r="E1570"/>
+      <c r="F1570"/>
+    </row>
+    <row r="1571" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1571" s="12"/>
+      <c r="D1571"/>
+      <c r="E1571"/>
+      <c r="F1571"/>
+    </row>
+    <row r="1572" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1572"/>
+      <c r="D1572"/>
+      <c r="E1572"/>
+      <c r="F1572"/>
+    </row>
+    <row r="1573" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1573"/>
+      <c r="D1573"/>
+      <c r="E1573"/>
+      <c r="F1573"/>
+    </row>
+    <row r="1574" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1574"/>
+      <c r="D1574"/>
+      <c r="E1574"/>
+      <c r="F1574"/>
+    </row>
+    <row r="1575" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1575" s="12"/>
+      <c r="D1575"/>
+      <c r="E1575"/>
+      <c r="F1575"/>
+    </row>
+    <row r="1576" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1576"/>
+      <c r="D1576"/>
+      <c r="E1576"/>
+      <c r="F1576"/>
+    </row>
+    <row r="1577" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1577"/>
+      <c r="D1577"/>
+      <c r="E1577"/>
+      <c r="F1577"/>
+    </row>
+    <row r="1578" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1578"/>
+      <c r="D1578"/>
+      <c r="E1578"/>
+      <c r="F1578"/>
+    </row>
+    <row r="1579" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1579" s="12"/>
+      <c r="D1579"/>
+      <c r="E1579"/>
+      <c r="F1579"/>
+    </row>
+    <row r="1580" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1580"/>
+      <c r="D1580"/>
+      <c r="E1580"/>
+      <c r="F1580"/>
+    </row>
+    <row r="1581" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1581"/>
+      <c r="D1581"/>
+      <c r="E1581"/>
+      <c r="F1581"/>
+    </row>
+    <row r="1582" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1582"/>
+      <c r="D1582"/>
+      <c r="E1582"/>
+      <c r="F1582"/>
+    </row>
+    <row r="1583" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1583" s="12"/>
+      <c r="D1583"/>
+      <c r="E1583"/>
+      <c r="F1583"/>
+    </row>
+    <row r="1584" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1584"/>
+      <c r="D1584"/>
+      <c r="E1584"/>
+      <c r="F1584"/>
+    </row>
+    <row r="1585" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1585"/>
+      <c r="D1585"/>
+      <c r="E1585"/>
+      <c r="F1585"/>
+    </row>
+    <row r="1586" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1586"/>
+      <c r="D1586"/>
+      <c r="E1586"/>
+      <c r="F1586"/>
+    </row>
+    <row r="1587" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1587" s="12"/>
+      <c r="D1587"/>
+      <c r="E1587"/>
+      <c r="F1587"/>
+    </row>
+    <row r="1588" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1588"/>
+      <c r="D1588"/>
+      <c r="E1588"/>
+      <c r="F1588"/>
+    </row>
+    <row r="1589" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1589"/>
+      <c r="D1589"/>
+      <c r="E1589"/>
+      <c r="F1589"/>
+    </row>
+    <row r="1590" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1590"/>
+      <c r="D1590"/>
+      <c r="E1590"/>
+      <c r="F1590"/>
+    </row>
+    <row r="1591" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1591" s="12"/>
+      <c r="D1591"/>
+      <c r="E1591"/>
+      <c r="F1591"/>
+    </row>
+    <row r="1592" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1592"/>
+      <c r="D1592"/>
+      <c r="E1592"/>
+      <c r="F1592"/>
+    </row>
+    <row r="1593" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1593"/>
+      <c r="D1593"/>
+      <c r="E1593"/>
+      <c r="F1593"/>
+    </row>
+    <row r="1594" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1594"/>
+      <c r="D1594"/>
+      <c r="E1594"/>
+      <c r="F1594"/>
+    </row>
+    <row r="1595" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1595" s="12"/>
+      <c r="D1595"/>
+      <c r="E1595"/>
+      <c r="F1595"/>
+    </row>
+    <row r="1596" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1596"/>
+      <c r="D1596"/>
+      <c r="E1596"/>
+      <c r="F1596"/>
+    </row>
+    <row r="1597" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1597"/>
+      <c r="D1597"/>
+      <c r="E1597"/>
+      <c r="F1597"/>
+    </row>
+    <row r="1598" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1598"/>
+      <c r="D1598"/>
+      <c r="E1598"/>
+      <c r="F1598"/>
+    </row>
+    <row r="1599" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1599" s="12"/>
+      <c r="D1599"/>
+      <c r="E1599"/>
+      <c r="F1599"/>
+    </row>
+    <row r="1600" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1600"/>
+      <c r="D1600"/>
+      <c r="E1600"/>
+      <c r="F1600"/>
+    </row>
+    <row r="1601" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1601"/>
+      <c r="D1601"/>
+      <c r="E1601"/>
+      <c r="F1601"/>
+    </row>
+    <row r="1602" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1602"/>
+      <c r="D1602"/>
+      <c r="E1602"/>
+      <c r="F1602"/>
+    </row>
+    <row r="1603" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1603" s="12"/>
+      <c r="D1603"/>
+      <c r="E1603"/>
+      <c r="F1603"/>
+    </row>
+    <row r="1604" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1604"/>
+      <c r="D1604"/>
+      <c r="E1604"/>
+      <c r="F1604"/>
+    </row>
+    <row r="1605" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1605"/>
+      <c r="D1605"/>
+      <c r="E1605"/>
+      <c r="F1605"/>
+    </row>
+    <row r="1606" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1606"/>
+      <c r="D1606"/>
+      <c r="E1606"/>
+      <c r="F1606"/>
+    </row>
+    <row r="1607" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1607" s="12"/>
+      <c r="D1607"/>
+      <c r="E1607"/>
+      <c r="F1607"/>
+    </row>
+    <row r="1608" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1608"/>
+      <c r="D1608"/>
+      <c r="E1608"/>
+      <c r="F1608"/>
+    </row>
+    <row r="1609" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1609"/>
+      <c r="D1609"/>
+      <c r="E1609"/>
+      <c r="F1609"/>
+    </row>
+    <row r="1610" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1610"/>
+      <c r="D1610"/>
+      <c r="E1610"/>
+      <c r="F1610"/>
+    </row>
+    <row r="1611" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1611" s="12"/>
+      <c r="D1611"/>
+      <c r="E1611"/>
+      <c r="F1611"/>
+    </row>
+    <row r="1612" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1612"/>
+      <c r="D1612"/>
+      <c r="E1612"/>
+      <c r="F1612"/>
+    </row>
+    <row r="1613" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1613"/>
+      <c r="D1613"/>
+      <c r="E1613"/>
+      <c r="F1613"/>
+    </row>
+    <row r="1614" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1614"/>
+      <c r="D1614"/>
+      <c r="E1614"/>
+      <c r="F1614"/>
+    </row>
+    <row r="1615" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1615" s="12"/>
+      <c r="D1615"/>
+      <c r="E1615"/>
+      <c r="F1615"/>
+    </row>
+    <row r="1616" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1616"/>
+      <c r="D1616"/>
+      <c r="E1616"/>
+      <c r="F1616"/>
+    </row>
+    <row r="1617" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1617"/>
+      <c r="D1617"/>
+      <c r="E1617"/>
+      <c r="F1617"/>
+    </row>
+    <row r="1618" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1618"/>
+      <c r="D1618"/>
+      <c r="E1618"/>
+      <c r="F1618"/>
+    </row>
+    <row r="1619" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1619" s="12"/>
+      <c r="D1619"/>
+      <c r="E1619"/>
+      <c r="F1619"/>
+    </row>
+    <row r="1620" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1620"/>
+      <c r="D1620"/>
+      <c r="E1620"/>
+      <c r="F1620"/>
+    </row>
+    <row r="1621" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1621"/>
+      <c r="D1621"/>
+      <c r="E1621"/>
+      <c r="F1621"/>
+    </row>
+    <row r="1622" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1622"/>
+      <c r="D1622"/>
+      <c r="E1622"/>
+      <c r="F1622"/>
+    </row>
+    <row r="1623" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1623" s="12"/>
+      <c r="D1623"/>
+      <c r="E1623"/>
+      <c r="F1623"/>
+    </row>
+    <row r="1624" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1624"/>
+      <c r="D1624"/>
+      <c r="E1624"/>
+      <c r="F1624"/>
+    </row>
+    <row r="1625" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1625"/>
+      <c r="D1625"/>
+      <c r="E1625"/>
+      <c r="F1625"/>
+    </row>
+    <row r="1626" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1626"/>
+      <c r="D1626"/>
+      <c r="E1626"/>
+      <c r="F1626"/>
+    </row>
+    <row r="1627" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1627" s="11"/>
+      <c r="D1627"/>
+      <c r="E1627"/>
+      <c r="F1627"/>
+    </row>
+    <row r="1628" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1628" s="12"/>
+      <c r="D1628"/>
+      <c r="E1628"/>
+      <c r="F1628"/>
+    </row>
+    <row r="1629" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1629"/>
+      <c r="D1629"/>
+      <c r="E1629"/>
+      <c r="F1629"/>
+    </row>
+    <row r="1630" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1630"/>
+      <c r="D1630"/>
+      <c r="E1630"/>
+      <c r="F1630"/>
+    </row>
+    <row r="1631" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1631"/>
+      <c r="D1631"/>
+      <c r="E1631"/>
+      <c r="F1631"/>
+    </row>
+    <row r="1632" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1632"/>
+      <c r="D1632"/>
+      <c r="E1632"/>
+      <c r="F1632"/>
+    </row>
+    <row r="1633" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1633"/>
+      <c r="D1633"/>
+      <c r="E1633"/>
+      <c r="F1633"/>
+    </row>
+    <row r="1634" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1634"/>
+      <c r="D1634"/>
+      <c r="E1634"/>
+      <c r="F1634"/>
+    </row>
+    <row r="1635" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1635"/>
+      <c r="D1635"/>
+      <c r="E1635"/>
+      <c r="F1635"/>
+    </row>
+    <row r="1636" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1636"/>
+      <c r="D1636"/>
+      <c r="E1636"/>
+      <c r="F1636"/>
+    </row>
+    <row r="1637" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1637"/>
+      <c r="D1637"/>
+      <c r="E1637"/>
+      <c r="F1637"/>
+    </row>
+    <row r="1638" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1638"/>
+      <c r="D1638"/>
+      <c r="E1638"/>
+      <c r="F1638"/>
+    </row>
+    <row r="1639" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1639" s="12"/>
+      <c r="D1639"/>
+      <c r="E1639"/>
+      <c r="F1639"/>
+    </row>
+    <row r="1640" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1640"/>
+      <c r="D1640"/>
+      <c r="E1640"/>
+      <c r="F1640"/>
+    </row>
+    <row r="1641" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1641"/>
+      <c r="D1641"/>
+      <c r="E1641"/>
+      <c r="F1641"/>
+    </row>
+    <row r="1642" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1642"/>
+      <c r="D1642"/>
+      <c r="E1642"/>
+      <c r="F1642"/>
+    </row>
+    <row r="1643" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1643"/>
+      <c r="D1643"/>
+      <c r="E1643"/>
+      <c r="F1643"/>
+    </row>
+    <row r="1644" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1644"/>
+      <c r="D1644"/>
+      <c r="E1644"/>
+      <c r="F1644"/>
+    </row>
+    <row r="1645" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1645"/>
+      <c r="D1645"/>
+      <c r="E1645"/>
+      <c r="F1645"/>
+    </row>
+    <row r="1646" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1646"/>
+      <c r="D1646"/>
+      <c r="E1646"/>
+      <c r="F1646"/>
+    </row>
+    <row r="1647" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1647"/>
+      <c r="D1647"/>
+      <c r="E1647"/>
+      <c r="F1647"/>
+    </row>
+    <row r="1648" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1648"/>
+      <c r="D1648"/>
+      <c r="E1648"/>
+      <c r="F1648"/>
+    </row>
+    <row r="1649" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1649"/>
+      <c r="D1649"/>
+      <c r="E1649"/>
+      <c r="F1649"/>
+    </row>
+    <row r="1650" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1650"/>
+      <c r="D1650"/>
+      <c r="E1650"/>
+      <c r="F1650"/>
+    </row>
+    <row r="1651" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1651"/>
+      <c r="D1651"/>
+      <c r="E1651"/>
+      <c r="F1651"/>
+    </row>
+    <row r="1652" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1652"/>
+      <c r="D1652"/>
+      <c r="E1652"/>
+      <c r="F1652"/>
+    </row>
+    <row r="1653" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1653"/>
+      <c r="D1653"/>
+      <c r="E1653"/>
+      <c r="F1653"/>
+    </row>
+    <row r="1654" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1654"/>
+      <c r="D1654"/>
+      <c r="E1654"/>
+      <c r="F1654"/>
+    </row>
+    <row r="1655" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1655" s="12"/>
+      <c r="D1655"/>
+      <c r="E1655"/>
+      <c r="F1655"/>
+    </row>
+    <row r="1656" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1656"/>
+      <c r="D1656"/>
+      <c r="E1656"/>
+      <c r="F1656"/>
+    </row>
+    <row r="1657" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1657"/>
+      <c r="D1657"/>
+      <c r="E1657"/>
+      <c r="F1657"/>
+    </row>
+    <row r="1658" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1658"/>
+      <c r="D1658"/>
+      <c r="E1658"/>
+      <c r="F1658"/>
+    </row>
+    <row r="1659" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1659"/>
+      <c r="D1659"/>
+      <c r="E1659"/>
+      <c r="F1659"/>
+    </row>
+    <row r="1660" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1660"/>
+      <c r="D1660"/>
+      <c r="E1660"/>
+      <c r="F1660"/>
+    </row>
+    <row r="1661" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1661"/>
+      <c r="D1661"/>
+      <c r="E1661"/>
+      <c r="F1661"/>
+    </row>
+    <row r="1662" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1662" s="12"/>
+      <c r="D1662"/>
+      <c r="E1662"/>
+      <c r="F1662"/>
+    </row>
+    <row r="1663" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1663"/>
+      <c r="D1663"/>
+      <c r="E1663"/>
+      <c r="F1663"/>
+    </row>
+    <row r="1664" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1664"/>
+      <c r="D1664"/>
+      <c r="E1664"/>
+      <c r="F1664"/>
+    </row>
+    <row r="1665" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1665"/>
+      <c r="D1665"/>
+      <c r="E1665"/>
+      <c r="F1665"/>
+    </row>
+    <row r="1666" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1666" s="12"/>
+      <c r="D1666"/>
+      <c r="E1666"/>
+      <c r="F1666"/>
+    </row>
+    <row r="1667" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1667"/>
+      <c r="D1667"/>
+      <c r="E1667"/>
+      <c r="F1667"/>
+    </row>
+    <row r="1668" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1668"/>
+      <c r="D1668"/>
+      <c r="E1668"/>
+      <c r="F1668"/>
+    </row>
+    <row r="1669" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1669"/>
+      <c r="D1669"/>
+      <c r="E1669"/>
+      <c r="F1669"/>
+    </row>
+    <row r="1670" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1670" s="12"/>
+      <c r="D1670"/>
+      <c r="E1670"/>
+      <c r="F1670"/>
+    </row>
+    <row r="1671" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1671"/>
+      <c r="D1671"/>
+      <c r="E1671"/>
+      <c r="F1671"/>
+    </row>
+    <row r="1672" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1672"/>
+      <c r="D1672"/>
+      <c r="E1672"/>
+      <c r="F1672"/>
+    </row>
+    <row r="1673" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1673"/>
+      <c r="D1673"/>
+      <c r="E1673"/>
+      <c r="F1673"/>
+    </row>
+    <row r="1674" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1674" s="12"/>
+      <c r="D1674"/>
+      <c r="E1674"/>
+      <c r="F1674"/>
+    </row>
+    <row r="1675" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1675"/>
+      <c r="D1675"/>
+      <c r="E1675"/>
+      <c r="F1675"/>
+    </row>
+    <row r="1676" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1676"/>
+      <c r="D1676"/>
+      <c r="E1676"/>
+      <c r="F1676"/>
+    </row>
+    <row r="1677" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1677"/>
+      <c r="D1677"/>
+      <c r="E1677"/>
+      <c r="F1677"/>
+    </row>
+    <row r="1678" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1678" s="12"/>
+      <c r="D1678"/>
+      <c r="E1678"/>
+      <c r="F1678"/>
+    </row>
+    <row r="1679" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1679"/>
+      <c r="D1679"/>
+      <c r="E1679"/>
+      <c r="F1679"/>
+    </row>
+    <row r="1680" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1680"/>
+      <c r="D1680"/>
+      <c r="E1680"/>
+      <c r="F1680"/>
+    </row>
+    <row r="1681" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1681"/>
+      <c r="D1681"/>
+      <c r="E1681"/>
+      <c r="F1681"/>
+    </row>
+    <row r="1682" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1682" s="12"/>
+      <c r="D1682"/>
+      <c r="E1682"/>
+      <c r="F1682"/>
+    </row>
+    <row r="1683" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1683"/>
+      <c r="D1683"/>
+      <c r="E1683"/>
+      <c r="F1683"/>
+    </row>
+    <row r="1684" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1684"/>
+      <c r="D1684"/>
+      <c r="E1684"/>
+      <c r="F1684"/>
+    </row>
+    <row r="1685" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1685"/>
+      <c r="D1685"/>
+      <c r="E1685"/>
+      <c r="F1685"/>
+    </row>
+    <row r="1686" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1686"/>
+      <c r="D1686"/>
+      <c r="E1686"/>
+      <c r="F1686"/>
+    </row>
+    <row r="1687" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1687" s="12"/>
+      <c r="D1687"/>
+      <c r="E1687"/>
+      <c r="F1687"/>
+    </row>
+    <row r="1688" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1688"/>
+      <c r="D1688"/>
+      <c r="E1688"/>
+      <c r="F1688"/>
+    </row>
+    <row r="1689" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1689"/>
+      <c r="D1689"/>
+      <c r="E1689"/>
+      <c r="F1689"/>
+    </row>
+    <row r="1690" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1690"/>
+      <c r="D1690"/>
+      <c r="E1690"/>
+      <c r="F1690"/>
+    </row>
+    <row r="1691" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1691"/>
+      <c r="D1691"/>
+      <c r="E1691"/>
+      <c r="F1691"/>
+    </row>
+    <row r="1692" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1692"/>
+      <c r="D1692"/>
+      <c r="E1692"/>
+      <c r="F1692"/>
+    </row>
+    <row r="1693" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1693"/>
+      <c r="D1693"/>
+      <c r="E1693"/>
+      <c r="F1693"/>
+    </row>
+    <row r="1694" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1694"/>
+      <c r="D1694"/>
+      <c r="E1694"/>
+      <c r="F1694"/>
+    </row>
+    <row r="1695" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1695"/>
+      <c r="D1695"/>
+      <c r="E1695"/>
+      <c r="F1695"/>
+    </row>
+    <row r="1696" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1696"/>
+      <c r="D1696"/>
+      <c r="E1696"/>
+      <c r="F1696"/>
+    </row>
+    <row r="1697" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1697"/>
+      <c r="D1697"/>
+      <c r="E1697"/>
+      <c r="F1697"/>
+    </row>
+    <row r="1698" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1698"/>
+      <c r="D1698"/>
+      <c r="E1698"/>
+      <c r="F1698"/>
+    </row>
+    <row r="1699" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1699"/>
+      <c r="D1699"/>
+      <c r="E1699"/>
+      <c r="F1699"/>
+    </row>
+    <row r="1700" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1700" s="12"/>
+      <c r="D1700"/>
+      <c r="E1700"/>
+      <c r="F1700"/>
+    </row>
+    <row r="1701" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1701"/>
+      <c r="D1701"/>
+      <c r="E1701"/>
+      <c r="F1701"/>
+    </row>
+    <row r="1702" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1702"/>
+      <c r="D1702"/>
+      <c r="E1702"/>
+      <c r="F1702"/>
+    </row>
+    <row r="1703" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1703"/>
+      <c r="D1703"/>
+      <c r="E1703"/>
+      <c r="F1703"/>
+    </row>
+    <row r="1704" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1704"/>
+      <c r="D1704"/>
+      <c r="E1704"/>
+      <c r="F1704"/>
+    </row>
+    <row r="1705" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1705"/>
+      <c r="D1705"/>
+      <c r="E1705"/>
+      <c r="F1705"/>
+    </row>
+    <row r="1706" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1706"/>
+      <c r="D1706"/>
+      <c r="E1706"/>
+      <c r="F1706"/>
+    </row>
+    <row r="1707" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1707"/>
+      <c r="D1707"/>
+      <c r="E1707"/>
+      <c r="F1707"/>
+    </row>
+    <row r="1708" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1708" s="12"/>
+      <c r="D1708"/>
+      <c r="E1708"/>
+      <c r="F1708"/>
+    </row>
+    <row r="1709" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1709"/>
+      <c r="D1709"/>
+      <c r="E1709"/>
+      <c r="F1709"/>
+    </row>
+    <row r="1710" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1710"/>
+      <c r="D1710"/>
+      <c r="E1710"/>
+      <c r="F1710"/>
+    </row>
+    <row r="1711" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1711"/>
+      <c r="D1711"/>
+      <c r="E1711"/>
+      <c r="F1711"/>
+    </row>
+    <row r="1712" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1712" s="12"/>
+      <c r="D1712"/>
+      <c r="E1712"/>
+      <c r="F1712"/>
+    </row>
+    <row r="1713" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1713"/>
+      <c r="D1713"/>
+      <c r="E1713"/>
+      <c r="F1713"/>
+    </row>
+    <row r="1714" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1714"/>
+      <c r="D1714"/>
+      <c r="E1714"/>
+      <c r="F1714"/>
+    </row>
+    <row r="1715" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1715"/>
+      <c r="D1715"/>
+      <c r="E1715"/>
+      <c r="F1715"/>
+    </row>
+    <row r="1716" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1716"/>
+      <c r="D1716"/>
+      <c r="E1716"/>
+      <c r="F1716"/>
+    </row>
+    <row r="1717" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1717"/>
+      <c r="D1717"/>
+      <c r="E1717"/>
+      <c r="F1717"/>
+    </row>
+    <row r="1718" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1718" s="12"/>
+      <c r="D1718"/>
+      <c r="E1718"/>
+      <c r="F1718"/>
+    </row>
+    <row r="1719" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1719"/>
+      <c r="D1719"/>
+      <c r="E1719"/>
+      <c r="F1719"/>
+    </row>
+    <row r="1720" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1720"/>
+      <c r="D1720"/>
+      <c r="E1720"/>
+      <c r="F1720"/>
+    </row>
+    <row r="1721" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1721"/>
+      <c r="D1721"/>
+      <c r="E1721"/>
+      <c r="F1721"/>
+    </row>
+    <row r="1722" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1722" s="12"/>
+      <c r="D1722"/>
+      <c r="E1722"/>
+      <c r="F1722"/>
+    </row>
+    <row r="1723" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1723"/>
+      <c r="D1723"/>
+      <c r="E1723"/>
+      <c r="F1723"/>
+    </row>
+    <row r="1724" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1724"/>
+      <c r="D1724"/>
+      <c r="E1724"/>
+      <c r="F1724"/>
+    </row>
+    <row r="1725" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1725"/>
+      <c r="D1725"/>
+      <c r="E1725"/>
+      <c r="F1725"/>
+    </row>
+    <row r="1726" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1726"/>
+      <c r="D1726"/>
+      <c r="E1726"/>
+      <c r="F1726"/>
+    </row>
+    <row r="1727" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1727"/>
+      <c r="D1727"/>
+      <c r="E1727"/>
+      <c r="F1727"/>
+    </row>
+    <row r="1728" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1728"/>
+      <c r="D1728"/>
+      <c r="E1728"/>
+      <c r="F1728"/>
+    </row>
+    <row r="1729" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1729"/>
+      <c r="D1729"/>
+      <c r="E1729"/>
+      <c r="F1729"/>
+    </row>
+    <row r="1730" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1730"/>
+      <c r="D1730"/>
+      <c r="E1730"/>
+      <c r="F1730"/>
+    </row>
+    <row r="1731" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1731"/>
+      <c r="D1731"/>
+      <c r="E1731"/>
+      <c r="F1731"/>
+    </row>
+    <row r="1732" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1732"/>
+      <c r="D1732"/>
+      <c r="E1732"/>
+      <c r="F1732"/>
+    </row>
+    <row r="1733" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1733"/>
+      <c r="D1733"/>
+      <c r="E1733"/>
+      <c r="F1733"/>
+    </row>
+    <row r="1734" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1734"/>
+      <c r="D1734"/>
+      <c r="E1734"/>
+      <c r="F1734"/>
+    </row>
+    <row r="1735" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1735"/>
+      <c r="D1735"/>
+      <c r="E1735"/>
+      <c r="F1735"/>
+    </row>
+    <row r="1736" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1736"/>
+      <c r="D1736"/>
+      <c r="E1736"/>
+      <c r="F1736"/>
+    </row>
+    <row r="1737" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1737"/>
+      <c r="D1737"/>
+      <c r="E1737"/>
+      <c r="F1737"/>
+    </row>
+    <row r="1738" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1738"/>
+      <c r="D1738"/>
+      <c r="E1738"/>
+      <c r="F1738"/>
+    </row>
+    <row r="1739" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1739"/>
+      <c r="D1739"/>
+      <c r="E1739"/>
+      <c r="F1739"/>
+    </row>
+    <row r="1740" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1740"/>
+      <c r="D1740"/>
+      <c r="E1740"/>
+      <c r="F1740"/>
+    </row>
+    <row r="1741" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1741"/>
+      <c r="D1741"/>
+      <c r="E1741"/>
+      <c r="F1741"/>
+    </row>
+    <row r="1742" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1742"/>
+      <c r="D1742"/>
+      <c r="E1742"/>
+      <c r="F1742"/>
+    </row>
+    <row r="1743" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1743"/>
+      <c r="D1743"/>
+      <c r="E1743"/>
+      <c r="F1743"/>
+    </row>
+    <row r="1744" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1744"/>
+      <c r="D1744"/>
+      <c r="E1744"/>
+      <c r="F1744"/>
+    </row>
+    <row r="1745" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1745"/>
+      <c r="D1745"/>
+      <c r="E1745"/>
+      <c r="F1745"/>
+    </row>
+    <row r="1746" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1746"/>
+      <c r="D1746"/>
+      <c r="E1746"/>
+      <c r="F1746"/>
+    </row>
+    <row r="1747" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1747"/>
+      <c r="D1747"/>
+      <c r="E1747"/>
+      <c r="F1747"/>
+    </row>
+    <row r="1748" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1748"/>
+      <c r="D1748"/>
+      <c r="E1748"/>
+      <c r="F1748"/>
+    </row>
+    <row r="1749" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1749"/>
+      <c r="D1749"/>
+      <c r="E1749"/>
+      <c r="F1749"/>
+    </row>
+    <row r="1750" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1750"/>
+      <c r="D1750"/>
+      <c r="E1750"/>
+      <c r="F1750"/>
+    </row>
+    <row r="1751" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1751"/>
+      <c r="D1751"/>
+      <c r="E1751"/>
+      <c r="F1751"/>
+    </row>
+    <row r="1752" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1752"/>
+      <c r="D1752"/>
+      <c r="E1752"/>
+      <c r="F1752"/>
+    </row>
+    <row r="1753" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1753"/>
+      <c r="D1753"/>
+      <c r="E1753"/>
+      <c r="F1753"/>
+    </row>
+    <row r="1754" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1754"/>
+      <c r="D1754"/>
+      <c r="E1754"/>
+      <c r="F1754"/>
+    </row>
+    <row r="1755" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1755"/>
+      <c r="D1755"/>
+      <c r="E1755"/>
+      <c r="F1755"/>
+    </row>
+    <row r="1756" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1756"/>
+      <c r="D1756"/>
+      <c r="E1756"/>
+      <c r="F1756"/>
+    </row>
+    <row r="1757" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1757"/>
+      <c r="D1757"/>
+      <c r="E1757"/>
+      <c r="F1757"/>
+    </row>
+    <row r="1758" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1758"/>
+      <c r="D1758"/>
+      <c r="E1758"/>
+      <c r="F1758"/>
+    </row>
+    <row r="1759" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1759"/>
+      <c r="D1759"/>
+      <c r="E1759"/>
+      <c r="F1759"/>
+    </row>
+    <row r="1760" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1760"/>
+      <c r="D1760"/>
+      <c r="E1760"/>
+      <c r="F1760"/>
+    </row>
+    <row r="1761" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1761"/>
+      <c r="D1761"/>
+      <c r="E1761"/>
+      <c r="F1761"/>
+    </row>
+    <row r="1762" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1762"/>
+      <c r="D1762"/>
+      <c r="E1762"/>
+      <c r="F1762"/>
+    </row>
+    <row r="1763" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1763"/>
+      <c r="D1763"/>
+      <c r="E1763"/>
+      <c r="F1763"/>
+    </row>
+    <row r="1764" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1764"/>
+      <c r="D1764"/>
+      <c r="E1764"/>
+      <c r="F1764"/>
+    </row>
+    <row r="1765" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1765"/>
+      <c r="D1765"/>
+      <c r="E1765"/>
+      <c r="F1765"/>
+    </row>
+    <row r="1766" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1766"/>
+      <c r="D1766"/>
+      <c r="E1766"/>
+      <c r="F1766"/>
+    </row>
+    <row r="1767" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1767"/>
+      <c r="D1767"/>
+      <c r="E1767"/>
+      <c r="F1767"/>
+    </row>
+    <row r="1768" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1768"/>
+      <c r="D1768"/>
+      <c r="E1768"/>
+      <c r="F1768"/>
+    </row>
+    <row r="1769" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1769"/>
+      <c r="D1769"/>
+      <c r="E1769"/>
+      <c r="F1769"/>
+    </row>
+    <row r="1770" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1770"/>
+      <c r="D1770"/>
+      <c r="E1770"/>
+      <c r="F1770"/>
+    </row>
+    <row r="1771" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1771"/>
+      <c r="D1771"/>
+      <c r="E1771"/>
+      <c r="F1771"/>
+    </row>
+    <row r="1772" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1772"/>
+      <c r="D1772"/>
+      <c r="E1772"/>
+      <c r="F1772"/>
+    </row>
+    <row r="1773" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1773" s="12"/>
+      <c r="D1773"/>
+      <c r="E1773"/>
+      <c r="F1773"/>
+    </row>
+    <row r="1774" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1774"/>
+      <c r="D1774"/>
+      <c r="E1774"/>
+      <c r="F1774"/>
+    </row>
+    <row r="1775" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1775"/>
+      <c r="D1775"/>
+      <c r="E1775"/>
+      <c r="F1775"/>
+    </row>
+    <row r="1776" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1776"/>
+      <c r="D1776"/>
+      <c r="E1776"/>
+      <c r="F1776"/>
+    </row>
+    <row r="1777" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1777"/>
+      <c r="D1777"/>
+      <c r="E1777"/>
+      <c r="F1777"/>
+    </row>
+    <row r="1778" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1778"/>
+      <c r="D1778"/>
+      <c r="E1778"/>
+      <c r="F1778"/>
+    </row>
+    <row r="1779" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1779"/>
+      <c r="D1779"/>
+      <c r="E1779"/>
+      <c r="F1779"/>
+    </row>
+    <row r="1780" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1780"/>
+      <c r="D1780"/>
+      <c r="E1780"/>
+      <c r="F1780"/>
+    </row>
+    <row r="1781" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1781"/>
+      <c r="D1781"/>
+      <c r="E1781"/>
+      <c r="F1781"/>
+    </row>
+    <row r="1782" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1782"/>
+      <c r="D1782"/>
+      <c r="E1782"/>
+      <c r="F1782"/>
+    </row>
+    <row r="1783" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1783"/>
+      <c r="D1783"/>
+      <c r="E1783"/>
+      <c r="F1783"/>
+    </row>
+    <row r="1784" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1784"/>
+      <c r="D1784"/>
+      <c r="E1784"/>
+      <c r="F1784"/>
+    </row>
+    <row r="1785" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1785"/>
+      <c r="D1785"/>
+      <c r="E1785"/>
+      <c r="F1785"/>
+    </row>
+    <row r="1786" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1786"/>
+      <c r="D1786"/>
+      <c r="E1786"/>
+      <c r="F1786"/>
+    </row>
+    <row r="1787" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1787"/>
+      <c r="D1787"/>
+      <c r="E1787"/>
+      <c r="F1787"/>
+    </row>
+    <row r="1788" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1788" s="11"/>
+      <c r="D1788"/>
+      <c r="E1788"/>
+      <c r="F1788"/>
+    </row>
+    <row r="1789" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1789" s="12"/>
+      <c r="D1789"/>
+      <c r="E1789"/>
+      <c r="F1789"/>
+    </row>
+    <row r="1790" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1790"/>
+      <c r="D1790"/>
+      <c r="E1790"/>
+      <c r="F1790"/>
+    </row>
+    <row r="1791" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1791"/>
+      <c r="D1791"/>
+      <c r="E1791"/>
+      <c r="F1791"/>
+    </row>
+    <row r="1792" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1792"/>
+      <c r="D1792"/>
+      <c r="E1792"/>
+      <c r="F1792"/>
+    </row>
+    <row r="1793" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1793"/>
+      <c r="D1793"/>
+      <c r="E1793"/>
+      <c r="F1793"/>
+    </row>
+    <row r="1794" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1794"/>
+      <c r="D1794"/>
+      <c r="E1794"/>
+      <c r="F1794"/>
+    </row>
+    <row r="1795" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1795"/>
+      <c r="D1795"/>
+      <c r="E1795"/>
+      <c r="F1795"/>
+    </row>
+    <row r="1796" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1796" s="12"/>
+      <c r="D1796"/>
+      <c r="E1796"/>
+      <c r="F1796"/>
+    </row>
+    <row r="1797" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1797"/>
+      <c r="D1797"/>
+      <c r="E1797"/>
+      <c r="F1797"/>
+    </row>
+    <row r="1798" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1798"/>
+      <c r="D1798"/>
+      <c r="E1798"/>
+      <c r="F1798"/>
+    </row>
+    <row r="1799" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1799"/>
+      <c r="D1799"/>
+      <c r="E1799"/>
+      <c r="F1799"/>
+    </row>
+    <row r="1800" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1800"/>
+      <c r="D1800"/>
+      <c r="E1800"/>
+      <c r="F1800"/>
+    </row>
+    <row r="1801" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1801"/>
+      <c r="D1801"/>
+      <c r="E1801"/>
+      <c r="F1801"/>
+    </row>
+    <row r="1802" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1802"/>
+      <c r="D1802"/>
+      <c r="E1802"/>
+      <c r="F1802"/>
+    </row>
+    <row r="1803" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1803"/>
+      <c r="D1803"/>
+      <c r="E1803"/>
+      <c r="F1803"/>
+    </row>
+    <row r="1804" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1804"/>
+      <c r="D1804"/>
+      <c r="E1804"/>
+      <c r="F1804"/>
+    </row>
+    <row r="1805" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1805"/>
+      <c r="D1805"/>
+      <c r="E1805"/>
+      <c r="F1805"/>
+    </row>
+    <row r="1806" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1806" s="12"/>
+      <c r="D1806"/>
+      <c r="E1806"/>
+      <c r="F1806"/>
+    </row>
+    <row r="1807" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1807"/>
+      <c r="D1807"/>
+      <c r="E1807"/>
+      <c r="F1807"/>
+    </row>
+    <row r="1808" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1808"/>
+      <c r="D1808"/>
+      <c r="E1808"/>
+      <c r="F1808"/>
+    </row>
+    <row r="1809" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1809"/>
+      <c r="D1809"/>
+      <c r="E1809"/>
+      <c r="F1809"/>
+    </row>
+    <row r="1810" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1810"/>
+      <c r="D1810"/>
+      <c r="E1810"/>
+      <c r="F1810"/>
+    </row>
+    <row r="1811" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1811"/>
+      <c r="D1811"/>
+      <c r="E1811"/>
+      <c r="F1811"/>
+    </row>
+    <row r="1812" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1812"/>
+      <c r="D1812"/>
+      <c r="E1812"/>
+      <c r="F1812"/>
+    </row>
+    <row r="1813" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1813"/>
+      <c r="D1813"/>
+      <c r="E1813"/>
+      <c r="F1813"/>
+    </row>
+    <row r="1814" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1814"/>
+      <c r="D1814"/>
+      <c r="E1814"/>
+      <c r="F1814"/>
+    </row>
+    <row r="1815" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1815"/>
+      <c r="D1815"/>
+      <c r="E1815"/>
+      <c r="F1815"/>
+    </row>
+    <row r="1816" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1816" s="12"/>
+      <c r="D1816"/>
+      <c r="E1816"/>
+      <c r="F1816"/>
+    </row>
+    <row r="1817" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1817"/>
+      <c r="D1817"/>
+      <c r="E1817"/>
+      <c r="F1817"/>
+    </row>
+    <row r="1818" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1818"/>
+      <c r="D1818"/>
+      <c r="E1818"/>
+      <c r="F1818"/>
+    </row>
+    <row r="1819" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1819"/>
+      <c r="D1819"/>
+      <c r="E1819"/>
+      <c r="F1819"/>
+    </row>
+    <row r="1820" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1820" s="11"/>
+      <c r="D1820"/>
+      <c r="E1820"/>
+      <c r="F1820"/>
+    </row>
+    <row r="1821" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1821" s="12"/>
+      <c r="D1821"/>
+      <c r="E1821"/>
+      <c r="F1821"/>
+    </row>
+    <row r="1822" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1822"/>
+      <c r="D1822"/>
+      <c r="E1822"/>
+      <c r="F1822"/>
+    </row>
+    <row r="1823" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1823"/>
+      <c r="D1823"/>
+      <c r="E1823"/>
+      <c r="F1823"/>
+    </row>
+    <row r="1824" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1824"/>
+      <c r="D1824"/>
+      <c r="E1824"/>
+      <c r="F1824"/>
+    </row>
+    <row r="1825" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1825" s="12"/>
+      <c r="D1825"/>
+      <c r="E1825"/>
+      <c r="F1825"/>
+    </row>
+    <row r="1826" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1826"/>
+      <c r="D1826"/>
+      <c r="E1826"/>
+      <c r="F1826"/>
+    </row>
+    <row r="1827" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1827"/>
+      <c r="D1827"/>
+      <c r="E1827"/>
+      <c r="F1827"/>
+    </row>
+    <row r="1828" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1828"/>
+      <c r="D1828"/>
+      <c r="E1828"/>
+      <c r="F1828"/>
+    </row>
+    <row r="1829" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1829" s="11"/>
+      <c r="D1829"/>
+      <c r="E1829"/>
+      <c r="F1829"/>
+    </row>
+    <row r="1830" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1830" s="12"/>
+      <c r="D1830"/>
+      <c r="E1830"/>
+      <c r="F1830"/>
+    </row>
+    <row r="1831" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1831"/>
+      <c r="D1831"/>
+      <c r="E1831"/>
+      <c r="F1831"/>
+    </row>
+    <row r="1832" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1832"/>
+      <c r="D1832"/>
+      <c r="E1832"/>
+      <c r="F1832"/>
+    </row>
+    <row r="1833" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1833"/>
+      <c r="D1833"/>
+      <c r="E1833"/>
+      <c r="F1833"/>
+    </row>
+    <row r="1834" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1834"/>
+      <c r="D1834"/>
+      <c r="E1834"/>
+      <c r="F1834"/>
+    </row>
+    <row r="1835" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1835"/>
+      <c r="D1835"/>
+      <c r="E1835"/>
+      <c r="F1835"/>
+    </row>
+    <row r="1836" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1836"/>
+      <c r="D1836"/>
+      <c r="E1836"/>
+      <c r="F1836"/>
+    </row>
+    <row r="1837" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1837"/>
+      <c r="D1837"/>
+      <c r="E1837"/>
+      <c r="F1837"/>
+    </row>
+    <row r="1838" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1838"/>
+      <c r="D1838"/>
+      <c r="E1838"/>
+      <c r="F1838"/>
+    </row>
+    <row r="1839" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1839"/>
+      <c r="D1839"/>
+      <c r="E1839"/>
+      <c r="F1839"/>
+    </row>
+    <row r="1840" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1840"/>
+      <c r="D1840"/>
+      <c r="E1840"/>
+      <c r="F1840"/>
+    </row>
+    <row r="1841" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1841"/>
+      <c r="D1841"/>
+      <c r="E1841"/>
+      <c r="F1841"/>
+    </row>
+    <row r="1842" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1842"/>
+      <c r="D1842"/>
+      <c r="E1842"/>
+      <c r="F1842"/>
+    </row>
+    <row r="1843" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1843"/>
+      <c r="D1843"/>
+      <c r="E1843"/>
+      <c r="F1843"/>
+    </row>
+    <row r="1844" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1844" s="12"/>
+      <c r="D1844"/>
+      <c r="E1844"/>
+      <c r="F1844"/>
+    </row>
+    <row r="1845" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1845"/>
+      <c r="D1845"/>
+      <c r="E1845"/>
+      <c r="F1845"/>
+    </row>
+    <row r="1846" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1846"/>
+      <c r="D1846"/>
+      <c r="E1846"/>
+      <c r="F1846"/>
+    </row>
+    <row r="1847" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1847"/>
+      <c r="D1847"/>
+      <c r="E1847"/>
+      <c r="F1847"/>
+    </row>
+    <row r="1848" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1848"/>
+      <c r="D1848"/>
+      <c r="E1848"/>
+      <c r="F1848"/>
+    </row>
+    <row r="1849" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1849"/>
+      <c r="D1849"/>
+      <c r="E1849"/>
+      <c r="F1849"/>
+    </row>
+    <row r="1850" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1850"/>
+      <c r="D1850"/>
+      <c r="E1850"/>
+      <c r="F1850"/>
+    </row>
+    <row r="1851" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1851"/>
+      <c r="D1851"/>
+      <c r="E1851"/>
+      <c r="F1851"/>
+    </row>
+    <row r="1852" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1852"/>
+      <c r="D1852"/>
+      <c r="E1852"/>
+      <c r="F1852"/>
+    </row>
+    <row r="1853" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1853"/>
+      <c r="D1853"/>
+      <c r="E1853"/>
+      <c r="F1853"/>
+    </row>
+    <row r="1854" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1854"/>
+      <c r="D1854"/>
+      <c r="E1854"/>
+      <c r="F1854"/>
+    </row>
+    <row r="1855" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1855"/>
+      <c r="D1855"/>
+      <c r="E1855"/>
+      <c r="F1855"/>
+    </row>
+    <row r="1856" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1856"/>
+      <c r="D1856"/>
+      <c r="E1856"/>
+      <c r="F1856"/>
+    </row>
+    <row r="1857" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1857"/>
+      <c r="D1857"/>
+      <c r="E1857"/>
+      <c r="F1857"/>
+    </row>
+    <row r="1858" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1858" s="12"/>
+      <c r="D1858"/>
+      <c r="E1858"/>
+      <c r="F1858"/>
+    </row>
+    <row r="1859" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1859"/>
+      <c r="D1859"/>
+      <c r="E1859"/>
+      <c r="F1859"/>
+    </row>
+    <row r="1860" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1860"/>
+      <c r="D1860"/>
+      <c r="E1860"/>
+      <c r="F1860"/>
+    </row>
+    <row r="1861" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1861"/>
+      <c r="D1861"/>
+      <c r="E1861"/>
+      <c r="F1861"/>
+    </row>
+    <row r="1862" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1862"/>
+      <c r="D1862"/>
+      <c r="E1862"/>
+      <c r="F1862"/>
+    </row>
+    <row r="1863" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1863"/>
+      <c r="D1863"/>
+      <c r="E1863"/>
+      <c r="F1863"/>
+    </row>
+    <row r="1864" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1864"/>
+      <c r="D1864"/>
+      <c r="E1864"/>
+      <c r="F1864"/>
+    </row>
+    <row r="1865" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1865"/>
+      <c r="D1865"/>
+      <c r="E1865"/>
+      <c r="F1865"/>
+    </row>
+    <row r="1866" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1866"/>
+      <c r="D1866"/>
+      <c r="E1866"/>
+      <c r="F1866"/>
+    </row>
+    <row r="1867" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1867"/>
+      <c r="D1867"/>
+      <c r="E1867"/>
+      <c r="F1867"/>
+    </row>
+    <row r="1868" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1868"/>
+      <c r="D1868"/>
+      <c r="E1868"/>
+      <c r="F1868"/>
+    </row>
+    <row r="1869" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1869"/>
+      <c r="D1869"/>
+      <c r="E1869"/>
+      <c r="F1869"/>
+    </row>
+    <row r="1870" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1870"/>
+      <c r="D1870"/>
+      <c r="E1870"/>
+      <c r="F1870"/>
+    </row>
+    <row r="1871" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1871"/>
+      <c r="D1871"/>
+      <c r="E1871"/>
+      <c r="F1871"/>
+    </row>
+    <row r="1872" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1872" s="12"/>
+      <c r="D1872"/>
+      <c r="E1872"/>
+      <c r="F1872"/>
+    </row>
+    <row r="1873" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1873"/>
+      <c r="D1873"/>
+      <c r="E1873"/>
+      <c r="F1873"/>
+    </row>
+    <row r="1874" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1874"/>
+      <c r="D1874"/>
+      <c r="E1874"/>
+      <c r="F1874"/>
+    </row>
+    <row r="1875" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1875"/>
+      <c r="D1875"/>
+      <c r="E1875"/>
+      <c r="F1875"/>
+    </row>
+    <row r="1876" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1876"/>
+      <c r="D1876"/>
+      <c r="E1876"/>
+      <c r="F1876"/>
+    </row>
+    <row r="1877" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1877"/>
+      <c r="D1877"/>
+      <c r="E1877"/>
+      <c r="F1877"/>
+    </row>
+    <row r="1878" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1878"/>
+      <c r="D1878"/>
+      <c r="E1878"/>
+      <c r="F1878"/>
+    </row>
+    <row r="1879" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1879"/>
+      <c r="D1879"/>
+      <c r="E1879"/>
+      <c r="F1879"/>
+    </row>
+    <row r="1880" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1880"/>
+      <c r="D1880"/>
+      <c r="E1880"/>
+      <c r="F1880"/>
+    </row>
+    <row r="1881" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1881"/>
+      <c r="D1881"/>
+      <c r="E1881"/>
+      <c r="F1881"/>
+    </row>
+    <row r="1882" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1882"/>
+      <c r="D1882"/>
+      <c r="E1882"/>
+      <c r="F1882"/>
+    </row>
+    <row r="1883" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1883"/>
+      <c r="D1883"/>
+      <c r="E1883"/>
+      <c r="F1883"/>
+    </row>
+    <row r="1884" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1884"/>
+      <c r="D1884"/>
+      <c r="E1884"/>
+      <c r="F1884"/>
+    </row>
+    <row r="1885" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1885"/>
+      <c r="D1885"/>
+      <c r="E1885"/>
+      <c r="F1885"/>
+    </row>
+    <row r="1886" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1886" s="11"/>
+      <c r="D1886"/>
+      <c r="E1886"/>
+      <c r="F1886"/>
+    </row>
+    <row r="1887" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1887" s="12"/>
+      <c r="D1887"/>
+      <c r="E1887"/>
+      <c r="F1887"/>
+    </row>
+    <row r="1888" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1888"/>
+      <c r="D1888"/>
+      <c r="E1888"/>
+      <c r="F1888"/>
+    </row>
+    <row r="1889" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1889"/>
+      <c r="D1889"/>
+      <c r="E1889"/>
+      <c r="F1889"/>
+    </row>
+    <row r="1890" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1890"/>
+      <c r="D1890"/>
+      <c r="E1890"/>
+      <c r="F1890"/>
+    </row>
+    <row r="1891" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1891"/>
+      <c r="D1891"/>
+      <c r="E1891"/>
+      <c r="F1891"/>
+    </row>
+    <row r="1892" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1892"/>
+      <c r="D1892"/>
+      <c r="E1892"/>
+      <c r="F1892"/>
+    </row>
+    <row r="1893" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1893"/>
+      <c r="D1893"/>
+      <c r="E1893"/>
+      <c r="F1893"/>
+    </row>
+    <row r="1894" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1894"/>
+      <c r="D1894"/>
+      <c r="E1894"/>
+      <c r="F1894"/>
+    </row>
+    <row r="1895" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1895"/>
+      <c r="D1895"/>
+      <c r="E1895"/>
+      <c r="F1895"/>
+    </row>
+    <row r="1896" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1896" s="11"/>
+      <c r="D1896"/>
+      <c r="E1896"/>
+      <c r="F1896"/>
+    </row>
+    <row r="1897" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1897" s="12"/>
+      <c r="D1897"/>
+      <c r="E1897"/>
+      <c r="F1897"/>
+    </row>
+    <row r="1898" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1898"/>
+      <c r="D1898"/>
+      <c r="E1898"/>
+      <c r="F1898"/>
+    </row>
+    <row r="1899" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1899"/>
+      <c r="D1899"/>
+      <c r="E1899"/>
+      <c r="F1899"/>
+    </row>
+    <row r="1900" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1900"/>
+      <c r="D1900"/>
+      <c r="E1900"/>
+      <c r="F1900"/>
+    </row>
+    <row r="1901" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1901"/>
+      <c r="D1901"/>
+      <c r="E1901"/>
+      <c r="F1901"/>
+    </row>
+    <row r="1902" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1902"/>
+      <c r="D1902"/>
+      <c r="E1902"/>
+      <c r="F1902"/>
+    </row>
+    <row r="1903" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1903"/>
+      <c r="D1903"/>
+      <c r="E1903"/>
+      <c r="F1903"/>
+    </row>
+    <row r="1904" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1904" s="11"/>
+      <c r="D1904"/>
+      <c r="E1904"/>
+      <c r="F1904"/>
+    </row>
+    <row r="1905" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1905" s="12"/>
+      <c r="D1905"/>
+      <c r="E1905"/>
+      <c r="F1905"/>
+    </row>
+    <row r="1906" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1906"/>
+      <c r="D1906"/>
+      <c r="E1906"/>
+      <c r="F1906"/>
+    </row>
+    <row r="1907" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1907"/>
+      <c r="D1907"/>
+      <c r="E1907"/>
+      <c r="F1907"/>
+    </row>
+    <row r="1908" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1908"/>
+      <c r="D1908"/>
+      <c r="E1908"/>
+      <c r="F1908"/>
+    </row>
+    <row r="1909" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1909"/>
+      <c r="D1909"/>
+      <c r="E1909"/>
+      <c r="F1909"/>
+    </row>
+    <row r="1910" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1910"/>
+      <c r="D1910"/>
+      <c r="E1910"/>
+      <c r="F1910"/>
+    </row>
+    <row r="1911" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1911"/>
+      <c r="D1911"/>
+      <c r="E1911"/>
+      <c r="F1911"/>
+    </row>
+    <row r="1912" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1912"/>
+      <c r="D1912"/>
+      <c r="E1912"/>
+      <c r="F1912"/>
+    </row>
+    <row r="1913" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1913"/>
+      <c r="D1913"/>
+      <c r="E1913"/>
+      <c r="F1913"/>
+    </row>
+    <row r="1914" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1914"/>
+      <c r="D1914"/>
+      <c r="E1914"/>
+      <c r="F1914"/>
+    </row>
+    <row r="1915" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1915"/>
+      <c r="D1915"/>
+      <c r="E1915"/>
+      <c r="F1915"/>
+    </row>
+    <row r="1916" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1916"/>
+      <c r="D1916"/>
+      <c r="E1916"/>
+      <c r="F1916"/>
+    </row>
+    <row r="1917" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1917"/>
+      <c r="D1917"/>
+      <c r="E1917"/>
+      <c r="F1917"/>
+    </row>
+    <row r="1918" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1918"/>
+      <c r="D1918"/>
+      <c r="E1918"/>
+      <c r="F1918"/>
+    </row>
+    <row r="1919" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1919"/>
+      <c r="D1919"/>
+      <c r="E1919"/>
+      <c r="F1919"/>
+    </row>
+    <row r="1920" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1920"/>
+      <c r="D1920"/>
+      <c r="E1920"/>
+      <c r="F1920"/>
+    </row>
+    <row r="1921" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1921"/>
+      <c r="D1921"/>
+      <c r="E1921"/>
+      <c r="F1921"/>
+    </row>
+    <row r="1922" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1922"/>
+      <c r="D1922"/>
+      <c r="E1922"/>
+      <c r="F1922"/>
+    </row>
+    <row r="1923" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1923"/>
+      <c r="D1923"/>
+      <c r="E1923"/>
+      <c r="F1923"/>
+    </row>
+    <row r="1924" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1924"/>
+      <c r="D1924"/>
+      <c r="E1924"/>
+      <c r="F1924"/>
+    </row>
+    <row r="1925" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1925"/>
+      <c r="D1925"/>
+      <c r="E1925"/>
+      <c r="F1925"/>
+    </row>
+    <row r="1926" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1926"/>
+      <c r="D1926"/>
+      <c r="E1926"/>
+      <c r="F1926"/>
+    </row>
+    <row r="1927" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1927"/>
+      <c r="D1927"/>
+      <c r="E1927"/>
+      <c r="F1927"/>
+    </row>
+    <row r="1928" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1928"/>
+      <c r="D1928"/>
+      <c r="E1928"/>
+      <c r="F1928"/>
+    </row>
+    <row r="1929" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1929"/>
+      <c r="D1929"/>
+      <c r="E1929"/>
+      <c r="F1929"/>
+    </row>
+    <row r="1930" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1930"/>
+      <c r="D1930"/>
+      <c r="E1930"/>
+      <c r="F1930"/>
+    </row>
+    <row r="1931" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1931"/>
+      <c r="D1931"/>
+      <c r="E1931"/>
+      <c r="F1931"/>
+    </row>
+    <row r="1932" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1932"/>
+      <c r="D1932"/>
+      <c r="E1932"/>
+      <c r="F1932"/>
+    </row>
+    <row r="1933" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1933"/>
+      <c r="D1933"/>
+      <c r="E1933"/>
+      <c r="F1933"/>
+    </row>
+    <row r="1934" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1934"/>
+      <c r="D1934"/>
+      <c r="E1934"/>
+      <c r="F1934"/>
+    </row>
+    <row r="1935" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1935"/>
+      <c r="D1935"/>
+      <c r="E1935"/>
+      <c r="F1935"/>
+    </row>
+    <row r="1936" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1936"/>
+      <c r="D1936"/>
+      <c r="E1936"/>
+      <c r="F1936"/>
+    </row>
+    <row r="1937" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1937"/>
+      <c r="D1937"/>
+      <c r="E1937"/>
+      <c r="F1937"/>
+    </row>
+    <row r="1938" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1938"/>
+      <c r="D1938"/>
+      <c r="E1938"/>
+      <c r="F1938"/>
+    </row>
+    <row r="1939" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1939"/>
+      <c r="D1939"/>
+      <c r="E1939"/>
+      <c r="F1939"/>
+    </row>
+    <row r="1940" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1940"/>
+      <c r="D1940"/>
+      <c r="E1940"/>
+      <c r="F1940"/>
+    </row>
+    <row r="1941" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1941"/>
+      <c r="D1941"/>
+      <c r="E1941"/>
+      <c r="F1941"/>
+    </row>
+    <row r="1942" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1942"/>
+      <c r="D1942"/>
+      <c r="E1942"/>
+      <c r="F1942"/>
+    </row>
+    <row r="1943" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1943"/>
+      <c r="D1943"/>
+      <c r="E1943"/>
+      <c r="F1943"/>
+    </row>
+    <row r="1944" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1944"/>
+      <c r="D1944"/>
+      <c r="E1944"/>
+      <c r="F1944"/>
+    </row>
+    <row r="1945" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1945"/>
+      <c r="D1945"/>
+      <c r="E1945"/>
+      <c r="F1945"/>
+    </row>
+    <row r="1946" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1946"/>
+      <c r="D1946"/>
+      <c r="E1946"/>
+      <c r="F1946"/>
+    </row>
+    <row r="1947" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1947"/>
+      <c r="D1947"/>
+      <c r="E1947"/>
+      <c r="F1947"/>
+    </row>
+    <row r="1948" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1948"/>
+      <c r="D1948"/>
+      <c r="E1948"/>
+      <c r="F1948"/>
+    </row>
+    <row r="1949" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1949"/>
+      <c r="D1949"/>
+      <c r="E1949"/>
+      <c r="F1949"/>
+    </row>
+    <row r="1950" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1950"/>
+      <c r="D1950"/>
+      <c r="E1950"/>
+      <c r="F1950"/>
+    </row>
+    <row r="1951" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1951"/>
+      <c r="D1951"/>
+      <c r="E1951"/>
+      <c r="F1951"/>
+    </row>
+    <row r="1952" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1952"/>
+      <c r="D1952"/>
+      <c r="E1952"/>
+      <c r="F1952"/>
+    </row>
+    <row r="1953" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1953"/>
+      <c r="D1953"/>
+      <c r="E1953"/>
+      <c r="F1953"/>
+    </row>
+    <row r="1954" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1954"/>
+      <c r="D1954"/>
+      <c r="E1954"/>
+      <c r="F1954"/>
+    </row>
+    <row r="1955" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1955"/>
+      <c r="D1955"/>
+      <c r="E1955"/>
+      <c r="F1955"/>
+    </row>
+    <row r="1956" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1956"/>
+      <c r="D1956"/>
+      <c r="E1956"/>
+      <c r="F1956"/>
+    </row>
+    <row r="1957" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1957"/>
+      <c r="D1957"/>
+      <c r="E1957"/>
+      <c r="F1957"/>
+    </row>
+    <row r="1958" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1958"/>
+      <c r="D1958"/>
+      <c r="E1958"/>
+      <c r="F1958"/>
+    </row>
+    <row r="1959" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1959"/>
+      <c r="D1959"/>
+      <c r="E1959"/>
+      <c r="F1959"/>
+    </row>
+    <row r="1960" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1960"/>
+      <c r="D1960"/>
+      <c r="E1960"/>
+      <c r="F1960"/>
+    </row>
+    <row r="1961" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1961"/>
+      <c r="D1961"/>
+      <c r="E1961"/>
+      <c r="F1961"/>
+    </row>
+    <row r="1962" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1962"/>
+      <c r="D1962"/>
+      <c r="E1962"/>
+      <c r="F1962"/>
+    </row>
+    <row r="1963" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1963"/>
+      <c r="D1963"/>
+      <c r="E1963"/>
+      <c r="F1963"/>
+    </row>
+    <row r="1964" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1964"/>
+      <c r="D1964"/>
+      <c r="E1964"/>
+      <c r="F1964"/>
+    </row>
+    <row r="1965" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1965"/>
+      <c r="D1965"/>
+      <c r="E1965"/>
+      <c r="F1965"/>
+    </row>
+    <row r="1966" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1966"/>
+      <c r="D1966"/>
+      <c r="E1966"/>
+      <c r="F1966"/>
+    </row>
+    <row r="1967" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1967"/>
+      <c r="D1967"/>
+      <c r="E1967"/>
+      <c r="F1967"/>
+    </row>
+    <row r="1968" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1968"/>
+      <c r="D1968"/>
+      <c r="E1968"/>
+      <c r="F1968"/>
+    </row>
+    <row r="1969" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1969"/>
+      <c r="D1969"/>
+      <c r="E1969"/>
+      <c r="F1969"/>
+    </row>
+    <row r="1970" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1970"/>
+      <c r="D1970"/>
+      <c r="E1970"/>
+      <c r="F1970"/>
+    </row>
+    <row r="1971" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1971"/>
+      <c r="D1971"/>
+      <c r="E1971"/>
+      <c r="F1971"/>
+    </row>
+    <row r="1972" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1972"/>
+      <c r="D1972"/>
+      <c r="E1972"/>
+      <c r="F1972"/>
+    </row>
+    <row r="1973" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1973"/>
+      <c r="D1973"/>
+      <c r="E1973"/>
+      <c r="F1973"/>
+    </row>
+    <row r="1974" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1974"/>
+      <c r="D1974"/>
+      <c r="E1974"/>
+      <c r="F1974"/>
+    </row>
+    <row r="1975" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1975"/>
+      <c r="D1975"/>
+      <c r="E1975"/>
+      <c r="F1975"/>
+    </row>
+    <row r="1976" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1976"/>
+      <c r="D1976"/>
+      <c r="E1976"/>
+      <c r="F1976"/>
+    </row>
+    <row r="1977" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1977"/>
+      <c r="D1977"/>
+      <c r="E1977"/>
+      <c r="F1977"/>
+    </row>
+    <row r="1978" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1978"/>
+      <c r="D1978"/>
+      <c r="E1978"/>
+      <c r="F1978"/>
+    </row>
+    <row r="1979" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1979"/>
+      <c r="D1979"/>
+      <c r="E1979"/>
+      <c r="F1979"/>
+    </row>
+    <row r="1980" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1980"/>
+      <c r="D1980"/>
+      <c r="E1980"/>
+      <c r="F1980"/>
+    </row>
+    <row r="1981" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1981"/>
+      <c r="D1981"/>
+      <c r="E1981"/>
+      <c r="F1981"/>
+    </row>
+    <row r="1982" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1982"/>
+      <c r="D1982"/>
+      <c r="E1982"/>
+      <c r="F1982"/>
+    </row>
+    <row r="1983" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1983"/>
+      <c r="D1983"/>
+      <c r="E1983"/>
+      <c r="F1983"/>
+    </row>
+    <row r="1984" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1984"/>
+      <c r="D1984"/>
+      <c r="E1984"/>
+      <c r="F1984"/>
+    </row>
+    <row r="1985" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1985"/>
+      <c r="D1985"/>
+      <c r="E1985"/>
+      <c r="F1985"/>
+    </row>
+    <row r="1986" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1986"/>
+      <c r="D1986"/>
+      <c r="E1986"/>
+      <c r="F1986"/>
+    </row>
+    <row r="1987" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1987"/>
+      <c r="D1987"/>
+      <c r="E1987"/>
+      <c r="F1987"/>
+    </row>
+    <row r="1988" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1988"/>
+      <c r="D1988"/>
+      <c r="E1988"/>
+      <c r="F1988"/>
+    </row>
+    <row r="1989" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1989"/>
+      <c r="D1989"/>
+      <c r="E1989"/>
+      <c r="F1989"/>
+    </row>
+    <row r="1990" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1990"/>
+      <c r="D1990"/>
+      <c r="E1990"/>
+      <c r="F1990"/>
+    </row>
+    <row r="1991" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1991"/>
+      <c r="D1991"/>
+      <c r="E1991"/>
+      <c r="F1991"/>
+    </row>
+    <row r="1992" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1992"/>
+      <c r="D1992"/>
+      <c r="E1992"/>
+      <c r="F1992"/>
+    </row>
+    <row r="1993" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1993"/>
+      <c r="D1993"/>
+      <c r="E1993"/>
+      <c r="F1993"/>
+    </row>
+    <row r="1994" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1994"/>
+      <c r="D1994"/>
+      <c r="E1994"/>
+      <c r="F1994"/>
+    </row>
+    <row r="1995" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1995"/>
+      <c r="D1995"/>
+      <c r="E1995"/>
+      <c r="F1995"/>
+    </row>
+    <row r="1996" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1996"/>
+      <c r="D1996"/>
+      <c r="E1996"/>
+      <c r="F1996"/>
+    </row>
+    <row r="1997" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1997"/>
+      <c r="D1997"/>
+      <c r="E1997"/>
+      <c r="F1997"/>
+    </row>
+    <row r="1998" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1998"/>
+      <c r="D1998"/>
+      <c r="E1998"/>
+      <c r="F1998"/>
+    </row>
+    <row r="1999" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C1999"/>
+      <c r="D1999"/>
+      <c r="E1999"/>
+      <c r="F1999"/>
+    </row>
+    <row r="2000" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2000"/>
+      <c r="D2000"/>
+      <c r="E2000"/>
+      <c r="F2000"/>
+    </row>
+    <row r="2001" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2001"/>
+      <c r="D2001"/>
+      <c r="E2001"/>
+      <c r="F2001"/>
+    </row>
+    <row r="2002" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2002"/>
+      <c r="D2002"/>
+      <c r="E2002"/>
+      <c r="F2002"/>
+    </row>
+    <row r="2003" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2003"/>
+      <c r="D2003"/>
+      <c r="E2003"/>
+      <c r="F2003"/>
+    </row>
+    <row r="2004" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2004"/>
+      <c r="D2004"/>
+      <c r="E2004"/>
+      <c r="F2004"/>
+    </row>
+    <row r="2005" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2005"/>
+      <c r="D2005"/>
+      <c r="E2005"/>
+      <c r="F2005"/>
+    </row>
+    <row r="2006" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2006"/>
+      <c r="D2006"/>
+      <c r="E2006"/>
+      <c r="F2006"/>
+    </row>
+    <row r="2007" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2007"/>
+      <c r="D2007"/>
+      <c r="E2007"/>
+      <c r="F2007"/>
+    </row>
+    <row r="2008" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2008"/>
+      <c r="D2008"/>
+      <c r="E2008"/>
+      <c r="F2008"/>
+    </row>
+    <row r="2009" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2009"/>
+      <c r="D2009"/>
+      <c r="E2009"/>
+      <c r="F2009"/>
+    </row>
+    <row r="2010" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2010"/>
+      <c r="D2010"/>
+      <c r="E2010"/>
+      <c r="F2010"/>
+    </row>
+    <row r="2011" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2011"/>
+      <c r="D2011"/>
+      <c r="E2011"/>
+      <c r="F2011"/>
+    </row>
+    <row r="2012" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2012"/>
+      <c r="D2012"/>
+      <c r="E2012"/>
+      <c r="F2012"/>
+    </row>
+    <row r="2013" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2013"/>
+      <c r="D2013"/>
+      <c r="E2013"/>
+      <c r="F2013"/>
+    </row>
+    <row r="2014" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2014"/>
+      <c r="D2014"/>
+      <c r="E2014"/>
+      <c r="F2014"/>
+    </row>
+    <row r="2015" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2015"/>
+      <c r="D2015"/>
+      <c r="E2015"/>
+      <c r="F2015"/>
+    </row>
+    <row r="2016" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2016"/>
+      <c r="D2016"/>
+      <c r="E2016"/>
+      <c r="F2016"/>
+    </row>
+    <row r="2017" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2017"/>
+      <c r="D2017"/>
+      <c r="E2017"/>
+      <c r="F2017"/>
+    </row>
+    <row r="2018" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2018"/>
+      <c r="D2018"/>
+      <c r="E2018"/>
+      <c r="F2018"/>
+    </row>
+    <row r="2019" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2019"/>
+      <c r="D2019"/>
+      <c r="E2019"/>
+      <c r="F2019"/>
+    </row>
+    <row r="2020" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2020"/>
+      <c r="D2020"/>
+      <c r="E2020"/>
+      <c r="F2020"/>
+    </row>
+    <row r="2021" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2021"/>
+      <c r="D2021"/>
+      <c r="E2021"/>
+      <c r="F2021"/>
+    </row>
+    <row r="2022" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2022"/>
+      <c r="D2022"/>
+      <c r="E2022"/>
+      <c r="F2022"/>
+    </row>
+    <row r="2023" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2023"/>
+      <c r="D2023"/>
+      <c r="E2023"/>
+      <c r="F2023"/>
+    </row>
+    <row r="2024" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2024"/>
+      <c r="D2024"/>
+      <c r="E2024"/>
+      <c r="F2024"/>
+    </row>
+    <row r="2025" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2025"/>
+      <c r="D2025"/>
+      <c r="E2025"/>
+      <c r="F2025"/>
+    </row>
+    <row r="2026" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2026"/>
+      <c r="D2026"/>
+      <c r="E2026"/>
+      <c r="F2026"/>
+    </row>
+    <row r="2027" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2027"/>
+      <c r="D2027"/>
+      <c r="E2027"/>
+      <c r="F2027"/>
+    </row>
+    <row r="2028" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2028"/>
+      <c r="D2028"/>
+      <c r="E2028"/>
+      <c r="F2028"/>
+    </row>
+    <row r="2029" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2029"/>
+      <c r="D2029"/>
+      <c r="E2029"/>
+      <c r="F2029"/>
+    </row>
+    <row r="2030" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2030"/>
+      <c r="D2030"/>
+      <c r="E2030"/>
+      <c r="F2030"/>
+    </row>
+    <row r="2031" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2031"/>
+      <c r="D2031"/>
+      <c r="E2031"/>
+      <c r="F2031"/>
+    </row>
+    <row r="2032" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2032"/>
+      <c r="D2032"/>
+      <c r="E2032"/>
+      <c r="F2032"/>
+    </row>
+    <row r="2033" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2033"/>
+      <c r="D2033"/>
+      <c r="E2033"/>
+      <c r="F2033"/>
+    </row>
+    <row r="2034" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2034"/>
+      <c r="D2034"/>
+      <c r="E2034"/>
+      <c r="F2034"/>
+    </row>
+    <row r="2035" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2035"/>
+      <c r="D2035"/>
+      <c r="E2035"/>
+      <c r="F2035"/>
+    </row>
+    <row r="2036" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2036"/>
+      <c r="D2036"/>
+      <c r="E2036"/>
+      <c r="F2036"/>
+    </row>
+    <row r="2037" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2037"/>
+      <c r="D2037"/>
+      <c r="E2037"/>
+      <c r="F2037"/>
+    </row>
+    <row r="2038" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2038"/>
+      <c r="D2038"/>
+      <c r="E2038"/>
+      <c r="F2038"/>
+    </row>
+    <row r="2039" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2039"/>
+      <c r="D2039"/>
+      <c r="E2039"/>
+      <c r="F2039"/>
+    </row>
+    <row r="2040" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2040"/>
+      <c r="D2040"/>
+      <c r="E2040"/>
+      <c r="F2040"/>
+    </row>
+    <row r="2041" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2041"/>
+      <c r="D2041"/>
+      <c r="E2041"/>
+      <c r="F2041"/>
+    </row>
+    <row r="2042" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2042"/>
+      <c r="D2042"/>
+      <c r="E2042"/>
+      <c r="F2042"/>
+    </row>
+    <row r="2043" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2043"/>
+      <c r="D2043"/>
+      <c r="E2043"/>
+      <c r="F2043"/>
+    </row>
+    <row r="2044" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2044"/>
+      <c r="D2044"/>
+      <c r="E2044"/>
+      <c r="F2044"/>
+    </row>
+    <row r="2045" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2045"/>
+      <c r="D2045"/>
+      <c r="E2045"/>
+      <c r="F2045"/>
+    </row>
+    <row r="2046" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2046"/>
+      <c r="D2046"/>
+      <c r="E2046"/>
+      <c r="F2046"/>
+    </row>
+    <row r="2047" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2047"/>
+      <c r="D2047"/>
+      <c r="E2047"/>
+      <c r="F2047"/>
+    </row>
+    <row r="2048" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2048"/>
+      <c r="D2048"/>
+      <c r="E2048"/>
+      <c r="F2048"/>
+    </row>
+    <row r="2049" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2049"/>
+      <c r="D2049"/>
+      <c r="E2049"/>
+      <c r="F2049"/>
+    </row>
+    <row r="2050" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2050"/>
+      <c r="D2050"/>
+      <c r="E2050"/>
+      <c r="F2050"/>
+    </row>
+    <row r="2051" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2051"/>
+      <c r="D2051"/>
+      <c r="E2051"/>
+      <c r="F2051"/>
+    </row>
+    <row r="2052" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2052"/>
+      <c r="D2052"/>
+      <c r="E2052"/>
+      <c r="F2052"/>
+    </row>
+    <row r="2053" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2053"/>
+      <c r="D2053"/>
+      <c r="E2053"/>
+      <c r="F2053"/>
+    </row>
+    <row r="2054" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2054"/>
+      <c r="D2054"/>
+      <c r="E2054"/>
+      <c r="F2054"/>
+    </row>
+    <row r="2055" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2055"/>
+      <c r="D2055"/>
+      <c r="E2055"/>
+      <c r="F2055"/>
+    </row>
+    <row r="2056" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2056"/>
+      <c r="D2056"/>
+      <c r="E2056"/>
+      <c r="F2056"/>
+    </row>
+    <row r="2057" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2057"/>
+      <c r="D2057"/>
+      <c r="E2057"/>
+      <c r="F2057"/>
+    </row>
+    <row r="2058" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2058"/>
+      <c r="D2058"/>
+      <c r="E2058"/>
+      <c r="F2058"/>
+    </row>
+    <row r="2059" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2059"/>
+      <c r="D2059"/>
+      <c r="E2059"/>
+      <c r="F2059"/>
+    </row>
+    <row r="2060" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2060"/>
+      <c r="D2060"/>
+      <c r="E2060"/>
+      <c r="F2060"/>
+    </row>
+    <row r="2061" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2061"/>
+      <c r="D2061"/>
+      <c r="E2061"/>
+      <c r="F2061"/>
+    </row>
+    <row r="2062" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2062"/>
+      <c r="D2062"/>
+      <c r="E2062"/>
+      <c r="F2062"/>
+    </row>
+    <row r="2063" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2063"/>
+      <c r="D2063"/>
+      <c r="E2063"/>
+      <c r="F2063"/>
+    </row>
+    <row r="2064" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2064"/>
+      <c r="D2064"/>
+      <c r="E2064"/>
+      <c r="F2064"/>
+    </row>
+    <row r="2065" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2065"/>
+      <c r="D2065"/>
+      <c r="E2065"/>
+      <c r="F2065"/>
+    </row>
+    <row r="2066" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2066"/>
+      <c r="D2066"/>
+      <c r="E2066"/>
+      <c r="F2066"/>
+    </row>
+    <row r="2067" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2067"/>
+      <c r="D2067"/>
+      <c r="E2067"/>
+      <c r="F2067"/>
+    </row>
+    <row r="2068" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2068"/>
+      <c r="D2068"/>
+      <c r="E2068"/>
+      <c r="F2068"/>
+    </row>
+    <row r="2069" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2069"/>
+      <c r="D2069"/>
+      <c r="E2069"/>
+      <c r="F2069"/>
+    </row>
+    <row r="2070" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2070"/>
+      <c r="D2070"/>
+      <c r="E2070"/>
+      <c r="F2070"/>
+    </row>
+    <row r="2071" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2071"/>
+      <c r="D2071"/>
+      <c r="E2071"/>
+      <c r="F2071"/>
+    </row>
+    <row r="2072" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2072"/>
+      <c r="D2072"/>
+      <c r="E2072"/>
+      <c r="F2072"/>
+    </row>
+    <row r="2073" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2073"/>
+      <c r="D2073"/>
+      <c r="E2073"/>
+      <c r="F2073"/>
+    </row>
+    <row r="2074" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2074"/>
+      <c r="D2074"/>
+      <c r="E2074"/>
+      <c r="F2074"/>
+    </row>
+    <row r="2075" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2075"/>
+      <c r="D2075"/>
+      <c r="E2075"/>
+      <c r="F2075"/>
+    </row>
+    <row r="2076" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2076"/>
+      <c r="D2076"/>
+      <c r="E2076"/>
+      <c r="F2076"/>
+    </row>
+    <row r="2077" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2077"/>
+      <c r="D2077"/>
+      <c r="E2077"/>
+      <c r="F2077"/>
+    </row>
+    <row r="2078" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2078"/>
+      <c r="D2078"/>
+      <c r="E2078"/>
+      <c r="F2078"/>
+    </row>
+    <row r="2079" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2079"/>
+      <c r="D2079"/>
+      <c r="E2079"/>
+      <c r="F2079"/>
+    </row>
+    <row r="2080" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2080"/>
+      <c r="D2080"/>
+      <c r="E2080"/>
+      <c r="F2080"/>
+    </row>
+    <row r="2081" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2081"/>
+      <c r="D2081"/>
+      <c r="E2081"/>
+      <c r="F2081"/>
+    </row>
+    <row r="2082" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2082"/>
+      <c r="D2082"/>
+      <c r="E2082"/>
+      <c r="F2082"/>
+    </row>
+    <row r="2083" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2083"/>
+      <c r="D2083"/>
+      <c r="E2083"/>
+      <c r="F2083"/>
+    </row>
+    <row r="2084" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2084"/>
+      <c r="D2084"/>
+      <c r="E2084"/>
+      <c r="F2084"/>
+    </row>
+    <row r="2085" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2085"/>
+      <c r="D2085"/>
+      <c r="E2085"/>
+      <c r="F2085"/>
+    </row>
+    <row r="2086" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2086"/>
+      <c r="D2086"/>
+      <c r="E2086"/>
+      <c r="F2086"/>
+    </row>
+    <row r="2087" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2087"/>
+      <c r="D2087"/>
+      <c r="E2087"/>
+      <c r="F2087"/>
+    </row>
+    <row r="2088" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2088"/>
+      <c r="D2088"/>
+      <c r="E2088"/>
+      <c r="F2088"/>
+    </row>
+    <row r="2089" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2089"/>
+      <c r="D2089"/>
+      <c r="E2089"/>
+      <c r="F2089"/>
+    </row>
+    <row r="2090" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2090"/>
+      <c r="D2090"/>
+      <c r="E2090"/>
+      <c r="F2090"/>
+    </row>
+    <row r="2091" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2091"/>
+      <c r="D2091"/>
+      <c r="E2091"/>
+      <c r="F2091"/>
+    </row>
+    <row r="2092" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2092"/>
+      <c r="D2092"/>
+      <c r="E2092"/>
+      <c r="F2092"/>
+    </row>
+    <row r="2093" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2093"/>
+      <c r="D2093"/>
+      <c r="E2093"/>
+      <c r="F2093"/>
+    </row>
+    <row r="2094" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2094"/>
+      <c r="D2094"/>
+      <c r="E2094"/>
+      <c r="F2094"/>
+    </row>
+    <row r="2095" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2095"/>
+      <c r="D2095"/>
+      <c r="E2095"/>
+      <c r="F2095"/>
+    </row>
+    <row r="2096" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2096"/>
+      <c r="D2096"/>
+      <c r="E2096"/>
+      <c r="F2096"/>
+    </row>
+    <row r="2097" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2097"/>
+      <c r="D2097"/>
+      <c r="E2097"/>
+      <c r="F2097"/>
+    </row>
+    <row r="2098" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2098"/>
+      <c r="D2098"/>
+      <c r="E2098"/>
+      <c r="F2098"/>
+    </row>
+    <row r="2099" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2099"/>
+      <c r="D2099"/>
+      <c r="E2099"/>
+      <c r="F2099"/>
+    </row>
+    <row r="2100" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2100"/>
+      <c r="D2100"/>
+      <c r="E2100"/>
+      <c r="F2100"/>
+    </row>
+    <row r="2101" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2101"/>
+      <c r="D2101"/>
+      <c r="E2101"/>
+      <c r="F2101"/>
+    </row>
+    <row r="2102" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2102"/>
+      <c r="D2102"/>
+      <c r="E2102"/>
+      <c r="F2102"/>
+    </row>
+    <row r="2103" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2103"/>
+      <c r="D2103"/>
+      <c r="E2103"/>
+      <c r="F2103"/>
+    </row>
+    <row r="2104" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2104"/>
+      <c r="D2104"/>
+      <c r="E2104"/>
+      <c r="F2104"/>
+    </row>
+    <row r="2105" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2105"/>
+      <c r="D2105"/>
+      <c r="E2105"/>
+      <c r="F2105"/>
+    </row>
+    <row r="2106" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2106"/>
+      <c r="D2106"/>
+      <c r="E2106"/>
+      <c r="F2106"/>
+    </row>
+    <row r="2107" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2107"/>
+      <c r="D2107"/>
+      <c r="E2107"/>
+      <c r="F2107"/>
+    </row>
+    <row r="2108" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2108"/>
+      <c r="D2108"/>
+      <c r="E2108"/>
+      <c r="F2108"/>
+    </row>
+    <row r="2109" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2109"/>
+      <c r="D2109"/>
+      <c r="E2109"/>
+      <c r="F2109"/>
+    </row>
+    <row r="2110" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2110"/>
+      <c r="D2110"/>
+      <c r="E2110"/>
+      <c r="F2110"/>
+    </row>
+    <row r="2111" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2111"/>
+      <c r="D2111"/>
+      <c r="E2111"/>
+      <c r="F2111"/>
+    </row>
+    <row r="2112" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2112"/>
+      <c r="D2112"/>
+      <c r="E2112"/>
+      <c r="F2112"/>
+    </row>
+    <row r="2113" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2113"/>
+      <c r="D2113"/>
+      <c r="E2113"/>
+      <c r="F2113"/>
+    </row>
+    <row r="2114" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2114"/>
+      <c r="D2114"/>
+      <c r="E2114"/>
+      <c r="F2114"/>
+    </row>
+    <row r="2115" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2115"/>
+      <c r="D2115"/>
+      <c r="E2115"/>
+      <c r="F2115"/>
+    </row>
+    <row r="2116" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2116"/>
+      <c r="D2116"/>
+      <c r="E2116"/>
+      <c r="F2116"/>
+    </row>
+    <row r="2117" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2117"/>
+      <c r="D2117"/>
+      <c r="E2117"/>
+      <c r="F2117"/>
+    </row>
+    <row r="2118" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2118"/>
+      <c r="D2118"/>
+      <c r="E2118"/>
+      <c r="F2118"/>
+    </row>
+    <row r="2119" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2119"/>
+      <c r="D2119"/>
+      <c r="E2119"/>
+      <c r="F2119"/>
+    </row>
+    <row r="2120" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2120"/>
+      <c r="D2120"/>
+      <c r="E2120"/>
+      <c r="F2120"/>
+    </row>
+    <row r="2121" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2121"/>
+      <c r="D2121"/>
+      <c r="E2121"/>
+      <c r="F2121"/>
+    </row>
+    <row r="2122" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2122"/>
+      <c r="D2122"/>
+      <c r="E2122"/>
+      <c r="F2122"/>
+    </row>
+    <row r="2123" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2123"/>
+      <c r="D2123"/>
+      <c r="E2123"/>
+      <c r="F2123"/>
+    </row>
+    <row r="2124" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2124"/>
+      <c r="D2124"/>
+      <c r="E2124"/>
+      <c r="F2124"/>
+    </row>
+    <row r="2125" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2125"/>
+      <c r="D2125"/>
+      <c r="E2125"/>
+      <c r="F2125"/>
+    </row>
+    <row r="2126" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2126"/>
+      <c r="D2126"/>
+      <c r="E2126"/>
+      <c r="F2126"/>
+    </row>
+    <row r="2127" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2127"/>
+      <c r="D2127"/>
+      <c r="E2127"/>
+      <c r="F2127"/>
+    </row>
+    <row r="2128" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2128"/>
+      <c r="D2128"/>
+      <c r="E2128"/>
+      <c r="F2128"/>
+    </row>
+    <row r="2129" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2129"/>
+      <c r="D2129"/>
+      <c r="E2129"/>
+      <c r="F2129"/>
+    </row>
+    <row r="2130" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2130"/>
+      <c r="D2130"/>
+      <c r="E2130"/>
+      <c r="F2130"/>
+    </row>
+    <row r="2131" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2131"/>
+      <c r="D2131"/>
+      <c r="E2131"/>
+      <c r="F2131"/>
+    </row>
+    <row r="2132" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2132"/>
+      <c r="D2132"/>
+      <c r="E2132"/>
+      <c r="F2132"/>
+    </row>
+    <row r="2133" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2133"/>
+      <c r="D2133"/>
+      <c r="E2133"/>
+      <c r="F2133"/>
+    </row>
+    <row r="2134" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2134"/>
+      <c r="D2134"/>
+      <c r="E2134"/>
+      <c r="F2134"/>
+    </row>
+    <row r="2135" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2135"/>
+      <c r="D2135"/>
+      <c r="E2135"/>
+      <c r="F2135"/>
+    </row>
+    <row r="2136" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2136"/>
+      <c r="D2136"/>
+      <c r="E2136"/>
+      <c r="F2136"/>
+    </row>
+    <row r="2137" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2137"/>
+      <c r="D2137"/>
+      <c r="E2137"/>
+      <c r="F2137"/>
+    </row>
+    <row r="2138" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2138"/>
+      <c r="D2138"/>
+      <c r="E2138"/>
+      <c r="F2138"/>
+    </row>
+    <row r="2139" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2139"/>
+      <c r="D2139"/>
+      <c r="E2139"/>
+      <c r="F2139"/>
+    </row>
+    <row r="2140" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2140"/>
+      <c r="D2140"/>
+      <c r="E2140"/>
+      <c r="F2140"/>
+    </row>
+    <row r="2141" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2141"/>
+      <c r="D2141"/>
+      <c r="E2141"/>
+      <c r="F2141"/>
+    </row>
+    <row r="2142" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2142"/>
+      <c r="D2142"/>
+      <c r="E2142"/>
+      <c r="F2142"/>
+    </row>
+    <row r="2143" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2143"/>
+      <c r="D2143"/>
+      <c r="E2143"/>
+      <c r="F2143"/>
+    </row>
+    <row r="2144" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2144"/>
+      <c r="D2144"/>
+      <c r="E2144"/>
+      <c r="F2144"/>
+    </row>
+    <row r="2145" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2145"/>
+      <c r="D2145"/>
+      <c r="E2145"/>
+      <c r="F2145"/>
+    </row>
+    <row r="2146" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2146"/>
+      <c r="D2146"/>
+      <c r="E2146"/>
+      <c r="F2146"/>
+    </row>
+    <row r="2147" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2147"/>
+      <c r="D2147"/>
+      <c r="E2147"/>
+      <c r="F2147"/>
+    </row>
+    <row r="2148" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2148"/>
+      <c r="D2148"/>
+      <c r="E2148"/>
+      <c r="F2148"/>
+    </row>
+    <row r="2149" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2149"/>
+      <c r="D2149"/>
+      <c r="E2149"/>
+      <c r="F2149"/>
+    </row>
+    <row r="2150" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2150"/>
+      <c r="D2150"/>
+      <c r="E2150"/>
+      <c r="F2150"/>
+    </row>
+    <row r="2151" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2151"/>
+      <c r="D2151"/>
+      <c r="E2151"/>
+      <c r="F2151"/>
+    </row>
+    <row r="2152" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2152"/>
+      <c r="D2152"/>
+      <c r="E2152"/>
+      <c r="F2152"/>
+    </row>
+    <row r="2153" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2153"/>
+      <c r="D2153"/>
+      <c r="E2153"/>
+      <c r="F2153"/>
+    </row>
+    <row r="2154" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2154"/>
+      <c r="D2154"/>
+      <c r="E2154"/>
+      <c r="F2154"/>
+    </row>
+    <row r="2155" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2155"/>
+      <c r="D2155"/>
+      <c r="E2155"/>
+      <c r="F2155"/>
+    </row>
+    <row r="2156" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2156"/>
+      <c r="D2156"/>
+      <c r="E2156"/>
+      <c r="F2156"/>
+    </row>
+    <row r="2157" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2157"/>
+      <c r="D2157"/>
+      <c r="E2157"/>
+      <c r="F2157"/>
+    </row>
+    <row r="2158" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2158"/>
+      <c r="D2158"/>
+      <c r="E2158"/>
+      <c r="F2158"/>
+    </row>
+    <row r="2159" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2159"/>
+      <c r="D2159"/>
+      <c r="E2159"/>
+      <c r="F2159"/>
+    </row>
+    <row r="2160" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2160"/>
+      <c r="D2160"/>
+      <c r="E2160"/>
+      <c r="F2160"/>
+    </row>
+    <row r="2161" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2161"/>
+      <c r="D2161"/>
+      <c r="E2161"/>
+      <c r="F2161"/>
+    </row>
+    <row r="2162" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2162"/>
+      <c r="D2162"/>
+      <c r="E2162"/>
+      <c r="F2162"/>
+    </row>
+    <row r="2163" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2163"/>
+      <c r="D2163"/>
+      <c r="E2163"/>
+      <c r="F2163"/>
+    </row>
+    <row r="2164" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2164"/>
+      <c r="D2164"/>
+      <c r="E2164"/>
+      <c r="F2164"/>
+    </row>
+    <row r="2165" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2165"/>
+      <c r="D2165"/>
+      <c r="E2165"/>
+      <c r="F2165"/>
+    </row>
+    <row r="2166" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2166"/>
+      <c r="D2166"/>
+      <c r="E2166"/>
+      <c r="F2166"/>
+    </row>
+    <row r="2167" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2167"/>
+      <c r="D2167"/>
+      <c r="E2167"/>
+      <c r="F2167"/>
+    </row>
+    <row r="2168" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2168"/>
+      <c r="D2168"/>
+      <c r="E2168"/>
+      <c r="F2168"/>
+    </row>
+    <row r="2169" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2169"/>
+      <c r="D2169"/>
+      <c r="E2169"/>
+      <c r="F2169"/>
+    </row>
+    <row r="2170" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2170"/>
+      <c r="D2170"/>
+      <c r="E2170"/>
+      <c r="F2170"/>
+    </row>
+    <row r="2171" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2171"/>
+      <c r="D2171"/>
+      <c r="E2171"/>
+      <c r="F2171"/>
+    </row>
+    <row r="2172" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2172"/>
+      <c r="D2172"/>
+      <c r="E2172"/>
+      <c r="F2172"/>
+    </row>
+    <row r="2173" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2173"/>
+      <c r="D2173"/>
+      <c r="E2173"/>
+      <c r="F2173"/>
+    </row>
+    <row r="2174" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2174"/>
+      <c r="D2174"/>
+      <c r="E2174"/>
+      <c r="F2174"/>
+    </row>
+    <row r="2175" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2175"/>
+      <c r="D2175"/>
+      <c r="E2175"/>
+      <c r="F2175"/>
+    </row>
+    <row r="2176" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2176"/>
+      <c r="D2176"/>
+      <c r="E2176"/>
+      <c r="F2176"/>
+    </row>
+    <row r="2177" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2177"/>
+      <c r="D2177"/>
+      <c r="E2177"/>
+      <c r="F2177"/>
+    </row>
+    <row r="2178" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2178"/>
+      <c r="D2178"/>
+      <c r="E2178"/>
+      <c r="F2178"/>
+    </row>
+    <row r="2179" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2179"/>
+      <c r="D2179"/>
+      <c r="E2179"/>
+      <c r="F2179"/>
+    </row>
+    <row r="2180" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2180"/>
+      <c r="D2180"/>
+      <c r="E2180"/>
+      <c r="F2180"/>
+    </row>
+    <row r="2181" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2181"/>
+      <c r="D2181"/>
+      <c r="E2181"/>
+      <c r="F2181"/>
+    </row>
+    <row r="2182" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2182"/>
+      <c r="D2182"/>
+      <c r="E2182"/>
+      <c r="F2182"/>
+    </row>
+    <row r="2183" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2183"/>
+      <c r="D2183"/>
+      <c r="E2183"/>
+      <c r="F2183"/>
+    </row>
+    <row r="2184" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2184"/>
+      <c r="D2184"/>
+      <c r="E2184"/>
+      <c r="F2184"/>
+    </row>
+    <row r="2185" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2185"/>
+      <c r="D2185"/>
+      <c r="E2185"/>
+      <c r="F2185"/>
+    </row>
+    <row r="2186" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2186"/>
+      <c r="D2186"/>
+      <c r="E2186"/>
+      <c r="F2186"/>
+    </row>
+    <row r="2187" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2187"/>
+      <c r="D2187"/>
+      <c r="E2187"/>
+      <c r="F2187"/>
+    </row>
+    <row r="2188" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2188"/>
+      <c r="D2188"/>
+      <c r="E2188"/>
+      <c r="F2188"/>
+    </row>
+    <row r="2189" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2189"/>
+      <c r="D2189"/>
+      <c r="E2189"/>
+      <c r="F2189"/>
+    </row>
+    <row r="2190" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2190"/>
+      <c r="D2190"/>
+      <c r="E2190"/>
+      <c r="F2190"/>
+    </row>
+    <row r="2191" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2191"/>
+      <c r="D2191"/>
+      <c r="E2191"/>
+      <c r="F2191"/>
+    </row>
+    <row r="2192" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2192"/>
+      <c r="D2192"/>
+      <c r="E2192"/>
+      <c r="F2192"/>
+    </row>
+    <row r="2193" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2193"/>
+      <c r="D2193"/>
+      <c r="E2193"/>
+      <c r="F2193"/>
+    </row>
+    <row r="2194" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2194"/>
+      <c r="D2194"/>
+      <c r="E2194"/>
+      <c r="F2194"/>
+    </row>
+    <row r="2195" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2195"/>
+      <c r="D2195"/>
+      <c r="E2195"/>
+      <c r="F2195"/>
+    </row>
+    <row r="2196" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2196"/>
+      <c r="D2196"/>
+      <c r="E2196"/>
+      <c r="F2196"/>
+    </row>
+    <row r="2197" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2197"/>
+      <c r="D2197"/>
+      <c r="E2197"/>
+      <c r="F2197"/>
+    </row>
+    <row r="2198" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2198"/>
+      <c r="D2198"/>
+      <c r="E2198"/>
+      <c r="F2198"/>
+    </row>
+    <row r="2199" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2199"/>
+      <c r="D2199"/>
+      <c r="E2199"/>
+      <c r="F2199"/>
+    </row>
+    <row r="2200" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2200"/>
+      <c r="D2200"/>
+      <c r="E2200"/>
+      <c r="F2200"/>
+    </row>
+    <row r="2201" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2201"/>
+      <c r="D2201"/>
+      <c r="E2201"/>
+      <c r="F2201"/>
+    </row>
+    <row r="2202" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2202"/>
+      <c r="D2202"/>
+      <c r="E2202"/>
+      <c r="F2202"/>
+    </row>
+    <row r="2203" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2203"/>
+      <c r="D2203"/>
+      <c r="E2203"/>
+      <c r="F2203"/>
+    </row>
+    <row r="2204" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2204"/>
+      <c r="D2204"/>
+      <c r="E2204"/>
+      <c r="F2204"/>
+    </row>
+    <row r="2205" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2205"/>
+      <c r="D2205"/>
+      <c r="E2205"/>
+      <c r="F2205"/>
+    </row>
+    <row r="2206" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2206"/>
+      <c r="D2206"/>
+      <c r="E2206"/>
+      <c r="F2206"/>
+    </row>
+    <row r="2207" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2207"/>
+      <c r="D2207"/>
+      <c r="E2207"/>
+      <c r="F2207"/>
+    </row>
+    <row r="2208" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2208"/>
+      <c r="D2208"/>
+      <c r="E2208"/>
+      <c r="F2208"/>
+    </row>
+    <row r="2209" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2209"/>
+      <c r="D2209"/>
+      <c r="E2209"/>
+      <c r="F2209"/>
+    </row>
+    <row r="2210" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2210"/>
+      <c r="D2210"/>
+      <c r="E2210"/>
+      <c r="F2210"/>
+    </row>
+    <row r="2211" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2211"/>
+      <c r="D2211"/>
+      <c r="E2211"/>
+      <c r="F2211"/>
+    </row>
+    <row r="2212" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2212"/>
+      <c r="D2212"/>
+      <c r="E2212"/>
+      <c r="F2212"/>
+    </row>
+    <row r="2213" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2213"/>
+      <c r="D2213"/>
+      <c r="E2213"/>
+      <c r="F2213"/>
+    </row>
+    <row r="2214" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2214"/>
+      <c r="D2214"/>
+      <c r="E2214"/>
+      <c r="F2214"/>
+    </row>
+    <row r="2215" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2215"/>
+      <c r="D2215"/>
+      <c r="E2215"/>
+      <c r="F2215"/>
+    </row>
+    <row r="2216" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2216"/>
+      <c r="D2216"/>
+      <c r="E2216"/>
+      <c r="F2216"/>
+    </row>
+    <row r="2217" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2217"/>
+      <c r="D2217"/>
+      <c r="E2217"/>
+      <c r="F2217"/>
+    </row>
+    <row r="2218" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2218"/>
+      <c r="D2218"/>
+      <c r="E2218"/>
+      <c r="F2218"/>
+    </row>
+    <row r="2219" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2219"/>
+      <c r="D2219"/>
+      <c r="E2219"/>
+      <c r="F2219"/>
+    </row>
+    <row r="2220" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2220"/>
+      <c r="D2220"/>
+      <c r="E2220"/>
+      <c r="F2220"/>
+    </row>
+    <row r="2221" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2221"/>
+      <c r="D2221"/>
+      <c r="E2221"/>
+      <c r="F2221"/>
+    </row>
+    <row r="2222" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2222"/>
+      <c r="D2222"/>
+      <c r="E2222"/>
+      <c r="F2222"/>
+    </row>
+    <row r="2223" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2223"/>
+      <c r="D2223"/>
+      <c r="E2223"/>
+      <c r="F2223"/>
+    </row>
+    <row r="2224" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2224"/>
+      <c r="D2224"/>
+      <c r="E2224"/>
+      <c r="F2224"/>
+    </row>
+    <row r="2225" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2225"/>
+      <c r="D2225"/>
+      <c r="E2225"/>
+      <c r="F2225"/>
+    </row>
+    <row r="2226" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2226"/>
+      <c r="D2226"/>
+      <c r="E2226"/>
+      <c r="F2226"/>
+    </row>
+    <row r="2227" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2227"/>
+      <c r="D2227"/>
+      <c r="E2227"/>
+      <c r="F2227"/>
+    </row>
+    <row r="2228" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2228"/>
+      <c r="D2228"/>
+      <c r="E2228"/>
+      <c r="F2228"/>
+    </row>
+    <row r="2229" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2229"/>
+      <c r="D2229"/>
+      <c r="E2229"/>
+      <c r="F2229"/>
+    </row>
+    <row r="2230" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2230"/>
+      <c r="D2230"/>
+      <c r="E2230"/>
+      <c r="F2230"/>
+    </row>
+    <row r="2231" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2231"/>
+      <c r="D2231"/>
+      <c r="E2231"/>
+      <c r="F2231"/>
+    </row>
+    <row r="2232" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2232"/>
+      <c r="D2232"/>
+      <c r="E2232"/>
+      <c r="F2232"/>
+    </row>
+    <row r="2233" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2233"/>
+      <c r="D2233"/>
+      <c r="E2233"/>
+      <c r="F2233"/>
+    </row>
+    <row r="2234" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2234"/>
+      <c r="D2234"/>
+      <c r="E2234"/>
+      <c r="F2234"/>
+    </row>
+    <row r="2235" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2235"/>
+      <c r="D2235"/>
+      <c r="E2235"/>
+      <c r="F2235"/>
+    </row>
+    <row r="2236" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2236"/>
+      <c r="D2236"/>
+      <c r="E2236"/>
+      <c r="F2236"/>
+    </row>
+    <row r="2237" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2237"/>
+      <c r="D2237"/>
+      <c r="E2237"/>
+      <c r="F2237"/>
+    </row>
+    <row r="2238" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2238"/>
+      <c r="D2238"/>
+      <c r="E2238"/>
+      <c r="F2238"/>
+    </row>
+    <row r="2239" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2239"/>
+      <c r="D2239"/>
+      <c r="E2239"/>
+      <c r="F2239"/>
+    </row>
+    <row r="2240" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2240"/>
+      <c r="D2240"/>
+      <c r="E2240"/>
+      <c r="F2240"/>
+    </row>
+    <row r="2241" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2241"/>
+      <c r="D2241"/>
+      <c r="E2241"/>
+      <c r="F2241"/>
+    </row>
+    <row r="2242" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2242"/>
+      <c r="D2242"/>
+      <c r="E2242"/>
+      <c r="F2242"/>
+    </row>
+    <row r="2243" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2243"/>
+      <c r="D2243"/>
+      <c r="E2243"/>
+      <c r="F2243"/>
+    </row>
+    <row r="2244" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2244"/>
+      <c r="D2244"/>
+      <c r="E2244"/>
+      <c r="F2244"/>
+    </row>
+    <row r="2245" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2245"/>
+      <c r="D2245"/>
+      <c r="E2245"/>
+      <c r="F2245"/>
+    </row>
+    <row r="2246" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2246"/>
+      <c r="D2246"/>
+      <c r="E2246"/>
+      <c r="F2246"/>
+    </row>
+    <row r="2247" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2247"/>
+      <c r="D2247"/>
+      <c r="E2247"/>
+      <c r="F2247"/>
+    </row>
+    <row r="2248" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2248"/>
+      <c r="D2248"/>
+      <c r="E2248"/>
+      <c r="F2248"/>
+    </row>
+    <row r="2249" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2249"/>
+      <c r="D2249"/>
+      <c r="E2249"/>
+      <c r="F2249"/>
+    </row>
+    <row r="2250" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2250"/>
+      <c r="D2250"/>
+      <c r="E2250"/>
+      <c r="F2250"/>
+    </row>
+    <row r="2251" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2251"/>
+      <c r="D2251"/>
+      <c r="E2251"/>
+      <c r="F2251"/>
+    </row>
+    <row r="2252" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2252"/>
+      <c r="D2252"/>
+      <c r="E2252"/>
+      <c r="F2252"/>
+    </row>
+    <row r="2253" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2253"/>
+      <c r="D2253"/>
+      <c r="E2253"/>
+      <c r="F2253"/>
+    </row>
+    <row r="2254" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2254"/>
+      <c r="D2254"/>
+      <c r="E2254"/>
+      <c r="F2254"/>
+    </row>
+    <row r="2255" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2255"/>
+      <c r="D2255"/>
+      <c r="E2255"/>
+      <c r="F2255"/>
+    </row>
+    <row r="2256" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2256"/>
+      <c r="D2256"/>
+      <c r="E2256"/>
+      <c r="F2256"/>
+    </row>
+    <row r="2257" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2257"/>
+      <c r="D2257"/>
+      <c r="E2257"/>
+      <c r="F2257"/>
+    </row>
+    <row r="2258" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2258"/>
+      <c r="D2258"/>
+      <c r="E2258"/>
+      <c r="F2258"/>
+    </row>
+    <row r="2259" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2259"/>
+      <c r="D2259"/>
+      <c r="E2259"/>
+      <c r="F2259"/>
+    </row>
+    <row r="2260" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2260"/>
+      <c r="D2260"/>
+      <c r="E2260"/>
+      <c r="F2260"/>
+    </row>
+    <row r="2261" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2261"/>
+      <c r="D2261"/>
+      <c r="E2261"/>
+      <c r="F2261"/>
+    </row>
+    <row r="2262" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2262"/>
+      <c r="D2262"/>
+      <c r="E2262"/>
+      <c r="F2262"/>
+    </row>
+    <row r="2263" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2263"/>
+      <c r="D2263"/>
+      <c r="E2263"/>
+      <c r="F2263"/>
+    </row>
+    <row r="2264" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2264"/>
+      <c r="D2264"/>
+      <c r="E2264"/>
+      <c r="F2264"/>
+    </row>
+    <row r="2265" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2265"/>
+      <c r="D2265"/>
+      <c r="E2265"/>
+      <c r="F2265"/>
+    </row>
+    <row r="2266" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2266"/>
+      <c r="D2266"/>
+      <c r="E2266"/>
+      <c r="F2266"/>
+    </row>
+    <row r="2267" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2267"/>
+      <c r="D2267"/>
+      <c r="E2267"/>
+      <c r="F2267"/>
+    </row>
+    <row r="2268" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2268"/>
+      <c r="D2268"/>
+      <c r="E2268"/>
+      <c r="F2268"/>
+    </row>
+    <row r="2269" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2269"/>
+      <c r="D2269"/>
+      <c r="E2269"/>
+      <c r="F2269"/>
+    </row>
+    <row r="2270" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2270"/>
+      <c r="D2270"/>
+      <c r="E2270"/>
+      <c r="F2270"/>
+    </row>
+    <row r="2271" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2271"/>
+      <c r="D2271"/>
+      <c r="E2271"/>
+      <c r="F2271"/>
+    </row>
+    <row r="2272" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2272"/>
+      <c r="D2272"/>
+      <c r="E2272"/>
+      <c r="F2272"/>
+    </row>
+    <row r="2273" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2273"/>
+      <c r="D2273"/>
+      <c r="E2273"/>
+      <c r="F2273"/>
+    </row>
+    <row r="2274" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2274"/>
+      <c r="D2274"/>
+      <c r="E2274"/>
+      <c r="F2274"/>
+    </row>
+    <row r="2275" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2275"/>
+      <c r="D2275"/>
+      <c r="E2275"/>
+      <c r="F2275"/>
+    </row>
+    <row r="2276" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2276"/>
+      <c r="D2276"/>
+      <c r="E2276"/>
+      <c r="F2276"/>
+    </row>
+    <row r="2277" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2277"/>
+      <c r="D2277"/>
+      <c r="E2277"/>
+      <c r="F2277"/>
+    </row>
+    <row r="2278" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2278"/>
+      <c r="D2278"/>
+      <c r="E2278"/>
+      <c r="F2278"/>
+    </row>
+    <row r="2279" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2279"/>
+      <c r="D2279"/>
+      <c r="E2279"/>
+      <c r="F2279"/>
+    </row>
+    <row r="2280" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2280"/>
+      <c r="D2280"/>
+      <c r="E2280"/>
+      <c r="F2280"/>
+    </row>
+    <row r="2281" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2281"/>
+      <c r="D2281"/>
+      <c r="E2281"/>
+      <c r="F2281"/>
+    </row>
+    <row r="2282" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2282"/>
+      <c r="D2282"/>
+      <c r="E2282"/>
+      <c r="F2282"/>
+    </row>
+    <row r="2283" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2283"/>
+      <c r="D2283"/>
+      <c r="E2283"/>
+      <c r="F2283"/>
+    </row>
+    <row r="2284" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2284"/>
+      <c r="D2284"/>
+      <c r="E2284"/>
+      <c r="F2284"/>
+    </row>
+    <row r="2285" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2285"/>
+      <c r="D2285"/>
+      <c r="E2285"/>
+      <c r="F2285"/>
+    </row>
+    <row r="2286" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2286"/>
+      <c r="D2286"/>
+      <c r="E2286"/>
+      <c r="F2286"/>
+    </row>
+    <row r="2287" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2287"/>
+      <c r="D2287"/>
+      <c r="E2287"/>
+      <c r="F2287"/>
+    </row>
+    <row r="2288" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2288"/>
+      <c r="D2288"/>
+      <c r="E2288"/>
+      <c r="F2288"/>
+    </row>
+    <row r="2289" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2289"/>
+      <c r="D2289"/>
+      <c r="E2289"/>
+      <c r="F2289"/>
+    </row>
+    <row r="2290" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2290"/>
+      <c r="D2290"/>
+      <c r="E2290"/>
+      <c r="F2290"/>
+    </row>
+    <row r="2291" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2291"/>
+      <c r="D2291"/>
+      <c r="E2291"/>
+      <c r="F2291"/>
+    </row>
+    <row r="2292" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2292"/>
+      <c r="D2292"/>
+      <c r="E2292"/>
+      <c r="F2292"/>
+    </row>
+    <row r="2293" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2293"/>
+      <c r="D2293"/>
+      <c r="E2293"/>
+      <c r="F2293"/>
+    </row>
+    <row r="2294" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2294"/>
+      <c r="D2294"/>
+      <c r="E2294"/>
+      <c r="F2294"/>
+    </row>
+    <row r="2295" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2295"/>
+      <c r="D2295"/>
+      <c r="E2295"/>
+      <c r="F2295"/>
+    </row>
+    <row r="2296" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2296"/>
+      <c r="D2296"/>
+      <c r="E2296"/>
+      <c r="F2296"/>
+    </row>
+    <row r="2297" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2297"/>
+      <c r="D2297"/>
+      <c r="E2297"/>
+      <c r="F2297"/>
+    </row>
+    <row r="2298" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2298"/>
+      <c r="D2298"/>
+      <c r="E2298"/>
+      <c r="F2298"/>
+    </row>
+    <row r="2299" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2299"/>
+      <c r="D2299"/>
+      <c r="E2299"/>
+      <c r="F2299"/>
+    </row>
+    <row r="2300" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2300"/>
+      <c r="D2300"/>
+      <c r="E2300"/>
+      <c r="F2300"/>
+    </row>
+    <row r="2301" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2301"/>
+      <c r="D2301"/>
+      <c r="E2301"/>
+      <c r="F2301"/>
+    </row>
+    <row r="2302" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2302"/>
+      <c r="D2302"/>
+      <c r="E2302"/>
+      <c r="F2302"/>
+    </row>
+    <row r="2303" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2303"/>
+      <c r="D2303"/>
+      <c r="E2303"/>
+      <c r="F2303"/>
+    </row>
+    <row r="2304" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2304"/>
+      <c r="D2304"/>
+      <c r="E2304"/>
+      <c r="F2304"/>
+    </row>
+    <row r="2305" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2305"/>
+      <c r="D2305"/>
+      <c r="E2305"/>
+      <c r="F2305"/>
+    </row>
+    <row r="2306" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2306"/>
+      <c r="D2306"/>
+      <c r="E2306"/>
+      <c r="F2306"/>
+    </row>
+    <row r="2307" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2307"/>
+      <c r="D2307"/>
+      <c r="E2307"/>
+      <c r="F2307"/>
+    </row>
+    <row r="2308" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2308"/>
+      <c r="D2308"/>
+      <c r="E2308"/>
+      <c r="F2308"/>
+    </row>
+    <row r="2309" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2309"/>
+      <c r="D2309"/>
+      <c r="E2309"/>
+      <c r="F2309"/>
+    </row>
+    <row r="2310" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2310"/>
+      <c r="D2310"/>
+      <c r="E2310"/>
+      <c r="F2310"/>
+    </row>
+    <row r="2311" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2311"/>
+      <c r="D2311"/>
+      <c r="E2311"/>
+      <c r="F2311"/>
+    </row>
+    <row r="2312" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2312"/>
+      <c r="D2312"/>
+      <c r="E2312"/>
+      <c r="F2312"/>
+    </row>
+    <row r="2313" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2313"/>
+      <c r="D2313"/>
+      <c r="E2313"/>
+      <c r="F2313"/>
+    </row>
+    <row r="2314" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2314"/>
+      <c r="D2314"/>
+      <c r="E2314"/>
+      <c r="F2314"/>
+    </row>
+    <row r="2315" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2315"/>
+      <c r="D2315"/>
+      <c r="E2315"/>
+      <c r="F2315"/>
+    </row>
+    <row r="2316" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2316"/>
+      <c r="D2316"/>
+      <c r="E2316"/>
+      <c r="F2316"/>
+    </row>
+    <row r="2317" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2317"/>
+      <c r="D2317"/>
+      <c r="E2317"/>
+      <c r="F2317"/>
+    </row>
+    <row r="2318" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2318"/>
+      <c r="D2318"/>
+      <c r="E2318"/>
+      <c r="F2318"/>
+    </row>
+    <row r="2319" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2319"/>
+      <c r="D2319"/>
+      <c r="E2319"/>
+      <c r="F2319"/>
+    </row>
+    <row r="2320" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2320"/>
+      <c r="D2320"/>
+      <c r="E2320"/>
+      <c r="F2320"/>
+    </row>
+    <row r="2321" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2321"/>
+      <c r="D2321"/>
+      <c r="E2321"/>
+      <c r="F2321"/>
+    </row>
+    <row r="2322" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2322"/>
+      <c r="D2322"/>
+      <c r="E2322"/>
+      <c r="F2322"/>
+    </row>
+    <row r="2323" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2323"/>
+      <c r="D2323"/>
+      <c r="E2323"/>
+      <c r="F2323"/>
+    </row>
+    <row r="2324" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2324"/>
+      <c r="D2324"/>
+      <c r="E2324"/>
+      <c r="F2324"/>
+    </row>
+    <row r="2325" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2325"/>
+      <c r="D2325"/>
+      <c r="E2325"/>
+      <c r="F2325"/>
+    </row>
+    <row r="2326" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2326"/>
+      <c r="D2326"/>
+      <c r="E2326"/>
+      <c r="F2326"/>
+    </row>
+    <row r="2327" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2327"/>
+      <c r="D2327"/>
+      <c r="E2327"/>
+      <c r="F2327"/>
+    </row>
+    <row r="2328" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2328"/>
+      <c r="D2328"/>
+      <c r="E2328"/>
+      <c r="F2328"/>
+    </row>
+    <row r="2329" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2329"/>
+      <c r="D2329"/>
+      <c r="E2329"/>
+      <c r="F2329"/>
+    </row>
+    <row r="2330" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2330"/>
+      <c r="D2330"/>
+      <c r="E2330"/>
+      <c r="F2330"/>
+    </row>
+    <row r="2331" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2331"/>
+      <c r="D2331"/>
+      <c r="E2331"/>
+      <c r="F2331"/>
+    </row>
+    <row r="2332" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2332"/>
+      <c r="D2332"/>
+      <c r="E2332"/>
+      <c r="F2332"/>
+    </row>
+    <row r="2333" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2333"/>
+      <c r="D2333"/>
+      <c r="E2333"/>
+      <c r="F2333"/>
+    </row>
+    <row r="2334" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2334"/>
+      <c r="D2334"/>
+      <c r="E2334"/>
+      <c r="F2334"/>
+    </row>
+    <row r="2335" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2335"/>
+      <c r="D2335"/>
+      <c r="E2335"/>
+      <c r="F2335"/>
+    </row>
+    <row r="2336" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2336"/>
+      <c r="D2336"/>
+      <c r="E2336"/>
+      <c r="F2336"/>
+    </row>
+    <row r="2337" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2337"/>
+      <c r="D2337"/>
+      <c r="E2337"/>
+      <c r="F2337"/>
+    </row>
+    <row r="2338" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2338"/>
+      <c r="D2338"/>
+      <c r="E2338"/>
+      <c r="F2338"/>
+    </row>
+    <row r="2339" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2339"/>
+      <c r="D2339"/>
+      <c r="E2339"/>
+      <c r="F2339"/>
+    </row>
+    <row r="2340" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2340"/>
+      <c r="D2340"/>
+      <c r="E2340"/>
+      <c r="F2340"/>
+    </row>
+    <row r="2341" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2341"/>
+      <c r="D2341"/>
+      <c r="E2341"/>
+      <c r="F2341"/>
+    </row>
+    <row r="2342" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2342"/>
+      <c r="D2342"/>
+      <c r="E2342"/>
+      <c r="F2342"/>
+    </row>
+    <row r="2343" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2343"/>
+      <c r="D2343"/>
+      <c r="E2343"/>
+      <c r="F2343"/>
+    </row>
+    <row r="2344" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2344"/>
+      <c r="D2344"/>
+      <c r="E2344"/>
+      <c r="F2344"/>
+    </row>
+    <row r="2345" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2345"/>
+      <c r="D2345"/>
+      <c r="E2345"/>
+      <c r="F2345"/>
+    </row>
+    <row r="2346" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2346"/>
+      <c r="D2346"/>
+      <c r="E2346"/>
+      <c r="F2346"/>
+    </row>
+    <row r="2347" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2347"/>
+      <c r="D2347"/>
+      <c r="E2347"/>
+      <c r="F2347"/>
+    </row>
+    <row r="2348" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2348"/>
+      <c r="D2348"/>
+      <c r="E2348"/>
+      <c r="F2348"/>
+    </row>
+    <row r="2349" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2349"/>
+      <c r="D2349"/>
+      <c r="E2349"/>
+      <c r="F2349"/>
+    </row>
+    <row r="2350" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2350"/>
+      <c r="D2350"/>
+      <c r="E2350"/>
+      <c r="F2350"/>
+    </row>
+    <row r="2351" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2351"/>
+      <c r="D2351"/>
+      <c r="E2351"/>
+      <c r="F2351"/>
+    </row>
+    <row r="2352" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2352"/>
+      <c r="D2352"/>
+      <c r="E2352"/>
+      <c r="F2352"/>
+    </row>
+    <row r="2353" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2353"/>
+      <c r="D2353"/>
+      <c r="E2353"/>
+      <c r="F2353"/>
+    </row>
+    <row r="2354" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2354"/>
+      <c r="D2354"/>
+      <c r="E2354"/>
+      <c r="F2354"/>
+    </row>
+    <row r="2355" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2355"/>
+      <c r="D2355"/>
+      <c r="E2355"/>
+      <c r="F2355"/>
+    </row>
+    <row r="2356" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2356"/>
+      <c r="D2356"/>
+      <c r="E2356"/>
+      <c r="F2356"/>
+    </row>
+    <row r="2357" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2357"/>
+      <c r="D2357"/>
+      <c r="E2357"/>
+      <c r="F2357"/>
+    </row>
+    <row r="2358" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2358"/>
+      <c r="D2358"/>
+      <c r="E2358"/>
+      <c r="F2358"/>
+    </row>
+    <row r="2359" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2359"/>
+      <c r="D2359"/>
+      <c r="E2359"/>
+      <c r="F2359"/>
+    </row>
+    <row r="2360" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2360"/>
+      <c r="D2360"/>
+      <c r="E2360"/>
+      <c r="F2360"/>
+    </row>
+    <row r="2361" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2361"/>
+      <c r="D2361"/>
+      <c r="E2361"/>
+      <c r="F2361"/>
+    </row>
+    <row r="2362" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2362"/>
+      <c r="D2362"/>
+      <c r="E2362"/>
+      <c r="F2362"/>
+    </row>
+    <row r="2363" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2363"/>
+      <c r="D2363"/>
+      <c r="E2363"/>
+      <c r="F2363"/>
+    </row>
+    <row r="2364" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2364"/>
+      <c r="D2364"/>
+      <c r="E2364"/>
+      <c r="F2364"/>
+    </row>
+    <row r="2365" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2365"/>
+      <c r="D2365"/>
+      <c r="E2365"/>
+      <c r="F2365"/>
+    </row>
+    <row r="2366" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2366"/>
+      <c r="D2366"/>
+      <c r="E2366"/>
+      <c r="F2366"/>
+    </row>
+    <row r="2367" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2367"/>
+      <c r="D2367"/>
+      <c r="E2367"/>
+      <c r="F2367"/>
+    </row>
+    <row r="2368" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2368"/>
+      <c r="D2368"/>
+      <c r="E2368"/>
+      <c r="F2368"/>
+    </row>
+    <row r="2369" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2369"/>
+      <c r="D2369"/>
+      <c r="E2369"/>
+      <c r="F2369"/>
+    </row>
+    <row r="2370" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2370"/>
+      <c r="D2370"/>
+      <c r="E2370"/>
+      <c r="F2370"/>
+    </row>
+    <row r="2371" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2371"/>
+      <c r="D2371"/>
+      <c r="E2371"/>
+      <c r="F2371"/>
+    </row>
+    <row r="2372" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2372"/>
+      <c r="D2372"/>
+      <c r="E2372"/>
+      <c r="F2372"/>
+    </row>
+    <row r="2373" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2373"/>
+      <c r="D2373"/>
+      <c r="E2373"/>
+      <c r="F2373"/>
+    </row>
+    <row r="2374" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2374"/>
+      <c r="D2374"/>
+      <c r="E2374"/>
+      <c r="F2374"/>
+    </row>
+    <row r="2375" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2375"/>
+      <c r="D2375"/>
+      <c r="E2375"/>
+      <c r="F2375"/>
+    </row>
+    <row r="2376" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2376"/>
+      <c r="D2376"/>
+      <c r="E2376"/>
+      <c r="F2376"/>
+    </row>
+    <row r="2377" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2377"/>
+      <c r="D2377"/>
+      <c r="E2377"/>
+      <c r="F2377"/>
+    </row>
+    <row r="2378" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2378"/>
+      <c r="D2378"/>
+      <c r="E2378"/>
+      <c r="F2378"/>
+    </row>
+    <row r="2379" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2379"/>
+      <c r="D2379"/>
+      <c r="E2379"/>
+      <c r="F2379"/>
+    </row>
+    <row r="2380" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2380"/>
+      <c r="D2380"/>
+      <c r="E2380"/>
+      <c r="F2380"/>
+    </row>
+    <row r="2381" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2381"/>
+      <c r="D2381"/>
+      <c r="E2381"/>
+      <c r="F2381"/>
+    </row>
+    <row r="2382" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2382"/>
+      <c r="D2382"/>
+      <c r="E2382"/>
+      <c r="F2382"/>
+    </row>
+    <row r="2383" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2383"/>
+      <c r="D2383"/>
+      <c r="E2383"/>
+      <c r="F2383"/>
+    </row>
+    <row r="2384" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2384"/>
+      <c r="D2384"/>
+      <c r="E2384"/>
+      <c r="F2384"/>
+    </row>
+    <row r="2385" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2385"/>
+      <c r="D2385"/>
+      <c r="E2385"/>
+      <c r="F2385"/>
+    </row>
+    <row r="2386" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2386"/>
+      <c r="D2386"/>
+      <c r="E2386"/>
+      <c r="F2386"/>
+    </row>
+    <row r="2387" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2387"/>
+      <c r="D2387"/>
+      <c r="E2387"/>
+      <c r="F2387"/>
+    </row>
+    <row r="2388" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2388"/>
+      <c r="D2388"/>
+      <c r="E2388"/>
+      <c r="F2388"/>
+    </row>
+    <row r="2389" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2389"/>
+      <c r="D2389"/>
+      <c r="E2389"/>
+      <c r="F2389"/>
+    </row>
+    <row r="2390" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2390"/>
+      <c r="D2390"/>
+      <c r="E2390"/>
+      <c r="F2390"/>
+    </row>
+    <row r="2391" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2391"/>
+      <c r="D2391"/>
+      <c r="E2391"/>
+      <c r="F2391"/>
+    </row>
+    <row r="2392" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2392"/>
+      <c r="D2392"/>
+      <c r="E2392"/>
+      <c r="F2392"/>
+    </row>
+    <row r="2393" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2393"/>
+      <c r="D2393"/>
+      <c r="E2393"/>
+      <c r="F2393"/>
+    </row>
+    <row r="2394" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2394"/>
+      <c r="D2394"/>
+      <c r="E2394"/>
+      <c r="F2394"/>
+    </row>
+    <row r="2395" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2395"/>
+      <c r="D2395"/>
+      <c r="E2395"/>
+      <c r="F2395"/>
+    </row>
+    <row r="2396" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2396"/>
+      <c r="D2396"/>
+      <c r="E2396"/>
+      <c r="F2396"/>
+    </row>
+    <row r="2397" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2397"/>
+      <c r="D2397"/>
+      <c r="E2397"/>
+      <c r="F2397"/>
+    </row>
+    <row r="2398" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2398"/>
+      <c r="D2398"/>
+      <c r="E2398"/>
+      <c r="F2398"/>
+    </row>
+    <row r="2399" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2399"/>
+      <c r="D2399"/>
+      <c r="E2399"/>
+      <c r="F2399"/>
+    </row>
+    <row r="2400" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2400"/>
+      <c r="D2400"/>
+      <c r="E2400"/>
+      <c r="F2400"/>
+    </row>
+    <row r="2401" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2401"/>
+      <c r="D2401"/>
+      <c r="E2401"/>
+      <c r="F2401"/>
+    </row>
+    <row r="2402" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2402"/>
+      <c r="D2402"/>
+      <c r="E2402"/>
+      <c r="F2402"/>
+    </row>
+    <row r="2403" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2403"/>
+      <c r="D2403"/>
+      <c r="E2403"/>
+      <c r="F2403"/>
+    </row>
+    <row r="2404" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2404"/>
+      <c r="D2404"/>
+      <c r="E2404"/>
+      <c r="F2404"/>
+    </row>
+    <row r="2405" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2405"/>
+      <c r="D2405"/>
+      <c r="E2405"/>
+      <c r="F2405"/>
+    </row>
+    <row r="2406" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2406"/>
+      <c r="D2406"/>
+      <c r="E2406"/>
+      <c r="F2406"/>
+    </row>
+    <row r="2407" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2407"/>
+      <c r="D2407"/>
+      <c r="E2407"/>
+      <c r="F2407"/>
+    </row>
+    <row r="2408" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2408"/>
+      <c r="D2408"/>
+      <c r="E2408"/>
+      <c r="F2408"/>
+    </row>
+    <row r="2409" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2409"/>
+      <c r="D2409"/>
+      <c r="E2409"/>
+      <c r="F2409"/>
+    </row>
+    <row r="2410" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2410"/>
+      <c r="D2410"/>
+      <c r="E2410"/>
+      <c r="F2410"/>
+    </row>
+    <row r="2411" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2411"/>
+      <c r="D2411"/>
+      <c r="E2411"/>
+      <c r="F2411"/>
+    </row>
+    <row r="2412" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2412"/>
+      <c r="D2412"/>
+      <c r="E2412"/>
+      <c r="F2412"/>
+    </row>
+    <row r="2413" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2413"/>
+      <c r="D2413"/>
+      <c r="E2413"/>
+      <c r="F2413"/>
+    </row>
+    <row r="2414" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2414"/>
+      <c r="D2414"/>
+      <c r="E2414"/>
+      <c r="F2414"/>
+    </row>
+    <row r="2415" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2415"/>
+      <c r="D2415"/>
+      <c r="E2415"/>
+      <c r="F2415"/>
+    </row>
+    <row r="2416" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2416"/>
+      <c r="D2416"/>
+      <c r="E2416"/>
+      <c r="F2416"/>
+    </row>
+    <row r="2417" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2417"/>
+      <c r="D2417"/>
+      <c r="E2417"/>
+      <c r="F2417"/>
+    </row>
+    <row r="2418" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2418"/>
+      <c r="D2418"/>
+      <c r="E2418"/>
+      <c r="F2418"/>
+    </row>
+    <row r="2419" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2419"/>
+      <c r="D2419"/>
+      <c r="E2419"/>
+      <c r="F2419"/>
+    </row>
+    <row r="2420" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2420"/>
+      <c r="D2420"/>
+      <c r="E2420"/>
+      <c r="F2420"/>
+    </row>
+    <row r="2421" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2421"/>
+      <c r="D2421"/>
+      <c r="E2421"/>
+      <c r="F2421"/>
+    </row>
+    <row r="2422" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2422"/>
+      <c r="D2422"/>
+      <c r="E2422"/>
+      <c r="F2422"/>
+    </row>
+    <row r="2423" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2423"/>
+      <c r="D2423"/>
+      <c r="E2423"/>
+      <c r="F2423"/>
+    </row>
+    <row r="2424" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2424"/>
+      <c r="D2424"/>
+      <c r="E2424"/>
+      <c r="F2424"/>
+    </row>
+    <row r="2425" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2425"/>
+      <c r="D2425"/>
+      <c r="E2425"/>
+      <c r="F2425"/>
+    </row>
+    <row r="2426" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2426"/>
+      <c r="D2426"/>
+      <c r="E2426"/>
+      <c r="F2426"/>
+    </row>
+    <row r="2427" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2427"/>
+      <c r="D2427"/>
+      <c r="E2427"/>
+      <c r="F2427"/>
+    </row>
+    <row r="2428" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2428"/>
+      <c r="D2428"/>
+      <c r="E2428"/>
+      <c r="F2428"/>
+    </row>
+    <row r="2429" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2429"/>
+      <c r="D2429"/>
+      <c r="E2429"/>
+      <c r="F2429"/>
+    </row>
+    <row r="2430" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2430"/>
+      <c r="D2430"/>
+      <c r="E2430"/>
+      <c r="F2430"/>
+    </row>
+    <row r="2431" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2431"/>
+      <c r="D2431"/>
+      <c r="E2431"/>
+      <c r="F2431"/>
+    </row>
+    <row r="2432" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2432"/>
+      <c r="D2432"/>
+      <c r="E2432"/>
+      <c r="F2432"/>
+    </row>
+    <row r="2433" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2433"/>
+      <c r="D2433"/>
+      <c r="E2433"/>
+      <c r="F2433"/>
+    </row>
+    <row r="2434" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2434"/>
+      <c r="D2434"/>
+      <c r="E2434"/>
+      <c r="F2434"/>
+    </row>
+    <row r="2435" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2435"/>
+      <c r="D2435"/>
+      <c r="E2435"/>
+      <c r="F2435"/>
+    </row>
+    <row r="2436" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2436"/>
+      <c r="D2436"/>
+      <c r="E2436"/>
+      <c r="F2436"/>
+    </row>
+    <row r="2437" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2437"/>
+      <c r="D2437"/>
+      <c r="E2437"/>
+      <c r="F2437"/>
+    </row>
+    <row r="2438" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2438"/>
+      <c r="D2438"/>
+      <c r="E2438"/>
+      <c r="F2438"/>
+    </row>
+    <row r="2439" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2439"/>
+      <c r="D2439"/>
+      <c r="E2439"/>
+      <c r="F2439"/>
+    </row>
+    <row r="2440" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2440"/>
+      <c r="D2440"/>
+      <c r="E2440"/>
+      <c r="F2440"/>
+    </row>
+    <row r="2441" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2441"/>
+      <c r="D2441"/>
+      <c r="E2441"/>
+      <c r="F2441"/>
+    </row>
+    <row r="2442" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2442"/>
+      <c r="D2442"/>
+      <c r="E2442"/>
+      <c r="F2442"/>
+    </row>
+    <row r="2443" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2443"/>
+      <c r="D2443"/>
+      <c r="E2443"/>
+      <c r="F2443"/>
+    </row>
+    <row r="2444" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2444"/>
+      <c r="D2444"/>
+      <c r="E2444"/>
+      <c r="F2444"/>
+    </row>
+    <row r="2445" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2445"/>
+      <c r="D2445"/>
+      <c r="E2445"/>
+      <c r="F2445"/>
+    </row>
+    <row r="2446" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2446"/>
+      <c r="D2446"/>
+      <c r="E2446"/>
+      <c r="F2446"/>
+    </row>
+    <row r="2447" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2447"/>
+      <c r="D2447"/>
+      <c r="E2447"/>
+      <c r="F2447"/>
+    </row>
+    <row r="2448" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2448"/>
+      <c r="D2448"/>
+      <c r="E2448"/>
+      <c r="F2448"/>
+    </row>
+    <row r="2449" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2449"/>
+      <c r="D2449"/>
+      <c r="E2449"/>
+      <c r="F2449"/>
+    </row>
+    <row r="2450" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2450"/>
+      <c r="D2450"/>
+      <c r="E2450"/>
+      <c r="F2450"/>
+    </row>
+    <row r="2451" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2451"/>
+      <c r="D2451"/>
+      <c r="E2451"/>
+      <c r="F2451"/>
+    </row>
+    <row r="2452" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2452"/>
+      <c r="D2452"/>
+      <c r="E2452"/>
+      <c r="F2452"/>
+    </row>
+    <row r="2453" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2453"/>
+      <c r="D2453"/>
+      <c r="E2453"/>
+      <c r="F2453"/>
+    </row>
+    <row r="2454" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2454"/>
+      <c r="D2454"/>
+      <c r="E2454"/>
+      <c r="F2454"/>
+    </row>
+    <row r="2455" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2455"/>
+      <c r="D2455"/>
+      <c r="E2455"/>
+      <c r="F2455"/>
+    </row>
+    <row r="2456" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2456"/>
+      <c r="D2456"/>
+      <c r="E2456"/>
+      <c r="F2456"/>
+    </row>
+    <row r="2457" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2457"/>
+      <c r="D2457"/>
+      <c r="E2457"/>
+      <c r="F2457"/>
+    </row>
+    <row r="2458" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2458"/>
+      <c r="D2458"/>
+      <c r="E2458"/>
+      <c r="F2458"/>
+    </row>
+    <row r="2459" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2459"/>
+      <c r="D2459"/>
+      <c r="E2459"/>
+      <c r="F2459"/>
+    </row>
+    <row r="2460" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2460"/>
+      <c r="D2460"/>
+      <c r="E2460"/>
+      <c r="F2460"/>
+    </row>
+    <row r="2461" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2461"/>
+      <c r="D2461"/>
+      <c r="E2461"/>
+      <c r="F2461"/>
+    </row>
+    <row r="2462" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2462"/>
+      <c r="D2462"/>
+      <c r="E2462"/>
+      <c r="F2462"/>
+    </row>
+    <row r="2463" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2463"/>
+      <c r="D2463"/>
+      <c r="E2463"/>
+      <c r="F2463"/>
+    </row>
+    <row r="2464" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2464"/>
+      <c r="D2464"/>
+      <c r="E2464"/>
+      <c r="F2464"/>
+    </row>
+    <row r="2465" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2465"/>
+      <c r="D2465"/>
+      <c r="E2465"/>
+      <c r="F2465"/>
+    </row>
+    <row r="2466" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2466"/>
+      <c r="D2466"/>
+      <c r="E2466"/>
+      <c r="F2466"/>
+    </row>
+    <row r="2467" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2467"/>
+      <c r="D2467"/>
+      <c r="E2467"/>
+      <c r="F2467"/>
+    </row>
+    <row r="2468" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2468"/>
+      <c r="D2468"/>
+      <c r="E2468"/>
+      <c r="F2468"/>
+    </row>
+    <row r="2469" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2469"/>
+      <c r="D2469"/>
+      <c r="E2469"/>
+      <c r="F2469"/>
+    </row>
+    <row r="2470" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2470"/>
+      <c r="D2470"/>
+      <c r="E2470"/>
+      <c r="F2470"/>
+    </row>
+    <row r="2471" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2471"/>
+      <c r="D2471"/>
+      <c r="E2471"/>
+      <c r="F2471"/>
+    </row>
+    <row r="2472" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2472"/>
+      <c r="D2472"/>
+      <c r="E2472"/>
+      <c r="F2472"/>
+    </row>
+    <row r="2473" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2473"/>
+      <c r="D2473"/>
+      <c r="E2473"/>
+      <c r="F2473"/>
+    </row>
+    <row r="2474" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2474"/>
+      <c r="D2474"/>
+      <c r="E2474"/>
+      <c r="F2474"/>
+    </row>
+    <row r="2475" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2475"/>
+      <c r="D2475"/>
+      <c r="E2475"/>
+      <c r="F2475"/>
+    </row>
+    <row r="2476" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2476"/>
+      <c r="D2476"/>
+      <c r="E2476"/>
+      <c r="F2476"/>
+    </row>
+    <row r="2477" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2477"/>
+      <c r="D2477"/>
+      <c r="E2477"/>
+      <c r="F2477"/>
+    </row>
+    <row r="2478" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2478"/>
+      <c r="D2478"/>
+      <c r="E2478"/>
+      <c r="F2478"/>
+    </row>
+    <row r="2479" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2479"/>
+      <c r="D2479"/>
+      <c r="E2479"/>
+      <c r="F2479"/>
+    </row>
+    <row r="2480" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2480"/>
+      <c r="D2480"/>
+      <c r="E2480"/>
+      <c r="F2480"/>
+    </row>
+    <row r="2481" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2481"/>
+      <c r="D2481"/>
+      <c r="E2481"/>
+      <c r="F2481"/>
+    </row>
+    <row r="2482" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2482"/>
+      <c r="D2482"/>
+      <c r="E2482"/>
+      <c r="F2482"/>
+    </row>
+    <row r="2483" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2483"/>
+      <c r="D2483"/>
+      <c r="E2483"/>
+      <c r="F2483"/>
+    </row>
+    <row r="2484" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2484"/>
+      <c r="D2484"/>
+      <c r="E2484"/>
+      <c r="F2484"/>
+    </row>
+    <row r="2485" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2485"/>
+      <c r="D2485"/>
+      <c r="E2485"/>
+      <c r="F2485"/>
+    </row>
+    <row r="2486" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2486"/>
+      <c r="D2486"/>
+      <c r="E2486"/>
+      <c r="F2486"/>
+    </row>
+    <row r="2487" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2487"/>
+      <c r="D2487"/>
+      <c r="E2487"/>
+      <c r="F2487"/>
+    </row>
+    <row r="2488" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2488"/>
+      <c r="D2488"/>
+      <c r="E2488"/>
+      <c r="F2488"/>
+    </row>
+    <row r="2489" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2489"/>
+      <c r="D2489"/>
+      <c r="E2489"/>
+      <c r="F2489"/>
+    </row>
+    <row r="2490" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2490"/>
+      <c r="D2490"/>
+      <c r="E2490"/>
+      <c r="F2490"/>
+    </row>
+    <row r="2491" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2491"/>
+      <c r="D2491"/>
+      <c r="E2491"/>
+      <c r="F2491"/>
+    </row>
+    <row r="2492" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2492"/>
+      <c r="D2492"/>
+      <c r="E2492"/>
+      <c r="F2492"/>
+    </row>
+    <row r="2493" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2493"/>
+      <c r="D2493"/>
+      <c r="E2493"/>
+      <c r="F2493"/>
+    </row>
+    <row r="2494" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2494"/>
+      <c r="D2494"/>
+      <c r="E2494"/>
+      <c r="F2494"/>
+    </row>
+    <row r="2495" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2495"/>
+      <c r="D2495"/>
+      <c r="E2495"/>
+      <c r="F2495"/>
+    </row>
+    <row r="2496" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2496"/>
+      <c r="D2496"/>
+      <c r="E2496"/>
+      <c r="F2496"/>
+    </row>
+    <row r="2497" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2497"/>
+      <c r="D2497"/>
+      <c r="E2497"/>
+      <c r="F2497"/>
+    </row>
+    <row r="2498" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2498"/>
+      <c r="D2498"/>
+      <c r="E2498"/>
+      <c r="F2498"/>
+    </row>
+    <row r="2499" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2499"/>
+      <c r="D2499"/>
+      <c r="E2499"/>
+      <c r="F2499"/>
+    </row>
+    <row r="2500" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2500"/>
+      <c r="D2500"/>
+      <c r="E2500"/>
+      <c r="F2500"/>
+    </row>
+    <row r="2501" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2501"/>
+      <c r="D2501"/>
+      <c r="E2501"/>
+      <c r="F2501"/>
+    </row>
+    <row r="2502" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2502"/>
+      <c r="D2502"/>
+      <c r="E2502"/>
+      <c r="F2502"/>
+    </row>
+    <row r="2503" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2503"/>
+      <c r="D2503"/>
+      <c r="E2503"/>
+      <c r="F2503"/>
+    </row>
+    <row r="2504" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2504"/>
+      <c r="D2504"/>
+      <c r="E2504"/>
+      <c r="F2504"/>
+    </row>
+    <row r="2505" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2505"/>
+      <c r="D2505"/>
+      <c r="E2505"/>
+      <c r="F2505"/>
+    </row>
+    <row r="2506" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2506"/>
+      <c r="D2506"/>
+      <c r="E2506"/>
+      <c r="F2506"/>
+    </row>
+    <row r="2507" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2507"/>
+      <c r="D2507"/>
+      <c r="E2507"/>
+      <c r="F2507"/>
+    </row>
+    <row r="2508" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2508"/>
+      <c r="D2508"/>
+      <c r="E2508"/>
+      <c r="F2508"/>
+    </row>
+    <row r="2509" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2509"/>
+      <c r="D2509"/>
+      <c r="E2509"/>
+      <c r="F2509"/>
+    </row>
+    <row r="2510" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2510"/>
+      <c r="D2510"/>
+      <c r="E2510"/>
+      <c r="F2510"/>
+    </row>
+    <row r="2511" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2511"/>
+      <c r="D2511"/>
+      <c r="E2511"/>
+      <c r="F2511"/>
+    </row>
+    <row r="2512" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2512"/>
+      <c r="D2512"/>
+      <c r="E2512"/>
+      <c r="F2512"/>
+    </row>
+    <row r="2513" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2513"/>
+      <c r="D2513"/>
+      <c r="E2513"/>
+      <c r="F2513"/>
+    </row>
+    <row r="2514" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2514"/>
+      <c r="D2514"/>
+      <c r="E2514"/>
+      <c r="F2514"/>
+    </row>
+    <row r="2515" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2515"/>
+      <c r="D2515"/>
+      <c r="E2515"/>
+      <c r="F2515"/>
+    </row>
+    <row r="2516" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2516"/>
+      <c r="D2516"/>
+      <c r="E2516"/>
+      <c r="F2516"/>
+    </row>
+    <row r="2517" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2517"/>
+      <c r="D2517"/>
+      <c r="E2517"/>
+      <c r="F2517"/>
+    </row>
+    <row r="2518" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2518"/>
+      <c r="D2518"/>
+      <c r="E2518"/>
+      <c r="F2518"/>
+    </row>
+    <row r="2519" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2519"/>
+      <c r="D2519"/>
+      <c r="E2519"/>
+      <c r="F2519"/>
+    </row>
+    <row r="2520" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2520"/>
+      <c r="D2520"/>
+      <c r="E2520"/>
+      <c r="F2520"/>
+    </row>
+    <row r="2521" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2521"/>
+      <c r="D2521"/>
+      <c r="E2521"/>
+      <c r="F2521"/>
+    </row>
+    <row r="2522" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2522"/>
+      <c r="D2522"/>
+      <c r="E2522"/>
+      <c r="F2522"/>
+    </row>
+    <row r="2523" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2523"/>
+      <c r="D2523"/>
+      <c r="E2523"/>
+      <c r="F2523"/>
+    </row>
+    <row r="2524" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2524"/>
+      <c r="D2524"/>
+      <c r="E2524"/>
+      <c r="F2524"/>
+    </row>
+    <row r="2525" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2525"/>
+      <c r="D2525"/>
+      <c r="E2525"/>
+      <c r="F2525"/>
+    </row>
+    <row r="2526" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2526"/>
+      <c r="D2526"/>
+      <c r="E2526"/>
+      <c r="F2526"/>
+    </row>
+    <row r="2527" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2527"/>
+      <c r="D2527"/>
+      <c r="E2527"/>
+      <c r="F2527"/>
+    </row>
+    <row r="2528" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2528"/>
+      <c r="D2528"/>
+      <c r="E2528"/>
+      <c r="F2528"/>
+    </row>
+    <row r="2529" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2529"/>
+      <c r="D2529"/>
+      <c r="E2529"/>
+      <c r="F2529"/>
+    </row>
+    <row r="2530" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2530"/>
+      <c r="D2530"/>
+      <c r="E2530"/>
+      <c r="F2530"/>
+    </row>
+    <row r="2531" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2531"/>
+      <c r="D2531"/>
+      <c r="E2531"/>
+      <c r="F2531"/>
+    </row>
+    <row r="2532" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2532"/>
+      <c r="D2532"/>
+      <c r="E2532"/>
+      <c r="F2532"/>
+    </row>
+    <row r="2533" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2533"/>
+      <c r="D2533"/>
+      <c r="E2533"/>
+      <c r="F2533"/>
+    </row>
+    <row r="2534" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2534"/>
+      <c r="D2534"/>
+      <c r="E2534"/>
+      <c r="F2534"/>
+    </row>
+    <row r="2535" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2535"/>
+      <c r="D2535"/>
+      <c r="E2535"/>
+      <c r="F2535"/>
+    </row>
+    <row r="2536" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2536"/>
+      <c r="D2536"/>
+      <c r="E2536"/>
+      <c r="F2536"/>
+    </row>
+    <row r="2537" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2537"/>
+      <c r="D2537"/>
+      <c r="E2537"/>
+      <c r="F2537"/>
+    </row>
+    <row r="2538" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2538"/>
+      <c r="D2538"/>
+      <c r="E2538"/>
+      <c r="F2538"/>
+    </row>
+    <row r="2539" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2539"/>
+      <c r="D2539"/>
+      <c r="E2539"/>
+      <c r="F2539"/>
+    </row>
+    <row r="2540" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2540"/>
+      <c r="D2540"/>
+      <c r="E2540"/>
+      <c r="F2540"/>
+    </row>
+    <row r="2541" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2541"/>
+      <c r="D2541"/>
+      <c r="E2541"/>
+      <c r="F2541"/>
+    </row>
+    <row r="2542" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2542"/>
+      <c r="D2542"/>
+      <c r="E2542"/>
+      <c r="F2542"/>
+    </row>
+    <row r="2543" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2543"/>
+      <c r="D2543"/>
+      <c r="E2543"/>
+      <c r="F2543"/>
+    </row>
+    <row r="2544" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2544"/>
+      <c r="D2544"/>
+      <c r="E2544"/>
+      <c r="F2544"/>
+    </row>
+    <row r="2545" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2545"/>
+      <c r="D2545"/>
+      <c r="E2545"/>
+      <c r="F2545"/>
+    </row>
+    <row r="2546" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2546"/>
+      <c r="D2546"/>
+      <c r="E2546"/>
+      <c r="F2546"/>
+    </row>
+    <row r="2547" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2547"/>
+      <c r="D2547"/>
+      <c r="E2547"/>
+      <c r="F2547"/>
+    </row>
+    <row r="2548" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2548"/>
+      <c r="D2548"/>
+      <c r="E2548"/>
+      <c r="F2548"/>
+    </row>
+    <row r="2549" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2549"/>
+      <c r="D2549"/>
+      <c r="E2549"/>
+      <c r="F2549"/>
+    </row>
+    <row r="2550" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2550"/>
+      <c r="D2550"/>
+      <c r="E2550"/>
+      <c r="F2550"/>
+    </row>
+    <row r="2551" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2551"/>
+      <c r="D2551"/>
+      <c r="E2551"/>
+      <c r="F2551"/>
+    </row>
+    <row r="2552" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2552"/>
+      <c r="D2552"/>
+      <c r="E2552"/>
+      <c r="F2552"/>
+    </row>
+    <row r="2553" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2553"/>
+      <c r="D2553"/>
+      <c r="E2553"/>
+      <c r="F2553"/>
+    </row>
+    <row r="2554" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2554"/>
+      <c r="D2554"/>
+      <c r="E2554"/>
+      <c r="F2554"/>
+    </row>
+    <row r="2555" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2555"/>
+      <c r="D2555"/>
+      <c r="E2555"/>
+      <c r="F2555"/>
+    </row>
+    <row r="2556" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2556"/>
+      <c r="D2556"/>
+      <c r="E2556"/>
+      <c r="F2556"/>
+    </row>
+    <row r="2557" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2557"/>
+      <c r="D2557"/>
+      <c r="E2557"/>
+      <c r="F2557"/>
+    </row>
+    <row r="2558" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2558"/>
+      <c r="D2558"/>
+      <c r="E2558"/>
+      <c r="F2558"/>
+    </row>
+    <row r="2559" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2559"/>
+      <c r="D2559"/>
+      <c r="E2559"/>
+      <c r="F2559"/>
+    </row>
+    <row r="2560" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2560"/>
+      <c r="D2560"/>
+      <c r="E2560"/>
+      <c r="F2560"/>
+    </row>
+    <row r="2561" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2561"/>
+      <c r="D2561"/>
+      <c r="E2561"/>
+      <c r="F2561"/>
+    </row>
+    <row r="2562" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2562"/>
+      <c r="D2562"/>
+      <c r="E2562"/>
+      <c r="F2562"/>
+    </row>
+    <row r="2563" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2563"/>
+      <c r="D2563"/>
+      <c r="E2563"/>
+      <c r="F2563"/>
+    </row>
+    <row r="2564" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2564"/>
+      <c r="D2564"/>
+      <c r="E2564"/>
+      <c r="F2564"/>
+    </row>
+    <row r="2565" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2565"/>
+      <c r="D2565"/>
+      <c r="E2565"/>
+      <c r="F2565"/>
+    </row>
+    <row r="2566" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2566"/>
+      <c r="D2566"/>
+      <c r="E2566"/>
+      <c r="F2566"/>
+    </row>
+    <row r="2567" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2567"/>
+      <c r="D2567"/>
+      <c r="E2567"/>
+      <c r="F2567"/>
+    </row>
+    <row r="2568" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2568"/>
+      <c r="D2568"/>
+      <c r="E2568"/>
+      <c r="F2568"/>
+    </row>
+    <row r="2569" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2569"/>
+      <c r="D2569"/>
+      <c r="E2569"/>
+      <c r="F2569"/>
+    </row>
+    <row r="2570" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2570"/>
+      <c r="D2570"/>
+      <c r="E2570"/>
+      <c r="F2570"/>
+    </row>
+    <row r="2571" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2571"/>
+      <c r="D2571"/>
+      <c r="E2571"/>
+      <c r="F2571"/>
+    </row>
+    <row r="2572" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2572"/>
+      <c r="D2572"/>
+      <c r="E2572"/>
+      <c r="F2572"/>
+    </row>
+    <row r="2573" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2573"/>
+      <c r="D2573"/>
+      <c r="E2573"/>
+      <c r="F2573"/>
+    </row>
+    <row r="2574" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2574"/>
+      <c r="D2574"/>
+      <c r="E2574"/>
+      <c r="F2574"/>
+    </row>
+    <row r="2575" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2575"/>
+      <c r="D2575"/>
+      <c r="E2575"/>
+      <c r="F2575"/>
+    </row>
+    <row r="2576" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2576"/>
+      <c r="D2576"/>
+      <c r="E2576"/>
+      <c r="F2576"/>
+    </row>
+    <row r="2577" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2577"/>
+      <c r="D2577"/>
+      <c r="E2577"/>
+      <c r="F2577"/>
+    </row>
+    <row r="2578" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2578"/>
+      <c r="D2578"/>
+      <c r="E2578"/>
+      <c r="F2578"/>
+    </row>
+    <row r="2579" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2579"/>
+      <c r="D2579"/>
+      <c r="E2579"/>
+      <c r="F2579"/>
+    </row>
+    <row r="2580" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2580"/>
+      <c r="D2580"/>
+      <c r="E2580"/>
+      <c r="F2580"/>
+    </row>
+    <row r="2581" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2581"/>
+      <c r="D2581"/>
+      <c r="E2581"/>
+      <c r="F2581"/>
+    </row>
+    <row r="2582" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2582"/>
+      <c r="D2582"/>
+      <c r="E2582"/>
+      <c r="F2582"/>
+    </row>
+    <row r="2583" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2583"/>
+      <c r="D2583"/>
+      <c r="E2583"/>
+      <c r="F2583"/>
+    </row>
+    <row r="2584" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2584"/>
+      <c r="D2584"/>
+      <c r="E2584"/>
+      <c r="F2584"/>
+    </row>
+    <row r="2585" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2585"/>
+      <c r="D2585"/>
+      <c r="E2585"/>
+      <c r="F2585"/>
+    </row>
+    <row r="2586" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2586"/>
+      <c r="D2586"/>
+      <c r="E2586"/>
+      <c r="F2586"/>
+    </row>
+    <row r="2587" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2587"/>
+      <c r="D2587"/>
+      <c r="E2587"/>
+      <c r="F2587"/>
+    </row>
+    <row r="2588" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2588"/>
+      <c r="D2588"/>
+      <c r="E2588"/>
+      <c r="F2588"/>
+    </row>
+    <row r="2589" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2589"/>
+      <c r="D2589"/>
+      <c r="E2589"/>
+      <c r="F2589"/>
+    </row>
+    <row r="2590" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2590"/>
+      <c r="D2590"/>
+      <c r="E2590"/>
+      <c r="F2590"/>
+    </row>
+    <row r="2591" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2591"/>
+      <c r="D2591"/>
+      <c r="E2591"/>
+      <c r="F2591"/>
+    </row>
+    <row r="2592" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2592"/>
+      <c r="D2592"/>
+      <c r="E2592"/>
+      <c r="F2592"/>
+    </row>
+    <row r="2593" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2593"/>
+      <c r="D2593"/>
+      <c r="E2593"/>
+      <c r="F2593"/>
+    </row>
+    <row r="2594" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2594"/>
+      <c r="D2594"/>
+      <c r="E2594"/>
+      <c r="F2594"/>
+    </row>
+    <row r="2595" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2595"/>
+      <c r="D2595"/>
+      <c r="E2595"/>
+      <c r="F2595"/>
+    </row>
+    <row r="2596" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2596"/>
+      <c r="D2596"/>
+      <c r="E2596"/>
+      <c r="F2596"/>
+    </row>
+    <row r="2597" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2597"/>
+      <c r="D2597"/>
+      <c r="E2597"/>
+      <c r="F2597"/>
+    </row>
+    <row r="2598" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2598"/>
+      <c r="D2598"/>
+      <c r="E2598"/>
+      <c r="F2598"/>
+    </row>
+    <row r="2599" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2599"/>
+      <c r="D2599"/>
+      <c r="E2599"/>
+      <c r="F2599"/>
+    </row>
+    <row r="2600" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2600"/>
+      <c r="D2600"/>
+      <c r="E2600"/>
+      <c r="F2600"/>
+    </row>
+    <row r="2601" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2601"/>
+      <c r="D2601"/>
+      <c r="E2601"/>
+      <c r="F2601"/>
+    </row>
+    <row r="2602" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2602"/>
+      <c r="D2602"/>
+      <c r="E2602"/>
+      <c r="F2602"/>
+    </row>
+    <row r="2603" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2603"/>
+      <c r="D2603"/>
+      <c r="E2603"/>
+      <c r="F2603"/>
+    </row>
+    <row r="2604" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2604"/>
+      <c r="D2604"/>
+      <c r="E2604"/>
+      <c r="F2604"/>
+    </row>
+    <row r="2605" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2605"/>
+      <c r="D2605"/>
+      <c r="E2605"/>
+      <c r="F2605"/>
+    </row>
+    <row r="2606" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2606"/>
+      <c r="D2606"/>
+      <c r="E2606"/>
+      <c r="F2606"/>
+    </row>
+    <row r="2607" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2607"/>
+      <c r="D2607"/>
+      <c r="E2607"/>
+      <c r="F2607"/>
+    </row>
+    <row r="2608" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2608"/>
+      <c r="D2608"/>
+      <c r="E2608"/>
+      <c r="F2608"/>
+    </row>
+    <row r="2609" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2609"/>
+      <c r="D2609"/>
+      <c r="E2609"/>
+      <c r="F2609"/>
+    </row>
+    <row r="2610" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2610"/>
+      <c r="D2610"/>
+      <c r="E2610"/>
+      <c r="F2610"/>
+    </row>
+    <row r="2611" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2611"/>
+      <c r="D2611"/>
+      <c r="E2611"/>
+      <c r="F2611"/>
+    </row>
+    <row r="2612" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2612"/>
+      <c r="D2612"/>
+      <c r="E2612"/>
+      <c r="F2612"/>
+    </row>
+    <row r="2613" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2613"/>
+      <c r="D2613"/>
+      <c r="E2613"/>
+      <c r="F2613"/>
+    </row>
+    <row r="2614" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2614"/>
+      <c r="D2614"/>
+      <c r="E2614"/>
+      <c r="F2614"/>
+    </row>
+    <row r="2615" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2615"/>
+      <c r="D2615"/>
+      <c r="E2615"/>
+      <c r="F2615"/>
+    </row>
+    <row r="2616" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2616"/>
+      <c r="D2616"/>
+      <c r="E2616"/>
+      <c r="F2616"/>
+    </row>
+    <row r="2617" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2617"/>
+      <c r="D2617"/>
+      <c r="E2617"/>
+      <c r="F2617"/>
+    </row>
+    <row r="2618" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2618"/>
+      <c r="D2618"/>
+      <c r="E2618"/>
+      <c r="F2618"/>
+    </row>
+    <row r="2619" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2619"/>
+      <c r="D2619"/>
+      <c r="E2619"/>
+      <c r="F2619"/>
+    </row>
+    <row r="2620" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2620"/>
+      <c r="D2620"/>
+      <c r="E2620"/>
+      <c r="F2620"/>
+    </row>
+    <row r="2621" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2621"/>
+      <c r="D2621"/>
+      <c r="E2621"/>
+      <c r="F2621"/>
+    </row>
+    <row r="2622" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2622"/>
+      <c r="D2622"/>
+      <c r="E2622"/>
+      <c r="F2622"/>
+    </row>
+    <row r="2623" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2623"/>
+      <c r="D2623"/>
+      <c r="E2623"/>
+      <c r="F2623"/>
+    </row>
+    <row r="2624" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2624"/>
+      <c r="D2624"/>
+      <c r="E2624"/>
+      <c r="F2624"/>
+    </row>
+    <row r="2625" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2625"/>
+      <c r="D2625"/>
+      <c r="E2625"/>
+      <c r="F2625"/>
+    </row>
+    <row r="2626" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2626"/>
+      <c r="D2626"/>
+      <c r="E2626"/>
+      <c r="F2626"/>
+    </row>
+    <row r="2627" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2627"/>
+      <c r="D2627"/>
+      <c r="E2627"/>
+      <c r="F2627"/>
+    </row>
+    <row r="2628" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2628"/>
+      <c r="D2628"/>
+      <c r="E2628"/>
+      <c r="F2628"/>
+    </row>
+    <row r="2629" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2629"/>
+      <c r="D2629"/>
+      <c r="E2629"/>
+      <c r="F2629"/>
+    </row>
+    <row r="2630" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2630"/>
+      <c r="D2630"/>
+      <c r="E2630"/>
+      <c r="F2630"/>
+    </row>
+    <row r="2631" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2631"/>
+      <c r="D2631"/>
+      <c r="E2631"/>
+      <c r="F2631"/>
+    </row>
+    <row r="2632" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2632"/>
+      <c r="D2632"/>
+      <c r="E2632"/>
+      <c r="F2632"/>
+    </row>
+    <row r="2633" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2633"/>
+      <c r="D2633"/>
+      <c r="E2633"/>
+      <c r="F2633"/>
+    </row>
+    <row r="2634" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2634"/>
+      <c r="D2634"/>
+      <c r="E2634"/>
+      <c r="F2634"/>
+    </row>
+    <row r="2635" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2635"/>
+      <c r="D2635"/>
+      <c r="E2635"/>
+      <c r="F2635"/>
+    </row>
+    <row r="2636" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2636"/>
+      <c r="D2636"/>
+      <c r="E2636"/>
+      <c r="F2636"/>
+    </row>
+    <row r="2637" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2637"/>
+      <c r="D2637"/>
+      <c r="E2637"/>
+      <c r="F2637"/>
+    </row>
+    <row r="2638" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2638"/>
+      <c r="D2638"/>
+      <c r="E2638"/>
+      <c r="F2638"/>
+    </row>
+    <row r="2639" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2639"/>
+      <c r="D2639"/>
+      <c r="E2639"/>
+      <c r="F2639"/>
+    </row>
+    <row r="2640" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2640"/>
+      <c r="D2640"/>
+      <c r="E2640"/>
+      <c r="F2640"/>
+    </row>
+    <row r="2641" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2641"/>
+      <c r="D2641"/>
+      <c r="E2641"/>
+      <c r="F2641"/>
+    </row>
+    <row r="2642" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2642"/>
+      <c r="D2642"/>
+      <c r="E2642"/>
+      <c r="F2642"/>
+    </row>
+    <row r="2643" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2643"/>
+      <c r="D2643"/>
+      <c r="E2643"/>
+      <c r="F2643"/>
+    </row>
+    <row r="2644" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2644"/>
+      <c r="D2644"/>
+      <c r="E2644"/>
+      <c r="F2644"/>
+    </row>
+    <row r="2645" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2645"/>
+      <c r="D2645"/>
+      <c r="E2645"/>
+      <c r="F2645"/>
+    </row>
+    <row r="2646" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2646"/>
+      <c r="D2646"/>
+      <c r="E2646"/>
+      <c r="F2646"/>
+    </row>
+    <row r="2647" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2647"/>
+      <c r="D2647"/>
+      <c r="E2647"/>
+      <c r="F2647"/>
+    </row>
+    <row r="2648" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2648"/>
+      <c r="D2648"/>
+      <c r="E2648"/>
+      <c r="F2648"/>
+    </row>
+    <row r="2649" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2649"/>
+      <c r="D2649"/>
+      <c r="E2649"/>
+      <c r="F2649"/>
+    </row>
+    <row r="2650" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2650"/>
+      <c r="D2650"/>
+      <c r="E2650"/>
+      <c r="F2650"/>
+    </row>
+    <row r="2651" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2651"/>
+      <c r="D2651"/>
+      <c r="E2651"/>
+      <c r="F2651"/>
+    </row>
+    <row r="2652" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2652"/>
+      <c r="D2652"/>
+      <c r="E2652"/>
+      <c r="F2652"/>
+    </row>
+    <row r="2653" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2653"/>
+      <c r="D2653"/>
+      <c r="E2653"/>
+      <c r="F2653"/>
+    </row>
+    <row r="2654" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2654"/>
+      <c r="D2654"/>
+      <c r="E2654"/>
+      <c r="F2654"/>
+    </row>
+    <row r="2655" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2655"/>
+      <c r="D2655"/>
+      <c r="E2655"/>
+      <c r="F2655"/>
+    </row>
+    <row r="2656" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2656"/>
+      <c r="D2656"/>
+      <c r="E2656"/>
+      <c r="F2656"/>
+    </row>
+    <row r="2657" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2657"/>
+      <c r="D2657"/>
+      <c r="E2657"/>
+      <c r="F2657"/>
+    </row>
+    <row r="2658" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2658"/>
+      <c r="D2658"/>
+      <c r="E2658"/>
+      <c r="F2658"/>
+    </row>
+    <row r="2659" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2659"/>
+      <c r="D2659"/>
+      <c r="E2659"/>
+      <c r="F2659"/>
+    </row>
+    <row r="2660" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2660"/>
+      <c r="D2660"/>
+      <c r="E2660"/>
+      <c r="F2660"/>
+    </row>
+    <row r="2661" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2661"/>
+      <c r="D2661"/>
+      <c r="E2661"/>
+      <c r="F2661"/>
+    </row>
+    <row r="2662" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2662"/>
+      <c r="D2662"/>
+      <c r="E2662"/>
+      <c r="F2662"/>
+    </row>
+    <row r="2663" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2663"/>
+      <c r="D2663"/>
+      <c r="E2663"/>
+      <c r="F2663"/>
+    </row>
+    <row r="2664" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2664"/>
+      <c r="D2664"/>
+      <c r="E2664"/>
+      <c r="F2664"/>
+    </row>
+    <row r="2665" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2665"/>
+      <c r="D2665"/>
+      <c r="E2665"/>
+      <c r="F2665"/>
+    </row>
+    <row r="2666" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2666"/>
+      <c r="D2666"/>
+      <c r="E2666"/>
+      <c r="F2666"/>
+    </row>
+    <row r="2667" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2667"/>
+      <c r="D2667"/>
+      <c r="E2667"/>
+      <c r="F2667"/>
+    </row>
+    <row r="2668" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2668"/>
+      <c r="D2668"/>
+      <c r="E2668"/>
+      <c r="F2668"/>
+    </row>
+    <row r="2669" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2669"/>
+      <c r="D2669"/>
+      <c r="E2669"/>
+      <c r="F2669"/>
+    </row>
+    <row r="2670" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2670"/>
+      <c r="D2670"/>
+      <c r="E2670"/>
+      <c r="F2670"/>
+    </row>
+    <row r="2671" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2671"/>
+      <c r="D2671"/>
+      <c r="E2671"/>
+      <c r="F2671"/>
+    </row>
+    <row r="2672" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2672"/>
+      <c r="D2672"/>
+      <c r="E2672"/>
+      <c r="F2672"/>
+    </row>
+    <row r="2673" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2673"/>
+      <c r="D2673"/>
+      <c r="E2673"/>
+      <c r="F2673"/>
+    </row>
+    <row r="2674" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2674"/>
+      <c r="D2674"/>
+      <c r="E2674"/>
+      <c r="F2674"/>
+    </row>
+    <row r="2675" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2675"/>
+      <c r="D2675"/>
+      <c r="E2675"/>
+      <c r="F2675"/>
+    </row>
+    <row r="2676" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2676"/>
+      <c r="D2676"/>
+      <c r="E2676"/>
+      <c r="F2676"/>
+    </row>
+    <row r="2677" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2677"/>
+      <c r="D2677"/>
+      <c r="E2677"/>
+      <c r="F2677"/>
+    </row>
+    <row r="2678" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2678"/>
+      <c r="D2678"/>
+      <c r="E2678"/>
+      <c r="F2678"/>
+    </row>
+    <row r="2679" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2679"/>
+      <c r="D2679"/>
+      <c r="E2679"/>
+      <c r="F2679"/>
+    </row>
+    <row r="2680" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2680"/>
+      <c r="D2680"/>
+      <c r="E2680"/>
+      <c r="F2680"/>
+    </row>
+    <row r="2681" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2681"/>
+      <c r="D2681"/>
+      <c r="E2681"/>
+      <c r="F2681"/>
+    </row>
+    <row r="2682" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2682"/>
+      <c r="D2682"/>
+      <c r="E2682"/>
+      <c r="F2682"/>
+    </row>
+    <row r="2683" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2683"/>
+      <c r="D2683"/>
+      <c r="E2683"/>
+      <c r="F2683"/>
+    </row>
+    <row r="2684" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2684"/>
+      <c r="D2684"/>
+      <c r="E2684"/>
+      <c r="F2684"/>
+    </row>
+    <row r="2685" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2685"/>
+      <c r="D2685"/>
+      <c r="E2685"/>
+      <c r="F2685"/>
+    </row>
+    <row r="2686" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2686"/>
+      <c r="D2686"/>
+      <c r="E2686"/>
+      <c r="F2686"/>
+    </row>
+    <row r="2687" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2687"/>
+      <c r="D2687"/>
+      <c r="E2687"/>
+      <c r="F2687"/>
+    </row>
+    <row r="2688" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2688"/>
+      <c r="D2688"/>
+      <c r="E2688"/>
+      <c r="F2688"/>
+    </row>
+    <row r="2689" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2689"/>
+      <c r="D2689"/>
+      <c r="E2689"/>
+      <c r="F2689"/>
+    </row>
+    <row r="2690" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2690"/>
+      <c r="D2690"/>
+      <c r="E2690"/>
+      <c r="F2690"/>
+    </row>
+    <row r="2691" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2691"/>
+      <c r="D2691"/>
+      <c r="E2691"/>
+      <c r="F2691"/>
+    </row>
+    <row r="2692" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2692"/>
+      <c r="D2692"/>
+      <c r="E2692"/>
+      <c r="F2692"/>
+    </row>
+    <row r="2693" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2693"/>
+      <c r="D2693"/>
+      <c r="E2693"/>
+      <c r="F2693"/>
+    </row>
+    <row r="2694" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2694"/>
+      <c r="D2694"/>
+      <c r="E2694"/>
+      <c r="F2694"/>
+    </row>
+    <row r="2695" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2695"/>
+      <c r="D2695"/>
+      <c r="E2695"/>
+      <c r="F2695"/>
+    </row>
+    <row r="2696" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2696"/>
+      <c r="D2696"/>
+      <c r="E2696"/>
+      <c r="F2696"/>
+    </row>
+    <row r="2697" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2697"/>
+      <c r="D2697"/>
+      <c r="E2697"/>
+      <c r="F2697"/>
+    </row>
+    <row r="2698" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2698"/>
+      <c r="D2698"/>
+      <c r="E2698"/>
+      <c r="F2698"/>
+    </row>
+    <row r="2699" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2699"/>
+      <c r="D2699"/>
+      <c r="E2699"/>
+      <c r="F2699"/>
+    </row>
+    <row r="2700" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2700"/>
+      <c r="D2700"/>
+      <c r="E2700"/>
+      <c r="F2700"/>
+    </row>
+    <row r="2701" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2701"/>
+      <c r="D2701"/>
+      <c r="E2701"/>
+      <c r="F2701"/>
+    </row>
+    <row r="2702" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2702"/>
+      <c r="D2702"/>
+      <c r="E2702"/>
+      <c r="F2702"/>
+    </row>
+    <row r="2703" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2703"/>
+      <c r="D2703"/>
+      <c r="E2703"/>
+      <c r="F2703"/>
+    </row>
+    <row r="2704" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2704"/>
+      <c r="D2704"/>
+      <c r="E2704"/>
+      <c r="F2704"/>
+    </row>
+    <row r="2705" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2705"/>
+      <c r="D2705"/>
+      <c r="E2705"/>
+      <c r="F2705"/>
+    </row>
+    <row r="2706" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2706"/>
+      <c r="D2706"/>
+      <c r="E2706"/>
+      <c r="F2706"/>
+    </row>
+    <row r="2707" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2707"/>
+      <c r="D2707"/>
+      <c r="E2707"/>
+      <c r="F2707"/>
+    </row>
+    <row r="2708" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2708"/>
+      <c r="D2708"/>
+      <c r="E2708"/>
+      <c r="F2708"/>
+    </row>
+    <row r="2709" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2709"/>
+      <c r="D2709"/>
+      <c r="E2709"/>
+      <c r="F2709"/>
+    </row>
+    <row r="2710" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2710"/>
+      <c r="D2710"/>
+      <c r="E2710"/>
+      <c r="F2710"/>
+    </row>
+    <row r="2711" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2711"/>
+      <c r="D2711"/>
+      <c r="E2711"/>
+      <c r="F2711"/>
+    </row>
+    <row r="2712" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2712"/>
+      <c r="D2712"/>
+      <c r="E2712"/>
+      <c r="F2712"/>
+    </row>
+    <row r="2713" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2713"/>
+      <c r="D2713"/>
+      <c r="E2713"/>
+      <c r="F2713"/>
+    </row>
+    <row r="2714" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2714"/>
+      <c r="D2714"/>
+      <c r="E2714"/>
+      <c r="F2714"/>
+    </row>
+    <row r="2715" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2715"/>
+      <c r="D2715"/>
+      <c r="E2715"/>
+      <c r="F2715"/>
+    </row>
+    <row r="2716" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2716"/>
+      <c r="D2716"/>
+      <c r="E2716"/>
+      <c r="F2716"/>
+    </row>
+    <row r="2717" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2717"/>
+      <c r="D2717"/>
+      <c r="E2717"/>
+      <c r="F2717"/>
+    </row>
+    <row r="2718" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2718"/>
+      <c r="D2718"/>
+      <c r="E2718"/>
+      <c r="F2718"/>
+    </row>
+    <row r="2719" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2719"/>
+      <c r="D2719"/>
+      <c r="E2719"/>
+      <c r="F2719"/>
+    </row>
+    <row r="2720" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2720"/>
+      <c r="D2720"/>
+      <c r="E2720"/>
+      <c r="F2720"/>
+    </row>
+    <row r="2721" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2721"/>
+      <c r="D2721"/>
+      <c r="E2721"/>
+      <c r="F2721"/>
+    </row>
+    <row r="2722" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2722"/>
+      <c r="D2722"/>
+      <c r="E2722"/>
+      <c r="F2722"/>
+    </row>
+    <row r="2723" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2723"/>
+      <c r="D2723"/>
+      <c r="E2723"/>
+      <c r="F2723"/>
+    </row>
+    <row r="2724" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2724"/>
+      <c r="D2724"/>
+      <c r="E2724"/>
+      <c r="F2724"/>
+    </row>
+    <row r="2725" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2725"/>
+      <c r="D2725"/>
+      <c r="E2725"/>
+      <c r="F2725"/>
+    </row>
+    <row r="2726" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2726"/>
+      <c r="D2726"/>
+      <c r="E2726"/>
+      <c r="F2726"/>
+    </row>
+    <row r="2727" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2727"/>
+      <c r="D2727"/>
+      <c r="E2727"/>
+      <c r="F2727"/>
+    </row>
+    <row r="2728" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2728"/>
+      <c r="D2728"/>
+      <c r="E2728"/>
+      <c r="F2728"/>
+    </row>
+    <row r="2729" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2729"/>
+      <c r="D2729"/>
+      <c r="E2729"/>
+      <c r="F2729"/>
+    </row>
+    <row r="2730" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2730"/>
+      <c r="D2730"/>
+      <c r="E2730"/>
+      <c r="F2730"/>
+    </row>
+    <row r="2731" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2731"/>
+      <c r="D2731"/>
+      <c r="E2731"/>
+      <c r="F2731"/>
+    </row>
+    <row r="2732" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2732"/>
+      <c r="D2732"/>
+      <c r="E2732"/>
+      <c r="F2732"/>
+    </row>
+    <row r="2733" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2733"/>
+      <c r="D2733"/>
+      <c r="E2733"/>
+      <c r="F2733"/>
+    </row>
+    <row r="2734" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2734"/>
+      <c r="D2734"/>
+      <c r="E2734"/>
+      <c r="F2734"/>
+    </row>
+    <row r="2735" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2735"/>
+      <c r="D2735"/>
+      <c r="E2735"/>
+      <c r="F2735"/>
+    </row>
+    <row r="2736" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2736"/>
+      <c r="D2736"/>
+      <c r="E2736"/>
+      <c r="F2736"/>
+    </row>
+    <row r="2737" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2737"/>
+      <c r="D2737"/>
+      <c r="E2737"/>
+      <c r="F2737"/>
+    </row>
+    <row r="2738" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2738"/>
+      <c r="D2738"/>
+      <c r="E2738"/>
+      <c r="F2738"/>
+    </row>
+    <row r="2739" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2739"/>
+      <c r="D2739"/>
+      <c r="E2739"/>
+      <c r="F2739"/>
+    </row>
+    <row r="2740" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2740"/>
+      <c r="D2740"/>
+      <c r="E2740"/>
+      <c r="F2740"/>
+    </row>
+    <row r="2741" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2741"/>
+      <c r="D2741"/>
+      <c r="E2741"/>
+      <c r="F2741"/>
+    </row>
+    <row r="2742" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2742"/>
+      <c r="D2742"/>
+      <c r="E2742"/>
+      <c r="F2742"/>
+    </row>
+    <row r="2743" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2743"/>
+      <c r="D2743"/>
+      <c r="E2743"/>
+      <c r="F2743"/>
+    </row>
+    <row r="2744" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2744"/>
+      <c r="D2744"/>
+      <c r="E2744"/>
+      <c r="F2744"/>
+    </row>
+    <row r="2745" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2745"/>
+      <c r="D2745"/>
+      <c r="E2745"/>
+      <c r="F2745"/>
+    </row>
+    <row r="2746" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2746"/>
+      <c r="D2746"/>
+      <c r="E2746"/>
+      <c r="F2746"/>
+    </row>
+    <row r="2747" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2747"/>
+      <c r="D2747"/>
+      <c r="E2747"/>
+      <c r="F2747"/>
+    </row>
+    <row r="2748" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2748"/>
+      <c r="D2748"/>
+      <c r="E2748"/>
+      <c r="F2748"/>
+    </row>
+    <row r="2749" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2749"/>
+      <c r="D2749"/>
+      <c r="E2749"/>
+      <c r="F2749"/>
+    </row>
+    <row r="2750" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2750"/>
+      <c r="D2750"/>
+      <c r="E2750"/>
+      <c r="F2750"/>
+    </row>
+    <row r="2751" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2751"/>
+      <c r="D2751"/>
+      <c r="E2751"/>
+      <c r="F2751"/>
+    </row>
+    <row r="2752" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2752"/>
+      <c r="D2752"/>
+      <c r="E2752"/>
+      <c r="F2752"/>
+    </row>
+    <row r="2753" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2753"/>
+      <c r="D2753"/>
+      <c r="E2753"/>
+      <c r="F2753"/>
+    </row>
+    <row r="2754" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2754"/>
+      <c r="D2754"/>
+      <c r="E2754"/>
+      <c r="F2754"/>
+    </row>
+    <row r="2755" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2755"/>
+      <c r="D2755"/>
+      <c r="E2755"/>
+      <c r="F2755"/>
+    </row>
+    <row r="2756" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2756"/>
+      <c r="D2756"/>
+      <c r="E2756"/>
+      <c r="F2756"/>
+    </row>
+    <row r="2757" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2757"/>
+      <c r="D2757"/>
+      <c r="E2757"/>
+      <c r="F2757"/>
+    </row>
+    <row r="2758" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2758"/>
+      <c r="D2758"/>
+      <c r="E2758"/>
+      <c r="F2758"/>
+    </row>
+    <row r="2759" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2759"/>
+      <c r="D2759"/>
+      <c r="E2759"/>
+      <c r="F2759"/>
+    </row>
+    <row r="2760" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2760"/>
+      <c r="D2760"/>
+      <c r="E2760"/>
+      <c r="F2760"/>
+    </row>
+    <row r="2761" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2761"/>
+      <c r="D2761"/>
+      <c r="E2761"/>
+      <c r="F2761"/>
+    </row>
+    <row r="2762" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2762"/>
+      <c r="D2762"/>
+      <c r="E2762"/>
+      <c r="F2762"/>
+    </row>
+    <row r="2763" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2763"/>
+      <c r="D2763"/>
+      <c r="E2763"/>
+      <c r="F2763"/>
+    </row>
+    <row r="2764" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2764"/>
+      <c r="D2764"/>
+      <c r="E2764"/>
+      <c r="F2764"/>
+    </row>
+    <row r="2765" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2765"/>
+      <c r="D2765"/>
+      <c r="E2765"/>
+      <c r="F2765"/>
+    </row>
+    <row r="2766" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2766"/>
+      <c r="D2766"/>
+      <c r="E2766"/>
+      <c r="F2766"/>
+    </row>
+    <row r="2767" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2767"/>
+      <c r="D2767"/>
+      <c r="E2767"/>
+      <c r="F2767"/>
+    </row>
+    <row r="2768" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2768"/>
+      <c r="D2768"/>
+      <c r="E2768"/>
+      <c r="F2768"/>
+    </row>
+    <row r="2769" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2769"/>
+      <c r="D2769"/>
+      <c r="E2769"/>
+      <c r="F2769"/>
+    </row>
+    <row r="2770" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2770"/>
+      <c r="D2770"/>
+      <c r="E2770"/>
+      <c r="F2770"/>
+    </row>
+    <row r="2771" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2771"/>
+      <c r="D2771"/>
+      <c r="E2771"/>
+      <c r="F2771"/>
+    </row>
+    <row r="2772" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2772"/>
+      <c r="D2772"/>
+      <c r="E2772"/>
+      <c r="F2772"/>
+    </row>
+    <row r="2773" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2773"/>
+      <c r="D2773"/>
+      <c r="E2773"/>
+      <c r="F2773"/>
+    </row>
+    <row r="2774" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2774"/>
+      <c r="D2774"/>
+      <c r="E2774"/>
+      <c r="F2774"/>
+    </row>
+    <row r="2775" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2775"/>
+      <c r="D2775"/>
+      <c r="E2775"/>
+      <c r="F2775"/>
+    </row>
+    <row r="2776" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2776"/>
+      <c r="D2776"/>
+      <c r="E2776"/>
+      <c r="F2776"/>
+    </row>
+    <row r="2777" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2777"/>
+      <c r="D2777"/>
+      <c r="E2777"/>
+      <c r="F2777"/>
+    </row>
+    <row r="2778" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2778"/>
+      <c r="D2778"/>
+      <c r="E2778"/>
+      <c r="F2778"/>
+    </row>
+    <row r="2779" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2779"/>
+      <c r="D2779"/>
+      <c r="E2779"/>
+      <c r="F2779"/>
+    </row>
+    <row r="2780" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2780"/>
+      <c r="D2780"/>
+      <c r="E2780"/>
+      <c r="F2780"/>
+    </row>
+    <row r="2781" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2781"/>
+      <c r="D2781"/>
+      <c r="E2781"/>
+      <c r="F2781"/>
+    </row>
+    <row r="2782" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2782"/>
+      <c r="D2782"/>
+      <c r="E2782"/>
+      <c r="F2782"/>
+    </row>
+    <row r="2783" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2783"/>
+      <c r="D2783"/>
+      <c r="E2783"/>
+      <c r="F2783"/>
+    </row>
+    <row r="2784" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2784"/>
+      <c r="D2784"/>
+      <c r="E2784"/>
+      <c r="F2784"/>
+    </row>
+    <row r="2785" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2785"/>
+      <c r="D2785"/>
+      <c r="E2785"/>
+      <c r="F2785"/>
+    </row>
+    <row r="2786" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2786"/>
+      <c r="D2786"/>
+      <c r="E2786"/>
+      <c r="F2786"/>
+    </row>
+    <row r="2787" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2787"/>
+      <c r="D2787"/>
+      <c r="E2787"/>
+      <c r="F2787"/>
+    </row>
+    <row r="2788" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2788"/>
+      <c r="D2788"/>
+      <c r="E2788"/>
+      <c r="F2788"/>
+    </row>
+    <row r="2789" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2789"/>
+      <c r="D2789"/>
+      <c r="E2789"/>
+      <c r="F2789"/>
+    </row>
+    <row r="2790" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2790"/>
+      <c r="D2790"/>
+      <c r="E2790"/>
+      <c r="F2790"/>
+    </row>
+    <row r="2791" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2791"/>
+      <c r="D2791"/>
+      <c r="E2791"/>
+      <c r="F2791"/>
+    </row>
+    <row r="2792" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2792"/>
+      <c r="D2792"/>
+      <c r="E2792"/>
+      <c r="F2792"/>
+    </row>
+    <row r="2793" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2793"/>
+      <c r="D2793"/>
+      <c r="E2793"/>
+      <c r="F2793"/>
+    </row>
+    <row r="2794" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2794"/>
+      <c r="D2794"/>
+      <c r="E2794"/>
+      <c r="F2794"/>
+    </row>
+    <row r="2795" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2795"/>
+      <c r="D2795"/>
+      <c r="E2795"/>
+      <c r="F2795"/>
+    </row>
+    <row r="2796" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2796"/>
+      <c r="D2796"/>
+      <c r="E2796"/>
+      <c r="F2796"/>
+    </row>
+    <row r="2797" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2797"/>
+      <c r="D2797"/>
+      <c r="E2797"/>
+      <c r="F2797"/>
+    </row>
+    <row r="2798" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2798"/>
+      <c r="D2798"/>
+      <c r="E2798"/>
+      <c r="F2798"/>
+    </row>
+    <row r="2799" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2799"/>
+      <c r="D2799"/>
+      <c r="E2799"/>
+      <c r="F2799"/>
+    </row>
+    <row r="2800" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2800"/>
+      <c r="D2800"/>
+      <c r="E2800"/>
+      <c r="F2800"/>
+    </row>
+    <row r="2801" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2801"/>
+      <c r="D2801"/>
+      <c r="E2801"/>
+      <c r="F2801"/>
+    </row>
+    <row r="2802" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2802"/>
+      <c r="D2802"/>
+      <c r="E2802"/>
+      <c r="F2802"/>
+    </row>
+    <row r="2803" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2803"/>
+      <c r="D2803"/>
+      <c r="E2803"/>
+      <c r="F2803"/>
+    </row>
+    <row r="2804" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2804"/>
+      <c r="D2804"/>
+      <c r="E2804"/>
+      <c r="F2804"/>
+    </row>
+    <row r="2805" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2805"/>
+      <c r="D2805"/>
+      <c r="E2805"/>
+      <c r="F2805"/>
+    </row>
+    <row r="2806" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2806"/>
+      <c r="D2806"/>
+      <c r="E2806"/>
+      <c r="F2806"/>
+    </row>
+    <row r="2807" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2807"/>
+      <c r="D2807"/>
+      <c r="E2807"/>
+      <c r="F2807"/>
+    </row>
+    <row r="2808" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2808"/>
+      <c r="D2808"/>
+      <c r="E2808"/>
+      <c r="F2808"/>
+    </row>
+    <row r="2809" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2809"/>
+      <c r="D2809"/>
+      <c r="E2809"/>
+      <c r="F2809"/>
+    </row>
+    <row r="2810" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2810"/>
+      <c r="D2810"/>
+      <c r="E2810"/>
+      <c r="F2810"/>
+    </row>
+    <row r="2811" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2811"/>
+      <c r="D2811"/>
+      <c r="E2811"/>
+      <c r="F2811"/>
+    </row>
+    <row r="2812" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2812"/>
+      <c r="D2812"/>
+      <c r="E2812"/>
+      <c r="F2812"/>
+    </row>
+    <row r="2813" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2813"/>
+      <c r="D2813"/>
+      <c r="E2813"/>
+      <c r="F2813"/>
+    </row>
+    <row r="2814" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2814"/>
+      <c r="D2814"/>
+      <c r="E2814"/>
+      <c r="F2814"/>
+    </row>
+    <row r="2815" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2815"/>
+      <c r="D2815"/>
+      <c r="E2815"/>
+      <c r="F2815"/>
+    </row>
+    <row r="2816" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2816"/>
+      <c r="D2816"/>
+      <c r="E2816"/>
+      <c r="F2816"/>
+    </row>
+    <row r="2817" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2817"/>
+      <c r="D2817"/>
+      <c r="E2817"/>
+      <c r="F2817"/>
+    </row>
+    <row r="2818" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2818"/>
+      <c r="D2818"/>
+      <c r="E2818"/>
+      <c r="F2818"/>
+    </row>
+    <row r="2819" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2819"/>
+      <c r="D2819"/>
+      <c r="E2819"/>
+      <c r="F2819"/>
+    </row>
+    <row r="2820" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2820"/>
+      <c r="D2820"/>
+      <c r="E2820"/>
+      <c r="F2820"/>
+    </row>
+    <row r="2821" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2821"/>
+      <c r="D2821"/>
+      <c r="E2821"/>
+      <c r="F2821"/>
+    </row>
+    <row r="2822" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2822"/>
+      <c r="D2822"/>
+      <c r="E2822"/>
+      <c r="F2822"/>
+    </row>
+    <row r="2823" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2823"/>
+      <c r="D2823"/>
+      <c r="E2823"/>
+      <c r="F2823"/>
+    </row>
+    <row r="2824" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2824"/>
+      <c r="D2824"/>
+      <c r="E2824"/>
+      <c r="F2824"/>
+    </row>
+    <row r="2825" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2825"/>
+      <c r="D2825"/>
+      <c r="E2825"/>
+      <c r="F2825"/>
+    </row>
+    <row r="2826" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2826"/>
+      <c r="D2826"/>
+      <c r="E2826"/>
+      <c r="F2826"/>
+    </row>
+    <row r="2827" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2827"/>
+      <c r="D2827"/>
+      <c r="E2827"/>
+      <c r="F2827"/>
+    </row>
+    <row r="2828" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2828"/>
+      <c r="D2828"/>
+      <c r="E2828"/>
+      <c r="F2828"/>
+    </row>
+    <row r="2829" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2829"/>
+      <c r="D2829"/>
+      <c r="E2829"/>
+      <c r="F2829"/>
+    </row>
+    <row r="2830" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2830"/>
+      <c r="D2830"/>
+      <c r="E2830"/>
+      <c r="F2830"/>
+    </row>
+    <row r="2831" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2831"/>
+      <c r="D2831"/>
+      <c r="E2831"/>
+      <c r="F2831"/>
+    </row>
+    <row r="2832" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2832"/>
+      <c r="D2832"/>
+      <c r="E2832"/>
+      <c r="F2832"/>
+    </row>
+    <row r="2833" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2833"/>
+      <c r="D2833"/>
+      <c r="E2833"/>
+      <c r="F2833"/>
+    </row>
+    <row r="2834" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2834"/>
+      <c r="D2834"/>
+      <c r="E2834"/>
+      <c r="F2834"/>
+    </row>
+    <row r="2835" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2835"/>
+      <c r="D2835"/>
+      <c r="E2835"/>
+      <c r="F2835"/>
+    </row>
+    <row r="2836" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2836"/>
+      <c r="D2836"/>
+      <c r="E2836"/>
+      <c r="F2836"/>
+    </row>
+    <row r="2837" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2837"/>
+      <c r="D2837"/>
+      <c r="E2837"/>
+      <c r="F2837"/>
+    </row>
+    <row r="2838" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2838"/>
+      <c r="D2838"/>
+      <c r="E2838"/>
+      <c r="F2838"/>
+    </row>
+    <row r="2839" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2839"/>
+      <c r="D2839"/>
+      <c r="E2839"/>
+      <c r="F2839"/>
+    </row>
+    <row r="2840" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2840"/>
+      <c r="D2840"/>
+      <c r="E2840"/>
+      <c r="F2840"/>
+    </row>
+    <row r="2841" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2841"/>
+      <c r="D2841"/>
+      <c r="E2841"/>
+      <c r="F2841"/>
+    </row>
+    <row r="2842" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2842"/>
+      <c r="D2842"/>
+      <c r="E2842"/>
+      <c r="F2842"/>
+    </row>
+    <row r="2843" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2843"/>
+      <c r="D2843"/>
+      <c r="E2843"/>
+      <c r="F2843"/>
+    </row>
+    <row r="2844" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2844"/>
+      <c r="D2844"/>
+      <c r="E2844"/>
+      <c r="F2844"/>
+    </row>
+    <row r="2845" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2845"/>
+      <c r="D2845"/>
+      <c r="E2845"/>
+      <c r="F2845"/>
+    </row>
+    <row r="2846" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2846"/>
+      <c r="D2846"/>
+      <c r="E2846"/>
+      <c r="F2846"/>
+    </row>
+    <row r="2847" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2847"/>
+      <c r="D2847"/>
+      <c r="E2847"/>
+      <c r="F2847"/>
+    </row>
+    <row r="2848" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2848"/>
+      <c r="D2848"/>
+      <c r="E2848"/>
+      <c r="F2848"/>
+    </row>
+    <row r="2849" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2849"/>
+      <c r="D2849"/>
+      <c r="E2849"/>
+      <c r="F2849"/>
+    </row>
+    <row r="2850" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2850"/>
+      <c r="D2850"/>
+      <c r="E2850"/>
+      <c r="F2850"/>
+    </row>
+    <row r="2851" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2851"/>
+      <c r="D2851"/>
+      <c r="E2851"/>
+      <c r="F2851"/>
+    </row>
+    <row r="2852" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2852"/>
+      <c r="D2852"/>
+      <c r="E2852"/>
+      <c r="F2852"/>
+    </row>
+    <row r="2853" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2853"/>
+      <c r="D2853"/>
+      <c r="E2853"/>
+      <c r="F2853"/>
+    </row>
+    <row r="2854" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2854"/>
+      <c r="D2854"/>
+      <c r="E2854"/>
+      <c r="F2854"/>
+    </row>
+    <row r="2855" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2855"/>
+      <c r="D2855"/>
+      <c r="E2855"/>
+      <c r="F2855"/>
+    </row>
+    <row r="2856" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2856"/>
+      <c r="D2856"/>
+      <c r="E2856"/>
+      <c r="F2856"/>
+    </row>
+    <row r="2857" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2857"/>
+      <c r="D2857"/>
+      <c r="E2857"/>
+      <c r="F2857"/>
+    </row>
+    <row r="2858" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2858"/>
+      <c r="D2858"/>
+      <c r="E2858"/>
+      <c r="F2858"/>
+    </row>
+    <row r="2859" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2859"/>
+      <c r="D2859"/>
+      <c r="E2859"/>
+      <c r="F2859"/>
+    </row>
+    <row r="2860" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2860"/>
+      <c r="D2860"/>
+      <c r="E2860"/>
+      <c r="F2860"/>
+    </row>
+    <row r="2861" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2861"/>
+      <c r="D2861"/>
+      <c r="E2861"/>
+      <c r="F2861"/>
+    </row>
+    <row r="2862" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2862"/>
+      <c r="D2862"/>
+      <c r="E2862"/>
+      <c r="F2862"/>
+    </row>
+    <row r="2863" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2863"/>
+      <c r="D2863"/>
+      <c r="E2863"/>
+      <c r="F2863"/>
+    </row>
+    <row r="2864" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2864"/>
+      <c r="D2864"/>
+      <c r="E2864"/>
+      <c r="F2864"/>
+    </row>
+    <row r="2865" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2865"/>
+      <c r="D2865"/>
+      <c r="E2865"/>
+      <c r="F2865"/>
+    </row>
+    <row r="2866" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2866"/>
+      <c r="D2866"/>
+      <c r="E2866"/>
+      <c r="F2866"/>
+    </row>
+    <row r="2867" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2867"/>
+      <c r="D2867"/>
+      <c r="E2867"/>
+      <c r="F2867"/>
+    </row>
+    <row r="2868" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2868"/>
+      <c r="D2868"/>
+      <c r="E2868"/>
+      <c r="F2868"/>
+    </row>
+    <row r="2869" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2869"/>
+      <c r="D2869"/>
+      <c r="E2869"/>
+      <c r="F2869"/>
+    </row>
+    <row r="2870" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2870"/>
+      <c r="D2870"/>
+      <c r="E2870"/>
+      <c r="F2870"/>
+    </row>
+    <row r="2871" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2871"/>
+      <c r="D2871"/>
+      <c r="E2871"/>
+      <c r="F2871"/>
+    </row>
+    <row r="2872" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2872"/>
+      <c r="D2872"/>
+      <c r="E2872"/>
+      <c r="F2872"/>
+    </row>
+    <row r="2873" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2873"/>
+      <c r="D2873"/>
+      <c r="E2873"/>
+      <c r="F2873"/>
+    </row>
+    <row r="2874" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2874"/>
+      <c r="D2874"/>
+      <c r="E2874"/>
+      <c r="F2874"/>
+    </row>
+    <row r="2875" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2875"/>
+      <c r="D2875"/>
+      <c r="E2875"/>
+      <c r="F2875"/>
+    </row>
+    <row r="2876" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2876"/>
+      <c r="D2876"/>
+      <c r="E2876"/>
+      <c r="F2876"/>
+    </row>
+    <row r="2877" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2877"/>
+      <c r="D2877"/>
+      <c r="E2877"/>
+      <c r="F2877"/>
+    </row>
+    <row r="2878" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2878"/>
+      <c r="D2878"/>
+      <c r="E2878"/>
+      <c r="F2878"/>
+    </row>
+    <row r="2879" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2879"/>
+      <c r="D2879"/>
+      <c r="E2879"/>
+      <c r="F2879"/>
+    </row>
+    <row r="2880" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2880"/>
+      <c r="D2880"/>
+      <c r="E2880"/>
+      <c r="F2880"/>
+    </row>
+    <row r="2881" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2881"/>
+      <c r="D2881"/>
+      <c r="E2881"/>
+      <c r="F2881"/>
+    </row>
+    <row r="2882" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2882"/>
+      <c r="D2882"/>
+      <c r="E2882"/>
+      <c r="F2882"/>
+    </row>
+    <row r="2883" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2883"/>
+      <c r="D2883"/>
+      <c r="E2883"/>
+      <c r="F2883"/>
+    </row>
+    <row r="2884" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2884"/>
+      <c r="D2884"/>
+      <c r="E2884"/>
+      <c r="F2884"/>
+    </row>
+    <row r="2885" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2885"/>
+      <c r="D2885"/>
+      <c r="E2885"/>
+      <c r="F2885"/>
+    </row>
+    <row r="2886" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2886"/>
+      <c r="D2886"/>
+      <c r="E2886"/>
+      <c r="F2886"/>
+    </row>
+    <row r="2887" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2887"/>
+      <c r="D2887"/>
+      <c r="E2887"/>
+      <c r="F2887"/>
+    </row>
+    <row r="2888" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2888"/>
+      <c r="D2888"/>
+      <c r="E2888"/>
+      <c r="F2888"/>
+    </row>
+    <row r="2889" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2889"/>
+      <c r="D2889"/>
+      <c r="E2889"/>
+      <c r="F2889"/>
+    </row>
+    <row r="2890" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2890"/>
+      <c r="D2890"/>
+      <c r="E2890"/>
+      <c r="F2890"/>
+    </row>
+    <row r="2891" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2891"/>
+      <c r="D2891"/>
+      <c r="E2891"/>
+      <c r="F2891"/>
+    </row>
+    <row r="2892" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2892"/>
+      <c r="D2892"/>
+      <c r="E2892"/>
+      <c r="F2892"/>
+    </row>
+    <row r="2893" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2893"/>
+      <c r="D2893"/>
+      <c r="E2893"/>
+      <c r="F2893"/>
+    </row>
+    <row r="2894" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2894"/>
+      <c r="D2894"/>
+      <c r="E2894"/>
+      <c r="F2894"/>
+    </row>
+    <row r="2895" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2895"/>
+      <c r="D2895"/>
+      <c r="E2895"/>
+      <c r="F2895"/>
+    </row>
+    <row r="2896" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2896"/>
+      <c r="D2896"/>
+      <c r="E2896"/>
+      <c r="F2896"/>
+    </row>
+    <row r="2897" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2897"/>
+      <c r="D2897"/>
+      <c r="E2897"/>
+      <c r="F2897"/>
+    </row>
+    <row r="2898" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2898"/>
+      <c r="D2898"/>
+      <c r="E2898"/>
+      <c r="F2898"/>
+    </row>
+    <row r="2899" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2899"/>
+      <c r="D2899"/>
+      <c r="E2899"/>
+      <c r="F2899"/>
+    </row>
+    <row r="2900" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2900"/>
+      <c r="D2900"/>
+      <c r="E2900"/>
+      <c r="F2900"/>
+    </row>
+    <row r="2901" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2901"/>
+      <c r="D2901"/>
+      <c r="E2901"/>
+      <c r="F2901"/>
+    </row>
+    <row r="2902" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2902"/>
+      <c r="D2902"/>
+      <c r="E2902"/>
+      <c r="F2902"/>
+    </row>
+    <row r="2903" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2903"/>
+      <c r="D2903"/>
+      <c r="E2903"/>
+      <c r="F2903"/>
+    </row>
+    <row r="2904" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2904"/>
+      <c r="D2904"/>
+      <c r="E2904"/>
+      <c r="F2904"/>
+    </row>
+    <row r="2905" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2905"/>
+      <c r="D2905"/>
+      <c r="E2905"/>
+      <c r="F2905"/>
+    </row>
+    <row r="2906" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2906"/>
+      <c r="D2906"/>
+      <c r="E2906"/>
+      <c r="F2906"/>
+    </row>
+    <row r="2907" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2907"/>
+      <c r="D2907"/>
+      <c r="E2907"/>
+      <c r="F2907"/>
+    </row>
+    <row r="2908" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2908"/>
+      <c r="D2908"/>
+      <c r="E2908"/>
+      <c r="F2908"/>
+    </row>
+    <row r="2909" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2909"/>
+      <c r="D2909"/>
+      <c r="E2909"/>
+      <c r="F2909"/>
+    </row>
+    <row r="2910" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2910"/>
+      <c r="D2910"/>
+      <c r="E2910"/>
+      <c r="F2910"/>
+    </row>
+    <row r="2911" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2911"/>
+      <c r="D2911"/>
+      <c r="E2911"/>
+      <c r="F2911"/>
+    </row>
+    <row r="2912" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2912"/>
+      <c r="D2912"/>
+      <c r="E2912"/>
+      <c r="F2912"/>
+    </row>
+    <row r="2913" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2913"/>
+      <c r="D2913"/>
+      <c r="E2913"/>
+      <c r="F2913"/>
+    </row>
+    <row r="2914" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2914"/>
+      <c r="D2914"/>
+      <c r="E2914"/>
+      <c r="F2914"/>
+    </row>
+    <row r="2915" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2915"/>
+      <c r="D2915"/>
+      <c r="E2915"/>
+      <c r="F2915"/>
+    </row>
+    <row r="2916" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2916"/>
+      <c r="D2916"/>
+      <c r="E2916"/>
+      <c r="F2916"/>
+    </row>
+    <row r="2917" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2917"/>
+      <c r="D2917"/>
+      <c r="E2917"/>
+      <c r="F2917"/>
+    </row>
+    <row r="2918" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2918"/>
+      <c r="D2918"/>
+      <c r="E2918"/>
+      <c r="F2918"/>
+    </row>
+    <row r="2919" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2919"/>
+      <c r="D2919"/>
+      <c r="E2919"/>
+      <c r="F2919"/>
+    </row>
+    <row r="2920" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2920"/>
+      <c r="D2920"/>
+      <c r="E2920"/>
+      <c r="F2920"/>
+    </row>
+    <row r="2921" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2921"/>
+      <c r="D2921"/>
+      <c r="E2921"/>
+      <c r="F2921"/>
+    </row>
+    <row r="2922" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2922"/>
+      <c r="D2922"/>
+      <c r="E2922"/>
+      <c r="F2922"/>
+    </row>
+    <row r="2923" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2923"/>
+      <c r="D2923"/>
+      <c r="E2923"/>
+      <c r="F2923"/>
+    </row>
+    <row r="2924" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2924"/>
+      <c r="D2924"/>
+      <c r="E2924"/>
+      <c r="F2924"/>
+    </row>
+    <row r="2925" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2925"/>
+      <c r="D2925"/>
+      <c r="E2925"/>
+      <c r="F2925"/>
+    </row>
+    <row r="2926" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2926"/>
+      <c r="D2926"/>
+      <c r="E2926"/>
+      <c r="F2926"/>
+    </row>
+    <row r="2927" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2927"/>
+      <c r="D2927"/>
+      <c r="E2927"/>
+      <c r="F2927"/>
+    </row>
+    <row r="2928" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2928"/>
+      <c r="D2928"/>
+      <c r="E2928"/>
+      <c r="F2928"/>
+    </row>
+    <row r="2929" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2929"/>
+      <c r="D2929"/>
+      <c r="E2929"/>
+      <c r="F2929"/>
+    </row>
+    <row r="2930" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2930"/>
+      <c r="D2930"/>
+      <c r="E2930"/>
+      <c r="F2930"/>
+    </row>
+    <row r="2931" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2931"/>
+      <c r="D2931"/>
+      <c r="E2931"/>
+      <c r="F2931"/>
+    </row>
+    <row r="2932" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2932"/>
+      <c r="D2932"/>
+      <c r="E2932"/>
+      <c r="F2932"/>
+    </row>
+    <row r="2933" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2933"/>
+      <c r="D2933"/>
+      <c r="E2933"/>
+      <c r="F2933"/>
+    </row>
+    <row r="2934" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2934"/>
+      <c r="D2934"/>
+      <c r="E2934"/>
+      <c r="F2934"/>
+    </row>
+    <row r="2935" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2935"/>
+      <c r="D2935"/>
+      <c r="E2935"/>
+      <c r="F2935"/>
+    </row>
+    <row r="2936" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2936"/>
+      <c r="D2936"/>
+      <c r="E2936"/>
+      <c r="F2936"/>
+    </row>
+    <row r="2937" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2937"/>
+      <c r="D2937"/>
+      <c r="E2937"/>
+      <c r="F2937"/>
+    </row>
+    <row r="2938" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2938"/>
+      <c r="D2938"/>
+      <c r="E2938"/>
+      <c r="F2938"/>
+    </row>
+    <row r="2939" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2939"/>
+      <c r="D2939"/>
+      <c r="E2939"/>
+      <c r="F2939"/>
+    </row>
+    <row r="2940" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2940"/>
+      <c r="D2940"/>
+      <c r="E2940"/>
+      <c r="F2940"/>
+    </row>
+    <row r="2941" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2941"/>
+      <c r="D2941"/>
+      <c r="E2941"/>
+      <c r="F2941"/>
+    </row>
+    <row r="2942" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2942"/>
+      <c r="D2942"/>
+      <c r="E2942"/>
+      <c r="F2942"/>
+    </row>
+    <row r="2943" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2943"/>
+      <c r="D2943"/>
+      <c r="E2943"/>
+      <c r="F2943"/>
+    </row>
+    <row r="2944" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2944"/>
+      <c r="D2944"/>
+      <c r="E2944"/>
+      <c r="F2944"/>
+    </row>
+    <row r="2945" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2945"/>
+      <c r="D2945"/>
+      <c r="E2945"/>
+      <c r="F2945"/>
+    </row>
+    <row r="2946" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2946"/>
+      <c r="D2946"/>
+      <c r="E2946"/>
+      <c r="F2946"/>
+    </row>
+    <row r="2947" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2947"/>
+      <c r="D2947"/>
+      <c r="E2947"/>
+      <c r="F2947"/>
+    </row>
+    <row r="2948" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2948"/>
+      <c r="D2948"/>
+      <c r="E2948"/>
+      <c r="F2948"/>
+    </row>
+    <row r="2949" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2949"/>
+      <c r="D2949"/>
+      <c r="E2949"/>
+      <c r="F2949"/>
+    </row>
+    <row r="2950" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2950"/>
+      <c r="D2950"/>
+      <c r="E2950"/>
+      <c r="F2950"/>
+    </row>
+    <row r="2951" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2951"/>
+      <c r="D2951"/>
+      <c r="E2951"/>
+      <c r="F2951"/>
+    </row>
+    <row r="2952" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2952"/>
+      <c r="D2952"/>
+      <c r="E2952"/>
+      <c r="F2952"/>
+    </row>
+    <row r="2953" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2953"/>
+      <c r="D2953"/>
+      <c r="E2953"/>
+      <c r="F2953"/>
+    </row>
+    <row r="2954" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2954"/>
+      <c r="D2954"/>
+      <c r="E2954"/>
+      <c r="F2954"/>
+    </row>
+    <row r="2955" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2955"/>
+      <c r="D2955"/>
+      <c r="E2955"/>
+      <c r="F2955"/>
+    </row>
+    <row r="2956" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2956"/>
+      <c r="D2956"/>
+      <c r="E2956"/>
+      <c r="F2956"/>
+    </row>
+    <row r="2957" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2957"/>
+      <c r="D2957"/>
+      <c r="E2957"/>
+      <c r="F2957"/>
+    </row>
+    <row r="2958" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2958"/>
+      <c r="D2958"/>
+      <c r="E2958"/>
+      <c r="F2958"/>
+    </row>
+    <row r="2959" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2959"/>
+      <c r="D2959"/>
+      <c r="E2959"/>
+      <c r="F2959"/>
+    </row>
+    <row r="2960" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2960"/>
+      <c r="D2960"/>
+      <c r="E2960"/>
+      <c r="F2960"/>
+    </row>
+    <row r="2961" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2961"/>
+      <c r="D2961"/>
+      <c r="E2961"/>
+      <c r="F2961"/>
+    </row>
+    <row r="2962" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2962"/>
+      <c r="D2962"/>
+      <c r="E2962"/>
+      <c r="F2962"/>
+    </row>
+    <row r="2963" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2963"/>
+      <c r="D2963"/>
+      <c r="E2963"/>
+      <c r="F2963"/>
+    </row>
+    <row r="2964" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2964"/>
+      <c r="D2964"/>
+      <c r="E2964"/>
+      <c r="F2964"/>
+    </row>
+    <row r="2965" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2965"/>
+      <c r="D2965"/>
+      <c r="E2965"/>
+      <c r="F2965"/>
+    </row>
+    <row r="2966" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2966"/>
+      <c r="D2966"/>
+      <c r="E2966"/>
+      <c r="F2966"/>
+    </row>
+    <row r="2967" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2967"/>
+      <c r="D2967"/>
+      <c r="E2967"/>
+      <c r="F2967"/>
+    </row>
+    <row r="2968" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2968"/>
+      <c r="D2968"/>
+      <c r="E2968"/>
+      <c r="F2968"/>
+    </row>
+    <row r="2969" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2969"/>
+      <c r="D2969"/>
+      <c r="E2969"/>
+      <c r="F2969"/>
+    </row>
+    <row r="2970" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2970"/>
+      <c r="D2970"/>
+      <c r="E2970"/>
+      <c r="F2970"/>
+    </row>
+    <row r="2971" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2971"/>
+      <c r="D2971"/>
+      <c r="E2971"/>
+      <c r="F2971"/>
+    </row>
+    <row r="2972" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2972"/>
+      <c r="D2972"/>
+      <c r="E2972"/>
+      <c r="F2972"/>
+    </row>
+    <row r="2973" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2973"/>
+      <c r="D2973"/>
+      <c r="E2973"/>
+      <c r="F2973"/>
+    </row>
+    <row r="2974" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2974"/>
+      <c r="D2974"/>
+      <c r="E2974"/>
+      <c r="F2974"/>
+    </row>
+    <row r="2975" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2975"/>
+      <c r="D2975"/>
+      <c r="E2975"/>
+      <c r="F2975"/>
+    </row>
+    <row r="2976" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2976"/>
+      <c r="D2976"/>
+      <c r="E2976"/>
+      <c r="F2976"/>
+    </row>
+    <row r="2977" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2977"/>
+      <c r="D2977"/>
+      <c r="E2977"/>
+      <c r="F2977"/>
+    </row>
+    <row r="2978" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2978"/>
+      <c r="D2978"/>
+      <c r="E2978"/>
+      <c r="F2978"/>
+    </row>
+    <row r="2979" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2979"/>
+      <c r="D2979"/>
+      <c r="E2979"/>
+      <c r="F2979"/>
+    </row>
+    <row r="2980" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2980"/>
+      <c r="D2980"/>
+      <c r="E2980"/>
+      <c r="F2980"/>
+    </row>
+    <row r="2981" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2981"/>
+      <c r="D2981"/>
+      <c r="E2981"/>
+      <c r="F2981"/>
+    </row>
+    <row r="2982" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2982"/>
+      <c r="D2982"/>
+      <c r="E2982"/>
+      <c r="F2982"/>
+    </row>
+    <row r="2983" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2983"/>
+      <c r="D2983"/>
+      <c r="E2983"/>
+      <c r="F2983"/>
+    </row>
+    <row r="2984" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2984"/>
+      <c r="D2984"/>
+      <c r="E2984"/>
+      <c r="F2984"/>
+    </row>
+    <row r="2985" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2985"/>
+      <c r="D2985"/>
+      <c r="E2985"/>
+      <c r="F2985"/>
+    </row>
+    <row r="2986" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2986"/>
+      <c r="D2986"/>
+      <c r="E2986"/>
+      <c r="F2986"/>
+    </row>
+    <row r="2987" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2987"/>
+      <c r="D2987"/>
+      <c r="E2987"/>
+      <c r="F2987"/>
+    </row>
+    <row r="2988" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2988"/>
+      <c r="D2988"/>
+      <c r="E2988"/>
+      <c r="F2988"/>
+    </row>
+    <row r="2989" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2989"/>
+      <c r="D2989"/>
+      <c r="E2989"/>
+      <c r="F2989"/>
+    </row>
+    <row r="2990" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2990"/>
+      <c r="D2990"/>
+      <c r="E2990"/>
+      <c r="F2990"/>
+    </row>
+    <row r="2991" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2991"/>
+      <c r="D2991"/>
+      <c r="E2991"/>
+      <c r="F2991"/>
+    </row>
+    <row r="2992" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2992"/>
+      <c r="D2992"/>
+      <c r="E2992"/>
+      <c r="F2992"/>
+    </row>
+    <row r="2993" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2993"/>
+      <c r="D2993"/>
+      <c r="E2993"/>
+      <c r="F2993"/>
+    </row>
+    <row r="2994" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2994"/>
+      <c r="D2994"/>
+      <c r="E2994"/>
+      <c r="F2994"/>
+    </row>
+    <row r="2995" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2995"/>
+      <c r="D2995"/>
+      <c r="E2995"/>
+      <c r="F2995"/>
+    </row>
+    <row r="2996" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2996"/>
+      <c r="D2996"/>
+      <c r="E2996"/>
+      <c r="F2996"/>
+    </row>
+    <row r="2997" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2997"/>
+      <c r="D2997"/>
+      <c r="E2997"/>
+      <c r="F2997"/>
+    </row>
+    <row r="2998" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2998"/>
+      <c r="D2998"/>
+      <c r="E2998"/>
+      <c r="F2998"/>
+    </row>
+    <row r="2999" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C2999"/>
+      <c r="D2999"/>
+      <c r="E2999"/>
+      <c r="F2999"/>
+    </row>
+    <row r="3000" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3000"/>
+      <c r="D3000"/>
+      <c r="E3000"/>
+      <c r="F3000"/>
+    </row>
+    <row r="3001" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3001"/>
+      <c r="D3001"/>
+      <c r="E3001"/>
+      <c r="F3001"/>
+    </row>
+    <row r="3002" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3002"/>
+      <c r="D3002"/>
+      <c r="E3002"/>
+      <c r="F3002"/>
+    </row>
+    <row r="3003" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3003"/>
+      <c r="D3003"/>
+      <c r="E3003"/>
+      <c r="F3003"/>
+    </row>
+    <row r="3004" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3004"/>
+      <c r="D3004"/>
+      <c r="E3004"/>
+      <c r="F3004"/>
+    </row>
+    <row r="3005" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3005"/>
+      <c r="D3005"/>
+      <c r="E3005"/>
+      <c r="F3005"/>
+    </row>
+    <row r="3006" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3006"/>
+      <c r="D3006"/>
+      <c r="E3006"/>
+      <c r="F3006"/>
+    </row>
+    <row r="3007" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3007"/>
+      <c r="D3007"/>
+      <c r="E3007"/>
+      <c r="F3007"/>
+    </row>
+    <row r="3008" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3008"/>
+      <c r="D3008"/>
+      <c r="E3008"/>
+      <c r="F3008"/>
+    </row>
+    <row r="3009" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3009"/>
+      <c r="D3009"/>
+      <c r="E3009"/>
+      <c r="F3009"/>
+    </row>
+    <row r="3010" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3010"/>
+      <c r="D3010"/>
+      <c r="E3010"/>
+      <c r="F3010"/>
+    </row>
+    <row r="3011" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3011"/>
+      <c r="D3011"/>
+      <c r="E3011"/>
+      <c r="F3011"/>
+    </row>
+    <row r="3012" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3012"/>
+      <c r="D3012"/>
+      <c r="E3012"/>
+      <c r="F3012"/>
+    </row>
+    <row r="3013" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3013"/>
+      <c r="D3013"/>
+      <c r="E3013"/>
+      <c r="F3013"/>
+    </row>
+    <row r="3014" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3014"/>
+      <c r="D3014"/>
+      <c r="E3014"/>
+      <c r="F3014"/>
+    </row>
+    <row r="3015" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3015"/>
+      <c r="D3015"/>
+      <c r="E3015"/>
+      <c r="F3015"/>
+    </row>
+    <row r="3016" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3016"/>
+      <c r="D3016"/>
+      <c r="E3016"/>
+      <c r="F3016"/>
+    </row>
+    <row r="3017" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3017"/>
+      <c r="D3017"/>
+      <c r="E3017"/>
+      <c r="F3017"/>
+    </row>
+    <row r="3018" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3018"/>
+      <c r="D3018"/>
+      <c r="E3018"/>
+      <c r="F3018"/>
+    </row>
+    <row r="3019" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3019"/>
+      <c r="D3019"/>
+      <c r="E3019"/>
+      <c r="F3019"/>
+    </row>
+    <row r="3020" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3020"/>
+      <c r="D3020"/>
+      <c r="E3020"/>
+      <c r="F3020"/>
+    </row>
+    <row r="3021" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3021"/>
+      <c r="D3021"/>
+      <c r="E3021"/>
+      <c r="F3021"/>
+    </row>
+    <row r="3022" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3022"/>
+      <c r="D3022"/>
+      <c r="E3022"/>
+      <c r="F3022"/>
+    </row>
+    <row r="3023" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3023"/>
+      <c r="D3023"/>
+      <c r="E3023"/>
+      <c r="F3023"/>
+    </row>
+    <row r="3024" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3024"/>
+      <c r="D3024"/>
+      <c r="E3024"/>
+      <c r="F3024"/>
+    </row>
+    <row r="3025" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3025"/>
+      <c r="D3025"/>
+      <c r="E3025"/>
+      <c r="F3025"/>
+    </row>
+    <row r="3026" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3026"/>
+      <c r="D3026"/>
+      <c r="E3026"/>
+      <c r="F3026"/>
+    </row>
+    <row r="3027" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3027"/>
+      <c r="D3027"/>
+      <c r="E3027"/>
+      <c r="F3027"/>
+    </row>
+    <row r="3028" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3028"/>
+      <c r="D3028"/>
+      <c r="E3028"/>
+      <c r="F3028"/>
+    </row>
+    <row r="3029" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3029"/>
+      <c r="D3029"/>
+      <c r="E3029"/>
+      <c r="F3029"/>
+    </row>
+    <row r="3030" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3030"/>
+      <c r="D3030"/>
+      <c r="E3030"/>
+      <c r="F3030"/>
+    </row>
+    <row r="3031" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3031"/>
+      <c r="D3031"/>
+      <c r="E3031"/>
+      <c r="F3031"/>
+    </row>
+    <row r="3032" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3032"/>
+      <c r="D3032"/>
+      <c r="E3032"/>
+      <c r="F3032"/>
+    </row>
+    <row r="3033" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3033"/>
+      <c r="D3033"/>
+      <c r="E3033"/>
+      <c r="F3033"/>
+    </row>
+    <row r="3034" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3034"/>
+      <c r="D3034"/>
+      <c r="E3034"/>
+      <c r="F3034"/>
+    </row>
+    <row r="3035" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3035"/>
+      <c r="D3035"/>
+      <c r="E3035"/>
+      <c r="F3035"/>
+    </row>
+    <row r="3036" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3036"/>
+      <c r="D3036"/>
+      <c r="E3036"/>
+      <c r="F3036"/>
+    </row>
+    <row r="3037" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3037"/>
+      <c r="D3037"/>
+      <c r="E3037"/>
+      <c r="F3037"/>
+    </row>
+    <row r="3038" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3038"/>
+      <c r="D3038"/>
+      <c r="E3038"/>
+      <c r="F3038"/>
+    </row>
+    <row r="3039" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3039"/>
+      <c r="D3039"/>
+      <c r="E3039"/>
+      <c r="F3039"/>
+    </row>
+    <row r="3040" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3040"/>
+      <c r="D3040"/>
+      <c r="E3040"/>
+      <c r="F3040"/>
+    </row>
+    <row r="3041" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3041"/>
+      <c r="D3041"/>
+      <c r="E3041"/>
+      <c r="F3041"/>
+    </row>
+    <row r="3042" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3042"/>
+      <c r="D3042"/>
+      <c r="E3042"/>
+      <c r="F3042"/>
+    </row>
+    <row r="3043" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3043"/>
+      <c r="D3043"/>
+      <c r="E3043"/>
+      <c r="F3043"/>
+    </row>
+    <row r="3044" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3044"/>
+      <c r="D3044"/>
+      <c r="E3044"/>
+      <c r="F3044"/>
+    </row>
+    <row r="3045" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3045"/>
+      <c r="D3045"/>
+      <c r="E3045"/>
+      <c r="F3045"/>
+    </row>
+    <row r="3046" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3046"/>
+      <c r="D3046"/>
+      <c r="E3046"/>
+      <c r="F3046"/>
+    </row>
+    <row r="3047" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3047"/>
+      <c r="D3047"/>
+      <c r="E3047"/>
+      <c r="F3047"/>
+    </row>
+    <row r="3048" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3048"/>
+      <c r="D3048"/>
+      <c r="E3048"/>
+      <c r="F3048"/>
+    </row>
+    <row r="3049" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3049"/>
+      <c r="D3049"/>
+      <c r="E3049"/>
+      <c r="F3049"/>
+    </row>
+    <row r="3050" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3050"/>
+      <c r="D3050"/>
+      <c r="E3050"/>
+      <c r="F3050"/>
+    </row>
+    <row r="3051" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3051"/>
+      <c r="D3051"/>
+      <c r="E3051"/>
+      <c r="F3051"/>
+    </row>
+    <row r="3052" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3052"/>
+      <c r="D3052"/>
+      <c r="E3052"/>
+      <c r="F3052"/>
+    </row>
+    <row r="3053" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3053"/>
+      <c r="D3053"/>
+      <c r="E3053"/>
+      <c r="F3053"/>
+    </row>
+    <row r="3054" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3054"/>
+      <c r="D3054"/>
+      <c r="E3054"/>
+      <c r="F3054"/>
+    </row>
+    <row r="3055" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3055"/>
+      <c r="D3055"/>
+      <c r="E3055"/>
+      <c r="F3055"/>
+    </row>
+    <row r="3056" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3056"/>
+      <c r="D3056"/>
+      <c r="E3056"/>
+      <c r="F3056"/>
+    </row>
+    <row r="3057" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3057"/>
+      <c r="D3057"/>
+      <c r="E3057"/>
+      <c r="F3057"/>
+    </row>
+    <row r="3058" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3058"/>
+      <c r="D3058"/>
+      <c r="E3058"/>
+      <c r="F3058"/>
+    </row>
+    <row r="3059" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3059"/>
+      <c r="D3059"/>
+      <c r="E3059"/>
+      <c r="F3059"/>
+    </row>
+    <row r="3060" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3060"/>
+      <c r="D3060"/>
+      <c r="E3060"/>
+      <c r="F3060"/>
+    </row>
+    <row r="3061" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3061"/>
+      <c r="D3061"/>
+      <c r="E3061"/>
+      <c r="F3061"/>
+    </row>
+    <row r="3062" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3062"/>
+      <c r="D3062"/>
+      <c r="E3062"/>
+      <c r="F3062"/>
+    </row>
+    <row r="3063" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3063"/>
+      <c r="D3063"/>
+      <c r="E3063"/>
+      <c r="F3063"/>
+    </row>
+    <row r="3064" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3064"/>
+      <c r="D3064"/>
+      <c r="E3064"/>
+      <c r="F3064"/>
+    </row>
+    <row r="3065" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3065"/>
+      <c r="D3065"/>
+      <c r="E3065"/>
+      <c r="F3065"/>
+    </row>
+    <row r="3066" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3066"/>
+      <c r="D3066"/>
+      <c r="E3066"/>
+      <c r="F3066"/>
+    </row>
+    <row r="3067" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3067"/>
+      <c r="D3067"/>
+      <c r="E3067"/>
+      <c r="F3067"/>
+    </row>
+    <row r="3068" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3068"/>
+      <c r="D3068"/>
+      <c r="E3068"/>
+      <c r="F3068"/>
+    </row>
+    <row r="3069" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3069"/>
+      <c r="D3069"/>
+      <c r="E3069"/>
+      <c r="F3069"/>
+    </row>
+    <row r="3070" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3070"/>
+      <c r="D3070"/>
+      <c r="E3070"/>
+      <c r="F3070"/>
+    </row>
+    <row r="3071" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3071"/>
+      <c r="D3071"/>
+      <c r="E3071"/>
+      <c r="F3071"/>
+    </row>
+    <row r="3072" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3072"/>
+      <c r="D3072"/>
+      <c r="E3072"/>
+      <c r="F3072"/>
+    </row>
+    <row r="3073" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3073"/>
+      <c r="D3073"/>
+      <c r="E3073"/>
+      <c r="F3073"/>
+    </row>
+    <row r="3074" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3074"/>
+      <c r="D3074"/>
+      <c r="E3074"/>
+      <c r="F3074"/>
+    </row>
+    <row r="3075" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3075"/>
+      <c r="D3075"/>
+      <c r="E3075"/>
+      <c r="F3075"/>
+    </row>
+    <row r="3076" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3076"/>
+      <c r="D3076"/>
+      <c r="E3076"/>
+      <c r="F3076"/>
+    </row>
+    <row r="3077" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3077"/>
+      <c r="D3077"/>
+      <c r="E3077"/>
+      <c r="F3077"/>
+    </row>
+    <row r="3078" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3078"/>
+      <c r="D3078"/>
+      <c r="E3078"/>
+      <c r="F3078"/>
+    </row>
+    <row r="3079" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3079"/>
+      <c r="D3079"/>
+      <c r="E3079"/>
+      <c r="F3079"/>
+    </row>
+    <row r="3080" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3080"/>
+      <c r="D3080"/>
+      <c r="E3080"/>
+      <c r="F3080"/>
+    </row>
+    <row r="3081" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3081"/>
+      <c r="D3081"/>
+      <c r="E3081"/>
+      <c r="F3081"/>
+    </row>
+    <row r="3082" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3082"/>
+      <c r="D3082"/>
+      <c r="E3082"/>
+      <c r="F3082"/>
+    </row>
+    <row r="3083" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3083"/>
+      <c r="D3083"/>
+      <c r="E3083"/>
+      <c r="F3083"/>
+    </row>
+    <row r="3084" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3084"/>
+      <c r="D3084"/>
+      <c r="E3084"/>
+      <c r="F3084"/>
+    </row>
+    <row r="3085" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3085"/>
+      <c r="D3085"/>
+      <c r="E3085"/>
+      <c r="F3085"/>
+    </row>
+    <row r="3086" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3086"/>
+      <c r="D3086"/>
+      <c r="E3086"/>
+      <c r="F3086"/>
+    </row>
+    <row r="3087" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3087"/>
+      <c r="D3087"/>
+      <c r="E3087"/>
+      <c r="F3087"/>
+    </row>
+    <row r="3088" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3088"/>
+      <c r="D3088"/>
+      <c r="E3088"/>
+      <c r="F3088"/>
+    </row>
+    <row r="3089" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3089"/>
+      <c r="D3089"/>
+      <c r="E3089"/>
+      <c r="F3089"/>
+    </row>
+    <row r="3090" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3090"/>
+      <c r="D3090"/>
+      <c r="E3090"/>
+      <c r="F3090"/>
+    </row>
+    <row r="3091" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3091"/>
+      <c r="D3091"/>
+      <c r="E3091"/>
+      <c r="F3091"/>
+    </row>
+    <row r="3092" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3092"/>
+      <c r="D3092"/>
+      <c r="E3092"/>
+      <c r="F3092"/>
+    </row>
+    <row r="3093" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3093"/>
+      <c r="D3093"/>
+      <c r="E3093"/>
+      <c r="F3093"/>
+    </row>
+    <row r="3094" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3094"/>
+      <c r="D3094"/>
+      <c r="E3094"/>
+      <c r="F3094"/>
+    </row>
+    <row r="3095" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3095"/>
+      <c r="D3095"/>
+      <c r="E3095"/>
+      <c r="F3095"/>
+    </row>
+    <row r="3096" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3096"/>
+      <c r="D3096"/>
+      <c r="E3096"/>
+      <c r="F3096"/>
+    </row>
+    <row r="3097" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3097"/>
+      <c r="D3097"/>
+      <c r="E3097"/>
+      <c r="F3097"/>
+    </row>
+    <row r="3098" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3098"/>
+      <c r="D3098"/>
+      <c r="E3098"/>
+      <c r="F3098"/>
+    </row>
+    <row r="3099" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3099"/>
+      <c r="D3099"/>
+      <c r="E3099"/>
+      <c r="F3099"/>
+    </row>
+    <row r="3100" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3100"/>
+      <c r="D3100"/>
+      <c r="E3100"/>
+      <c r="F3100"/>
+    </row>
+    <row r="3101" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3101"/>
+      <c r="D3101"/>
+      <c r="E3101"/>
+      <c r="F3101"/>
+    </row>
+    <row r="3102" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3102"/>
+      <c r="D3102"/>
+      <c r="E3102"/>
+      <c r="F3102"/>
+    </row>
+    <row r="3103" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3103"/>
+      <c r="D3103"/>
+      <c r="E3103"/>
+      <c r="F3103"/>
+    </row>
+    <row r="3104" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3104"/>
+      <c r="D3104"/>
+      <c r="E3104"/>
+      <c r="F3104"/>
+    </row>
+    <row r="3105" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3105"/>
+      <c r="D3105"/>
+      <c r="E3105"/>
+      <c r="F3105"/>
+    </row>
+    <row r="3106" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3106"/>
+      <c r="D3106"/>
+      <c r="E3106"/>
+      <c r="F3106"/>
+    </row>
+    <row r="3107" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3107"/>
+      <c r="D3107"/>
+      <c r="E3107"/>
+      <c r="F3107"/>
+    </row>
+    <row r="3108" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3108"/>
+      <c r="D3108"/>
+      <c r="E3108"/>
+      <c r="F3108"/>
+    </row>
+    <row r="3109" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3109"/>
+      <c r="D3109"/>
+      <c r="E3109"/>
+      <c r="F3109"/>
+    </row>
+    <row r="3110" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3110"/>
+      <c r="D3110"/>
+      <c r="E3110"/>
+      <c r="F3110"/>
+    </row>
+    <row r="3111" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3111"/>
+      <c r="D3111"/>
+      <c r="E3111"/>
+      <c r="F3111"/>
+    </row>
+    <row r="3112" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3112"/>
+      <c r="D3112"/>
+      <c r="E3112"/>
+      <c r="F3112"/>
+    </row>
+    <row r="3113" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3113"/>
+      <c r="D3113"/>
+      <c r="E3113"/>
+      <c r="F3113"/>
+    </row>
+    <row r="3114" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3114"/>
+      <c r="D3114"/>
+      <c r="E3114"/>
+      <c r="F3114"/>
+    </row>
+    <row r="3115" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3115"/>
+      <c r="D3115"/>
+      <c r="E3115"/>
+      <c r="F3115"/>
+    </row>
+    <row r="3116" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3116"/>
+      <c r="D3116"/>
+      <c r="E3116"/>
+      <c r="F3116"/>
+    </row>
+    <row r="3117" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3117"/>
+      <c r="D3117"/>
+      <c r="E3117"/>
+      <c r="F3117"/>
+    </row>
+    <row r="3118" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3118"/>
+      <c r="D3118"/>
+      <c r="E3118"/>
+      <c r="F3118"/>
+    </row>
+    <row r="3119" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3119"/>
+      <c r="D3119"/>
+      <c r="E3119"/>
+      <c r="F3119"/>
+    </row>
+    <row r="3120" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3120"/>
+      <c r="D3120"/>
+      <c r="E3120"/>
+      <c r="F3120"/>
+    </row>
+    <row r="3121" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3121"/>
+      <c r="D3121"/>
+      <c r="E3121"/>
+      <c r="F3121"/>
+    </row>
+    <row r="3122" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3122"/>
+      <c r="D3122"/>
+      <c r="E3122"/>
+      <c r="F3122"/>
+    </row>
+    <row r="3123" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3123"/>
+      <c r="D3123"/>
+      <c r="E3123"/>
+      <c r="F3123"/>
+    </row>
+    <row r="3124" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3124"/>
+      <c r="D3124"/>
+      <c r="E3124"/>
+      <c r="F3124"/>
+    </row>
+    <row r="3125" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3125"/>
+      <c r="D3125"/>
+      <c r="E3125"/>
+      <c r="F3125"/>
+    </row>
+    <row r="3126" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3126"/>
+      <c r="D3126"/>
+      <c r="E3126"/>
+      <c r="F3126"/>
+    </row>
+    <row r="3127" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3127"/>
+      <c r="D3127"/>
+      <c r="E3127"/>
+      <c r="F3127"/>
+    </row>
+    <row r="3128" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3128"/>
+      <c r="D3128"/>
+      <c r="E3128"/>
+      <c r="F3128"/>
+    </row>
+    <row r="3129" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3129"/>
+      <c r="D3129"/>
+      <c r="E3129"/>
+      <c r="F3129"/>
+    </row>
+    <row r="3130" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3130"/>
+      <c r="D3130"/>
+      <c r="E3130"/>
+      <c r="F3130"/>
+    </row>
+    <row r="3131" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3131"/>
+      <c r="D3131"/>
+      <c r="E3131"/>
+      <c r="F3131"/>
+    </row>
+    <row r="3132" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3132"/>
+      <c r="D3132"/>
+      <c r="E3132"/>
+      <c r="F3132"/>
+    </row>
+    <row r="3133" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3133"/>
+      <c r="D3133"/>
+      <c r="E3133"/>
+      <c r="F3133"/>
+    </row>
+    <row r="3134" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3134"/>
+      <c r="D3134"/>
+      <c r="E3134"/>
+      <c r="F3134"/>
+    </row>
+    <row r="3135" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3135"/>
+      <c r="D3135"/>
+      <c r="E3135"/>
+      <c r="F3135"/>
+    </row>
+    <row r="3136" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3136"/>
+      <c r="D3136"/>
+      <c r="E3136"/>
+      <c r="F3136"/>
+    </row>
+    <row r="3137" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3137"/>
+      <c r="D3137"/>
+      <c r="E3137"/>
+      <c r="F3137"/>
+    </row>
+    <row r="3138" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3138"/>
+      <c r="D3138"/>
+      <c r="E3138"/>
+      <c r="F3138"/>
+    </row>
+    <row r="3139" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3139"/>
+      <c r="D3139"/>
+      <c r="E3139"/>
+      <c r="F3139"/>
+    </row>
+    <row r="3140" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3140"/>
+      <c r="D3140"/>
+      <c r="E3140"/>
+      <c r="F3140"/>
+    </row>
+    <row r="3141" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3141"/>
+      <c r="D3141"/>
+      <c r="E3141"/>
+      <c r="F3141"/>
+    </row>
+    <row r="3142" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3142"/>
+      <c r="D3142"/>
+      <c r="E3142"/>
+      <c r="F3142"/>
+    </row>
+    <row r="3143" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3143"/>
+      <c r="D3143"/>
+      <c r="E3143"/>
+      <c r="F3143"/>
+    </row>
+    <row r="3144" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3144"/>
+      <c r="D3144"/>
+      <c r="E3144"/>
+      <c r="F3144"/>
+    </row>
+    <row r="3145" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3145"/>
+      <c r="D3145"/>
+      <c r="E3145"/>
+      <c r="F3145"/>
+    </row>
+    <row r="3146" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3146"/>
+      <c r="D3146"/>
+      <c r="E3146"/>
+      <c r="F3146"/>
+    </row>
+    <row r="3147" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3147"/>
+      <c r="D3147"/>
+      <c r="E3147"/>
+      <c r="F3147"/>
+    </row>
+    <row r="3148" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3148"/>
+      <c r="D3148"/>
+      <c r="E3148"/>
+      <c r="F3148"/>
+    </row>
+    <row r="3149" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3149"/>
+      <c r="D3149"/>
+      <c r="E3149"/>
+      <c r="F3149"/>
+    </row>
+    <row r="3150" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3150"/>
+      <c r="D3150"/>
+      <c r="E3150"/>
+      <c r="F3150"/>
+    </row>
+    <row r="3151" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3151"/>
+      <c r="D3151"/>
+      <c r="E3151"/>
+      <c r="F3151"/>
+    </row>
+    <row r="3152" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3152"/>
+      <c r="D3152"/>
+      <c r="E3152"/>
+      <c r="F3152"/>
+    </row>
+    <row r="3153" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3153"/>
+      <c r="D3153"/>
+      <c r="E3153"/>
+      <c r="F3153"/>
+    </row>
+    <row r="3154" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3154"/>
+      <c r="D3154"/>
+      <c r="E3154"/>
+      <c r="F3154"/>
+    </row>
+    <row r="3155" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3155"/>
+      <c r="D3155"/>
+      <c r="E3155"/>
+      <c r="F3155"/>
+    </row>
+    <row r="3156" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3156"/>
+      <c r="D3156"/>
+      <c r="E3156"/>
+      <c r="F3156"/>
+    </row>
+    <row r="3157" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3157"/>
+      <c r="D3157"/>
+      <c r="E3157"/>
+      <c r="F3157"/>
+    </row>
+    <row r="3158" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3158"/>
+      <c r="D3158"/>
+      <c r="E3158"/>
+      <c r="F3158"/>
+    </row>
+    <row r="3159" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3159"/>
+      <c r="D3159"/>
+      <c r="E3159"/>
+      <c r="F3159"/>
+    </row>
+    <row r="3160" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3160"/>
+      <c r="D3160"/>
+      <c r="E3160"/>
+      <c r="F3160"/>
+    </row>
+    <row r="3161" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3161"/>
+      <c r="D3161"/>
+      <c r="E3161"/>
+      <c r="F3161"/>
+    </row>
+    <row r="3162" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3162"/>
+      <c r="D3162"/>
+      <c r="E3162"/>
+      <c r="F3162"/>
+    </row>
+    <row r="3163" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3163"/>
+      <c r="D3163"/>
+      <c r="E3163"/>
+      <c r="F3163"/>
+    </row>
+    <row r="3164" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3164"/>
+      <c r="D3164"/>
+      <c r="E3164"/>
+      <c r="F3164"/>
+    </row>
+    <row r="3165" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3165"/>
+      <c r="D3165"/>
+      <c r="E3165"/>
+      <c r="F3165"/>
+    </row>
+    <row r="3166" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3166"/>
+      <c r="D3166"/>
+      <c r="E3166"/>
+      <c r="F3166"/>
+    </row>
+    <row r="3167" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3167"/>
+      <c r="D3167"/>
+      <c r="E3167"/>
+      <c r="F3167"/>
+    </row>
+    <row r="3168" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3168"/>
+      <c r="D3168"/>
+      <c r="E3168"/>
+      <c r="F3168"/>
+    </row>
+    <row r="3169" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3169"/>
+      <c r="D3169"/>
+      <c r="E3169"/>
+      <c r="F3169"/>
+    </row>
+    <row r="3170" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3170"/>
+      <c r="D3170"/>
+      <c r="E3170"/>
+      <c r="F3170"/>
+    </row>
+    <row r="3171" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3171"/>
+      <c r="D3171"/>
+      <c r="E3171"/>
+      <c r="F3171"/>
+    </row>
+    <row r="3172" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3172"/>
+      <c r="D3172"/>
+      <c r="E3172"/>
+      <c r="F3172"/>
+    </row>
+    <row r="3173" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3173"/>
+      <c r="D3173"/>
+      <c r="E3173"/>
+      <c r="F3173"/>
+    </row>
+    <row r="3174" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3174"/>
+      <c r="D3174"/>
+      <c r="E3174"/>
+      <c r="F3174"/>
+    </row>
+    <row r="3175" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3175"/>
+      <c r="D3175"/>
+      <c r="E3175"/>
+      <c r="F3175"/>
+    </row>
+    <row r="3176" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3176"/>
+      <c r="D3176"/>
+      <c r="E3176"/>
+      <c r="F3176"/>
+    </row>
+    <row r="3177" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3177"/>
+      <c r="D3177"/>
+      <c r="E3177"/>
+      <c r="F3177"/>
+    </row>
+    <row r="3178" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3178"/>
+      <c r="D3178"/>
+      <c r="E3178"/>
+      <c r="F3178"/>
+    </row>
+    <row r="3179" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3179"/>
+      <c r="D3179"/>
+      <c r="E3179"/>
+      <c r="F3179"/>
+    </row>
+    <row r="3180" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3180"/>
+      <c r="D3180"/>
+      <c r="E3180"/>
+      <c r="F3180"/>
+    </row>
+    <row r="3181" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3181"/>
+      <c r="D3181"/>
+      <c r="E3181"/>
+      <c r="F3181"/>
+    </row>
+    <row r="3182" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3182"/>
+      <c r="D3182"/>
+      <c r="E3182"/>
+      <c r="F3182"/>
+    </row>
+    <row r="3183" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3183"/>
+      <c r="D3183"/>
+      <c r="E3183"/>
+      <c r="F3183"/>
+    </row>
+    <row r="3184" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3184"/>
+      <c r="D3184"/>
+      <c r="E3184"/>
+      <c r="F3184"/>
+    </row>
+    <row r="3185" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3185"/>
+      <c r="D3185"/>
+      <c r="E3185"/>
+      <c r="F3185"/>
+    </row>
+    <row r="3186" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3186"/>
+      <c r="D3186"/>
+      <c r="E3186"/>
+      <c r="F3186"/>
+    </row>
+    <row r="3187" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3187"/>
+      <c r="D3187"/>
+      <c r="E3187"/>
+      <c r="F3187"/>
+    </row>
+    <row r="3188" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3188"/>
+      <c r="D3188"/>
+      <c r="E3188"/>
+      <c r="F3188"/>
+    </row>
+    <row r="3189" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3189"/>
+      <c r="D3189"/>
+      <c r="E3189"/>
+      <c r="F3189"/>
+    </row>
+    <row r="3190" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3190"/>
+      <c r="D3190"/>
+      <c r="E3190"/>
+      <c r="F3190"/>
+    </row>
+    <row r="3191" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3191"/>
+      <c r="D3191"/>
+      <c r="E3191"/>
+      <c r="F3191"/>
+    </row>
+    <row r="3192" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3192"/>
+      <c r="D3192"/>
+      <c r="E3192"/>
+      <c r="F3192"/>
+    </row>
+    <row r="3193" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3193"/>
+      <c r="D3193"/>
+      <c r="E3193"/>
+      <c r="F3193"/>
+    </row>
+    <row r="3194" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3194"/>
+      <c r="D3194"/>
+      <c r="E3194"/>
+      <c r="F3194"/>
+    </row>
+    <row r="3195" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3195"/>
+      <c r="D3195"/>
+      <c r="E3195"/>
+      <c r="F3195"/>
+    </row>
+    <row r="3196" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3196"/>
+      <c r="D3196"/>
+      <c r="E3196"/>
+      <c r="F3196"/>
+    </row>
+    <row r="3197" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3197"/>
+      <c r="D3197"/>
+      <c r="E3197"/>
+      <c r="F3197"/>
+    </row>
+    <row r="3198" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3198"/>
+      <c r="D3198"/>
+      <c r="E3198"/>
+      <c r="F3198"/>
+    </row>
+    <row r="3199" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3199"/>
+      <c r="D3199"/>
+      <c r="E3199"/>
+      <c r="F3199"/>
+    </row>
+    <row r="3200" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3200"/>
+      <c r="D3200"/>
+      <c r="E3200"/>
+      <c r="F3200"/>
+    </row>
+    <row r="3201" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3201"/>
+      <c r="D3201"/>
+      <c r="E3201"/>
+      <c r="F3201"/>
+    </row>
+    <row r="3202" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3202"/>
+      <c r="D3202"/>
+      <c r="E3202"/>
+      <c r="F3202"/>
+    </row>
+    <row r="3203" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3203"/>
+      <c r="D3203"/>
+      <c r="E3203"/>
+      <c r="F3203"/>
+    </row>
+    <row r="3204" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3204"/>
+      <c r="D3204"/>
+      <c r="E3204"/>
+      <c r="F3204"/>
+    </row>
+    <row r="3205" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3205"/>
+      <c r="D3205"/>
+      <c r="E3205"/>
+      <c r="F3205"/>
+    </row>
+    <row r="3206" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3206"/>
+      <c r="D3206"/>
+      <c r="E3206"/>
+      <c r="F3206"/>
+    </row>
+    <row r="3207" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3207"/>
+      <c r="D3207"/>
+      <c r="E3207"/>
+      <c r="F3207"/>
+    </row>
+    <row r="3208" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3208"/>
+      <c r="D3208"/>
+      <c r="E3208"/>
+      <c r="F3208"/>
+    </row>
+    <row r="3209" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3209"/>
+      <c r="D3209"/>
+      <c r="E3209"/>
+      <c r="F3209"/>
+    </row>
+    <row r="3210" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3210"/>
+      <c r="D3210"/>
+      <c r="E3210"/>
+      <c r="F3210"/>
+    </row>
+    <row r="3211" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3211"/>
+      <c r="D3211"/>
+      <c r="E3211"/>
+      <c r="F3211"/>
+    </row>
+    <row r="3212" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3212"/>
+      <c r="D3212"/>
+      <c r="E3212"/>
+      <c r="F3212"/>
+    </row>
+    <row r="3213" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3213"/>
+      <c r="D3213"/>
+      <c r="E3213"/>
+      <c r="F3213"/>
+    </row>
+    <row r="3214" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3214"/>
+      <c r="D3214"/>
+      <c r="E3214"/>
+      <c r="F3214"/>
+    </row>
+    <row r="3215" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3215"/>
+      <c r="D3215"/>
+      <c r="E3215"/>
+      <c r="F3215"/>
+    </row>
+    <row r="3216" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3216"/>
+      <c r="D3216"/>
+      <c r="E3216"/>
+      <c r="F3216"/>
+    </row>
+    <row r="3217" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3217"/>
+      <c r="D3217"/>
+      <c r="E3217"/>
+      <c r="F3217"/>
+    </row>
+    <row r="3218" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3218"/>
+      <c r="D3218"/>
+      <c r="E3218"/>
+      <c r="F3218"/>
+    </row>
+    <row r="3219" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3219"/>
+      <c r="D3219"/>
+      <c r="E3219"/>
+      <c r="F3219"/>
+    </row>
+    <row r="3220" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3220"/>
+      <c r="D3220"/>
+      <c r="E3220"/>
+      <c r="F3220"/>
+    </row>
+    <row r="3221" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3221"/>
+      <c r="D3221"/>
+      <c r="E3221"/>
+      <c r="F3221"/>
+    </row>
+    <row r="3222" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3222"/>
+      <c r="D3222"/>
+      <c r="E3222"/>
+      <c r="F3222"/>
+    </row>
+    <row r="3223" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3223"/>
+      <c r="D3223"/>
+      <c r="E3223"/>
+      <c r="F3223"/>
+    </row>
+    <row r="3224" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3224"/>
+      <c r="D3224"/>
+      <c r="E3224"/>
+      <c r="F3224"/>
+    </row>
+    <row r="3225" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3225"/>
+      <c r="D3225"/>
+      <c r="E3225"/>
+      <c r="F3225"/>
+    </row>
+    <row r="3226" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3226"/>
+      <c r="D3226"/>
+      <c r="E3226"/>
+      <c r="F3226"/>
+    </row>
+    <row r="3227" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3227"/>
+      <c r="D3227"/>
+      <c r="E3227"/>
+      <c r="F3227"/>
+    </row>
+    <row r="3228" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3228"/>
+      <c r="D3228"/>
+      <c r="E3228"/>
+      <c r="F3228"/>
+    </row>
+    <row r="3229" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3229"/>
+      <c r="D3229"/>
+      <c r="E3229"/>
+      <c r="F3229"/>
+    </row>
+    <row r="3230" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3230"/>
+      <c r="D3230"/>
+      <c r="E3230"/>
+      <c r="F3230"/>
+    </row>
+    <row r="3231" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3231"/>
+      <c r="D3231"/>
+      <c r="E3231"/>
+      <c r="F3231"/>
+    </row>
+    <row r="3232" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3232"/>
+      <c r="D3232"/>
+      <c r="E3232"/>
+      <c r="F3232"/>
+    </row>
+    <row r="3233" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3233"/>
+      <c r="D3233"/>
+      <c r="E3233"/>
+      <c r="F3233"/>
+    </row>
+    <row r="3234" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3234"/>
+      <c r="D3234"/>
+      <c r="E3234"/>
+      <c r="F3234"/>
+    </row>
+    <row r="3235" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3235"/>
+      <c r="D3235"/>
+      <c r="E3235"/>
+      <c r="F3235"/>
+    </row>
+    <row r="3236" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3236"/>
+      <c r="D3236"/>
+      <c r="E3236"/>
+      <c r="F3236"/>
+    </row>
+    <row r="3237" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3237"/>
+      <c r="D3237"/>
+      <c r="E3237"/>
+      <c r="F3237"/>
+    </row>
+    <row r="3238" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3238"/>
+      <c r="D3238"/>
+      <c r="E3238"/>
+      <c r="F3238"/>
+    </row>
+    <row r="3239" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3239"/>
+      <c r="D3239"/>
+      <c r="E3239"/>
+      <c r="F3239"/>
+    </row>
+    <row r="3240" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3240"/>
+      <c r="D3240"/>
+      <c r="E3240"/>
+      <c r="F3240"/>
+    </row>
+    <row r="3241" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3241"/>
+      <c r="D3241"/>
+      <c r="E3241"/>
+      <c r="F3241"/>
+    </row>
+    <row r="3242" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3242"/>
+      <c r="D3242"/>
+      <c r="E3242"/>
+      <c r="F3242"/>
+    </row>
+    <row r="3243" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3243"/>
+      <c r="D3243"/>
+      <c r="E3243"/>
+      <c r="F3243"/>
+    </row>
+    <row r="3244" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3244"/>
+      <c r="D3244"/>
+      <c r="E3244"/>
+      <c r="F3244"/>
+    </row>
+    <row r="3245" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3245"/>
+      <c r="D3245"/>
+      <c r="E3245"/>
+      <c r="F3245"/>
+    </row>
+    <row r="3246" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3246"/>
+      <c r="D3246"/>
+      <c r="E3246"/>
+      <c r="F3246"/>
+    </row>
+    <row r="3247" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3247"/>
+      <c r="D3247"/>
+      <c r="E3247"/>
+      <c r="F3247"/>
+    </row>
+    <row r="3248" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3248"/>
+      <c r="D3248"/>
+      <c r="E3248"/>
+      <c r="F3248"/>
+    </row>
+    <row r="3249" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3249"/>
+      <c r="D3249"/>
+      <c r="E3249"/>
+      <c r="F3249"/>
+    </row>
+    <row r="3250" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3250"/>
+      <c r="D3250"/>
+      <c r="E3250"/>
+      <c r="F3250"/>
+    </row>
+    <row r="3251" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3251"/>
+      <c r="D3251"/>
+      <c r="E3251"/>
+      <c r="F3251"/>
+    </row>
+    <row r="3252" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3252"/>
+      <c r="D3252"/>
+      <c r="E3252"/>
+      <c r="F3252"/>
+    </row>
+    <row r="3253" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3253"/>
+      <c r="D3253"/>
+      <c r="E3253"/>
+      <c r="F3253"/>
+    </row>
+    <row r="3254" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3254"/>
+      <c r="D3254"/>
+      <c r="E3254"/>
+      <c r="F3254"/>
+    </row>
+    <row r="3255" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3255"/>
+      <c r="D3255"/>
+      <c r="E3255"/>
+      <c r="F3255"/>
+    </row>
+    <row r="3256" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3256"/>
+      <c r="D3256"/>
+      <c r="E3256"/>
+      <c r="F3256"/>
+    </row>
+    <row r="3257" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3257"/>
+      <c r="D3257"/>
+      <c r="E3257"/>
+      <c r="F3257"/>
+    </row>
+    <row r="3258" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3258"/>
+      <c r="D3258"/>
+      <c r="E3258"/>
+      <c r="F3258"/>
+    </row>
+    <row r="3259" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3259"/>
+      <c r="D3259"/>
+      <c r="E3259"/>
+      <c r="F3259"/>
+    </row>
+    <row r="3260" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3260"/>
+      <c r="D3260"/>
+      <c r="E3260"/>
+      <c r="F3260"/>
+    </row>
+    <row r="3261" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3261"/>
+      <c r="D3261"/>
+      <c r="E3261"/>
+      <c r="F3261"/>
+    </row>
+    <row r="3262" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3262"/>
+      <c r="D3262"/>
+      <c r="E3262"/>
+      <c r="F3262"/>
+    </row>
+    <row r="3263" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3263"/>
+      <c r="D3263"/>
+      <c r="E3263"/>
+      <c r="F3263"/>
+    </row>
+    <row r="3264" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3264"/>
+      <c r="D3264"/>
+      <c r="E3264"/>
+      <c r="F3264"/>
+    </row>
+    <row r="3265" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3265"/>
+      <c r="D3265"/>
+      <c r="E3265"/>
+      <c r="F3265"/>
+    </row>
+    <row r="3266" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3266"/>
+      <c r="D3266"/>
+      <c r="E3266"/>
+      <c r="F3266"/>
+    </row>
+    <row r="3267" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3267"/>
+      <c r="D3267"/>
+      <c r="E3267"/>
+      <c r="F3267"/>
+    </row>
+    <row r="3268" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3268"/>
+      <c r="D3268"/>
+      <c r="E3268"/>
+      <c r="F3268"/>
+    </row>
+    <row r="3269" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3269"/>
+      <c r="D3269"/>
+      <c r="E3269"/>
+      <c r="F3269"/>
+    </row>
+    <row r="3270" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3270"/>
+      <c r="D3270"/>
+      <c r="E3270"/>
+      <c r="F3270"/>
+    </row>
+    <row r="3271" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3271"/>
+      <c r="D3271"/>
+      <c r="E3271"/>
+      <c r="F3271"/>
+    </row>
+    <row r="3272" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3272"/>
+      <c r="D3272"/>
+      <c r="E3272"/>
+      <c r="F3272"/>
+    </row>
+    <row r="3273" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3273"/>
+      <c r="D3273"/>
+      <c r="E3273"/>
+      <c r="F3273"/>
+    </row>
+    <row r="3274" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3274"/>
+      <c r="D3274"/>
+      <c r="E3274"/>
+      <c r="F3274"/>
+    </row>
+    <row r="3275" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3275"/>
+      <c r="D3275"/>
+      <c r="E3275"/>
+      <c r="F3275"/>
+    </row>
+    <row r="3276" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3276"/>
+      <c r="D3276"/>
+      <c r="E3276"/>
+      <c r="F3276"/>
+    </row>
+    <row r="3277" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3277"/>
+      <c r="D3277"/>
+      <c r="E3277"/>
+      <c r="F3277"/>
+    </row>
+    <row r="3278" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3278"/>
+      <c r="D3278"/>
+      <c r="E3278"/>
+      <c r="F3278"/>
+    </row>
+    <row r="3279" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3279"/>
+      <c r="D3279"/>
+      <c r="E3279"/>
+      <c r="F3279"/>
+    </row>
+    <row r="3280" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3280"/>
+      <c r="D3280"/>
+      <c r="E3280"/>
+      <c r="F3280"/>
+    </row>
+    <row r="3281" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3281"/>
+      <c r="D3281"/>
+      <c r="E3281"/>
+      <c r="F3281"/>
+    </row>
+    <row r="3282" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3282"/>
+      <c r="D3282"/>
+      <c r="E3282"/>
+      <c r="F3282"/>
+    </row>
+    <row r="3283" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3283"/>
+      <c r="D3283"/>
+      <c r="E3283"/>
+      <c r="F3283"/>
+    </row>
+    <row r="3284" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3284"/>
+      <c r="D3284"/>
+      <c r="E3284"/>
+      <c r="F3284"/>
+    </row>
+    <row r="3285" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3285"/>
+      <c r="D3285"/>
+      <c r="E3285"/>
+      <c r="F3285"/>
+    </row>
+    <row r="3286" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3286"/>
+      <c r="D3286"/>
+      <c r="E3286"/>
+      <c r="F3286"/>
+    </row>
+    <row r="3287" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3287"/>
+      <c r="D3287"/>
+      <c r="E3287"/>
+      <c r="F3287"/>
+    </row>
+    <row r="3288" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3288"/>
+      <c r="D3288"/>
+      <c r="E3288"/>
+      <c r="F3288"/>
+    </row>
+    <row r="3289" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3289"/>
+      <c r="D3289"/>
+      <c r="E3289"/>
+      <c r="F3289"/>
+    </row>
+    <row r="3290" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3290"/>
+      <c r="D3290"/>
+      <c r="E3290"/>
+      <c r="F3290"/>
+    </row>
+    <row r="3291" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3291"/>
+      <c r="D3291"/>
+      <c r="E3291"/>
+      <c r="F3291"/>
+    </row>
+    <row r="3292" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3292"/>
+      <c r="D3292"/>
+      <c r="E3292"/>
+      <c r="F3292"/>
+    </row>
+    <row r="3293" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3293"/>
+      <c r="D3293"/>
+      <c r="E3293"/>
+      <c r="F3293"/>
+    </row>
+    <row r="3294" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3294"/>
+      <c r="D3294"/>
+      <c r="E3294"/>
+      <c r="F3294"/>
+    </row>
+    <row r="3295" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3295"/>
+      <c r="D3295"/>
+      <c r="E3295"/>
+      <c r="F3295"/>
+    </row>
+    <row r="3296" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3296"/>
+      <c r="D3296"/>
+      <c r="E3296"/>
+      <c r="F3296"/>
+    </row>
+    <row r="3297" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3297"/>
+      <c r="D3297"/>
+      <c r="E3297"/>
+      <c r="F3297"/>
+    </row>
+    <row r="3298" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3298"/>
+      <c r="D3298"/>
+      <c r="E3298"/>
+      <c r="F3298"/>
+    </row>
+    <row r="3299" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3299"/>
+      <c r="D3299"/>
+      <c r="E3299"/>
+      <c r="F3299"/>
+    </row>
+    <row r="3300" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3300"/>
+      <c r="D3300"/>
+      <c r="E3300"/>
+      <c r="F3300"/>
+    </row>
+    <row r="3301" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3301"/>
+      <c r="D3301"/>
+      <c r="E3301"/>
+      <c r="F3301"/>
+    </row>
+    <row r="3302" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3302"/>
+      <c r="D3302"/>
+      <c r="E3302"/>
+      <c r="F3302"/>
+    </row>
+    <row r="3303" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3303"/>
+      <c r="D3303"/>
+      <c r="E3303"/>
+      <c r="F3303"/>
+    </row>
+    <row r="3304" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3304"/>
+      <c r="D3304"/>
+      <c r="E3304"/>
+      <c r="F3304"/>
+    </row>
+    <row r="3305" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3305"/>
+      <c r="D3305"/>
+      <c r="E3305"/>
+      <c r="F3305"/>
+    </row>
+    <row r="3306" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3306"/>
+      <c r="D3306"/>
+      <c r="E3306"/>
+      <c r="F3306"/>
+    </row>
+    <row r="3307" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3307"/>
+      <c r="D3307"/>
+      <c r="E3307"/>
+      <c r="F3307"/>
+    </row>
+    <row r="3308" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3308"/>
+      <c r="D3308"/>
+      <c r="E3308"/>
+      <c r="F3308"/>
+    </row>
+    <row r="3309" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3309"/>
+      <c r="D3309"/>
+      <c r="E3309"/>
+      <c r="F3309"/>
+    </row>
+    <row r="3310" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3310"/>
+      <c r="D3310"/>
+      <c r="E3310"/>
+      <c r="F3310"/>
+    </row>
+    <row r="3311" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3311"/>
+      <c r="D3311"/>
+      <c r="E3311"/>
+      <c r="F3311"/>
+    </row>
+    <row r="3312" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3312"/>
+      <c r="D3312"/>
+      <c r="E3312"/>
+      <c r="F3312"/>
+    </row>
+    <row r="3313" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3313"/>
+      <c r="D3313"/>
+      <c r="E3313"/>
+      <c r="F3313"/>
+    </row>
+    <row r="3314" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3314"/>
+      <c r="D3314"/>
+      <c r="E3314"/>
+      <c r="F3314"/>
+    </row>
+    <row r="3315" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3315"/>
+      <c r="D3315"/>
+      <c r="E3315"/>
+      <c r="F3315"/>
+    </row>
+    <row r="3316" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3316"/>
+      <c r="D3316"/>
+      <c r="E3316"/>
+      <c r="F3316"/>
+    </row>
+    <row r="3317" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3317"/>
+      <c r="D3317"/>
+      <c r="E3317"/>
+      <c r="F3317"/>
+    </row>
+    <row r="3318" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3318"/>
+      <c r="D3318"/>
+      <c r="E3318"/>
+      <c r="F3318"/>
+    </row>
+    <row r="3319" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3319"/>
+      <c r="D3319"/>
+      <c r="E3319"/>
+      <c r="F3319"/>
+    </row>
+    <row r="3320" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3320"/>
+      <c r="D3320"/>
+      <c r="E3320"/>
+      <c r="F3320"/>
+    </row>
+    <row r="3321" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3321"/>
+      <c r="D3321"/>
+      <c r="E3321"/>
+      <c r="F3321"/>
+    </row>
+    <row r="3322" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3322"/>
+      <c r="D3322"/>
+      <c r="E3322"/>
+      <c r="F3322"/>
+    </row>
+    <row r="3323" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3323"/>
+      <c r="D3323"/>
+      <c r="E3323"/>
+      <c r="F3323"/>
+    </row>
+    <row r="3324" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3324"/>
+      <c r="D3324"/>
+      <c r="E3324"/>
+      <c r="F3324"/>
+    </row>
+    <row r="3325" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3325"/>
+      <c r="D3325"/>
+      <c r="E3325"/>
+      <c r="F3325"/>
+    </row>
+    <row r="3326" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3326"/>
+      <c r="D3326"/>
+      <c r="E3326"/>
+      <c r="F3326"/>
+    </row>
+    <row r="3327" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3327"/>
+      <c r="D3327"/>
+      <c r="E3327"/>
+      <c r="F3327"/>
+    </row>
+    <row r="3328" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3328"/>
+      <c r="D3328"/>
+      <c r="E3328"/>
+      <c r="F3328"/>
+    </row>
+    <row r="3329" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3329"/>
+      <c r="D3329"/>
+      <c r="E3329"/>
+      <c r="F3329"/>
+    </row>
+    <row r="3330" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3330"/>
+      <c r="D3330"/>
+      <c r="E3330"/>
+      <c r="F3330"/>
+    </row>
+    <row r="3331" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3331"/>
+      <c r="D3331"/>
+      <c r="E3331"/>
+      <c r="F3331"/>
+    </row>
+    <row r="3332" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3332"/>
+      <c r="D3332"/>
+      <c r="E3332"/>
+      <c r="F3332"/>
+    </row>
+    <row r="3333" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3333"/>
+      <c r="D3333"/>
+      <c r="E3333"/>
+      <c r="F3333"/>
+    </row>
+    <row r="3334" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3334"/>
+      <c r="D3334"/>
+      <c r="E3334"/>
+      <c r="F3334"/>
+    </row>
+    <row r="3335" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3335"/>
+      <c r="D3335"/>
+      <c r="E3335"/>
+      <c r="F3335"/>
+    </row>
+    <row r="3336" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3336"/>
+      <c r="D3336"/>
+      <c r="E3336"/>
+      <c r="F3336"/>
+    </row>
+    <row r="3337" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3337"/>
+      <c r="D3337"/>
+      <c r="E3337"/>
+      <c r="F3337"/>
+    </row>
+    <row r="3338" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3338"/>
+      <c r="D3338"/>
+      <c r="E3338"/>
+      <c r="F3338"/>
+    </row>
+    <row r="3339" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3339"/>
+      <c r="D3339"/>
+      <c r="E3339"/>
+      <c r="F3339"/>
+    </row>
+    <row r="3340" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3340"/>
+      <c r="D3340"/>
+      <c r="E3340"/>
+      <c r="F3340"/>
+    </row>
+    <row r="3341" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3341"/>
+      <c r="D3341"/>
+      <c r="E3341"/>
+      <c r="F3341"/>
+    </row>
+    <row r="3342" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3342"/>
+      <c r="D3342"/>
+      <c r="E3342"/>
+      <c r="F3342"/>
+    </row>
+    <row r="3343" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3343"/>
+      <c r="D3343"/>
+      <c r="E3343"/>
+      <c r="F3343"/>
+    </row>
+    <row r="3344" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3344"/>
+      <c r="D3344"/>
+      <c r="E3344"/>
+      <c r="F3344"/>
+    </row>
+    <row r="3345" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3345"/>
+      <c r="D3345"/>
+      <c r="E3345"/>
+      <c r="F3345"/>
+    </row>
+    <row r="3346" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3346"/>
+      <c r="D3346"/>
+      <c r="E3346"/>
+      <c r="F3346"/>
+    </row>
+    <row r="3347" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3347"/>
+      <c r="D3347"/>
+      <c r="E3347"/>
+      <c r="F3347"/>
+    </row>
+    <row r="3348" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3348"/>
+      <c r="D3348"/>
+      <c r="E3348"/>
+      <c r="F3348"/>
+    </row>
+    <row r="3349" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3349"/>
+      <c r="D3349"/>
+      <c r="E3349"/>
+      <c r="F3349"/>
+    </row>
+    <row r="3350" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3350"/>
+      <c r="D3350"/>
+      <c r="E3350"/>
+      <c r="F3350"/>
+    </row>
+    <row r="3351" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3351"/>
+      <c r="D3351"/>
+      <c r="E3351"/>
+      <c r="F3351"/>
+    </row>
+    <row r="3352" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3352"/>
+      <c r="D3352"/>
+      <c r="E3352"/>
+      <c r="F3352"/>
+    </row>
+    <row r="3353" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3353"/>
+      <c r="D3353"/>
+      <c r="E3353"/>
+      <c r="F3353"/>
+    </row>
+    <row r="3354" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3354"/>
+      <c r="D3354"/>
+      <c r="E3354"/>
+      <c r="F3354"/>
+    </row>
+    <row r="3355" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3355"/>
+      <c r="D3355"/>
+      <c r="E3355"/>
+      <c r="F3355"/>
+    </row>
+    <row r="3356" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3356"/>
+      <c r="D3356"/>
+      <c r="E3356"/>
+      <c r="F3356"/>
+    </row>
+    <row r="3357" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3357"/>
+      <c r="D3357"/>
+      <c r="E3357"/>
+      <c r="F3357"/>
+    </row>
+    <row r="3358" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3358"/>
+      <c r="D3358"/>
+      <c r="E3358"/>
+      <c r="F3358"/>
+    </row>
+    <row r="3359" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3359"/>
+      <c r="D3359"/>
+      <c r="E3359"/>
+      <c r="F3359"/>
+    </row>
+    <row r="3360" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3360"/>
+      <c r="D3360"/>
+      <c r="E3360"/>
+      <c r="F3360"/>
+    </row>
+    <row r="3361" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3361"/>
+      <c r="D3361"/>
+      <c r="E3361"/>
+      <c r="F3361"/>
+    </row>
+    <row r="3362" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3362"/>
+      <c r="D3362"/>
+      <c r="E3362"/>
+      <c r="F3362"/>
+    </row>
+    <row r="3363" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3363"/>
+      <c r="D3363"/>
+      <c r="E3363"/>
+      <c r="F3363"/>
+    </row>
+    <row r="3364" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3364"/>
+      <c r="D3364"/>
+      <c r="E3364"/>
+      <c r="F3364"/>
+    </row>
+    <row r="3365" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3365"/>
+      <c r="D3365"/>
+      <c r="E3365"/>
+      <c r="F3365"/>
+    </row>
+    <row r="3366" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3366"/>
+      <c r="D3366"/>
+      <c r="E3366"/>
+      <c r="F3366"/>
+    </row>
+    <row r="3367" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3367"/>
+      <c r="D3367"/>
+      <c r="E3367"/>
+      <c r="F3367"/>
+    </row>
+    <row r="3368" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3368"/>
+      <c r="D3368"/>
+      <c r="E3368"/>
+      <c r="F3368"/>
+    </row>
+    <row r="3369" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3369"/>
+      <c r="D3369"/>
+      <c r="E3369"/>
+      <c r="F3369"/>
+    </row>
+    <row r="3370" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3370"/>
+      <c r="D3370"/>
+      <c r="E3370"/>
+      <c r="F3370"/>
+    </row>
+    <row r="3371" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3371"/>
+      <c r="D3371"/>
+      <c r="E3371"/>
+      <c r="F3371"/>
+    </row>
+    <row r="3372" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3372"/>
+      <c r="D3372"/>
+      <c r="E3372"/>
+      <c r="F3372"/>
+    </row>
+    <row r="3373" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3373"/>
+      <c r="D3373"/>
+      <c r="E3373"/>
+      <c r="F3373"/>
+    </row>
+    <row r="3374" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3374"/>
+      <c r="D3374"/>
+      <c r="E3374"/>
+      <c r="F3374"/>
+    </row>
+    <row r="3375" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3375"/>
+      <c r="D3375"/>
+      <c r="E3375"/>
+      <c r="F3375"/>
+    </row>
+    <row r="3376" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3376"/>
+      <c r="D3376"/>
+      <c r="E3376"/>
+      <c r="F3376"/>
+    </row>
+    <row r="3377" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3377"/>
+      <c r="D3377"/>
+      <c r="E3377"/>
+      <c r="F3377"/>
+    </row>
+    <row r="3378" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3378"/>
+      <c r="D3378"/>
+      <c r="E3378"/>
+      <c r="F3378"/>
+    </row>
+    <row r="3379" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3379"/>
+      <c r="D3379"/>
+      <c r="E3379"/>
+      <c r="F3379"/>
+    </row>
+    <row r="3380" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3380"/>
+      <c r="D3380"/>
+      <c r="E3380"/>
+      <c r="F3380"/>
+    </row>
+    <row r="3381" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3381"/>
+      <c r="D3381"/>
+      <c r="E3381"/>
+      <c r="F3381"/>
+    </row>
+    <row r="3382" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3382"/>
+      <c r="D3382"/>
+      <c r="E3382"/>
+      <c r="F3382"/>
+    </row>
+    <row r="3383" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3383"/>
+      <c r="D3383"/>
+      <c r="E3383"/>
+      <c r="F3383"/>
+    </row>
+    <row r="3384" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3384"/>
+      <c r="D3384"/>
+      <c r="E3384"/>
+      <c r="F3384"/>
+    </row>
+    <row r="3385" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3385"/>
+      <c r="D3385"/>
+      <c r="E3385"/>
+      <c r="F3385"/>
+    </row>
+    <row r="3386" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3386"/>
+      <c r="D3386"/>
+      <c r="E3386"/>
+      <c r="F3386"/>
+    </row>
+    <row r="3387" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3387"/>
+      <c r="D3387"/>
+      <c r="E3387"/>
+      <c r="F3387"/>
+    </row>
+    <row r="3388" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3388"/>
+      <c r="D3388"/>
+      <c r="E3388"/>
+      <c r="F3388"/>
+    </row>
+    <row r="3389" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3389"/>
+      <c r="D3389"/>
+      <c r="E3389"/>
+      <c r="F3389"/>
+    </row>
+    <row r="3390" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3390"/>
+      <c r="D3390"/>
+      <c r="E3390"/>
+      <c r="F3390"/>
+    </row>
+    <row r="3391" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3391"/>
+      <c r="D3391"/>
+      <c r="E3391"/>
+      <c r="F3391"/>
+    </row>
+    <row r="3392" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3392"/>
+      <c r="D3392"/>
+      <c r="E3392"/>
+      <c r="F3392"/>
+    </row>
+    <row r="3393" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3393"/>
+      <c r="D3393"/>
+      <c r="E3393"/>
+      <c r="F3393"/>
+    </row>
+    <row r="3394" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3394"/>
+      <c r="D3394"/>
+      <c r="E3394"/>
+      <c r="F3394"/>
+    </row>
+    <row r="3395" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3395"/>
+      <c r="D3395"/>
+      <c r="E3395"/>
+      <c r="F3395"/>
+    </row>
+    <row r="3396" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3396"/>
+      <c r="D3396"/>
+      <c r="E3396"/>
+      <c r="F3396"/>
+    </row>
+    <row r="3397" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3397"/>
+      <c r="D3397"/>
+      <c r="E3397"/>
+      <c r="F3397"/>
+    </row>
+    <row r="3398" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3398"/>
+      <c r="D3398"/>
+      <c r="E3398"/>
+      <c r="F3398"/>
+    </row>
+    <row r="3399" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3399"/>
+      <c r="D3399"/>
+      <c r="E3399"/>
+      <c r="F3399"/>
+    </row>
+    <row r="3400" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3400"/>
+      <c r="D3400"/>
+      <c r="E3400"/>
+      <c r="F3400"/>
+    </row>
+    <row r="3401" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3401"/>
+      <c r="D3401"/>
+      <c r="E3401"/>
+      <c r="F3401"/>
+    </row>
+    <row r="3402" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3402"/>
+      <c r="D3402"/>
+      <c r="E3402"/>
+      <c r="F3402"/>
+    </row>
+    <row r="3403" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3403"/>
+      <c r="D3403"/>
+      <c r="E3403"/>
+      <c r="F3403"/>
+    </row>
+    <row r="3404" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3404"/>
+      <c r="D3404"/>
+      <c r="E3404"/>
+      <c r="F3404"/>
+    </row>
+    <row r="3405" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3405"/>
+      <c r="D3405"/>
+      <c r="E3405"/>
+      <c r="F3405"/>
+    </row>
+    <row r="3406" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3406"/>
+      <c r="D3406"/>
+      <c r="E3406"/>
+      <c r="F3406"/>
+    </row>
+    <row r="3407" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3407"/>
+      <c r="D3407"/>
+      <c r="E3407"/>
+      <c r="F3407"/>
+    </row>
+    <row r="3408" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3408"/>
+      <c r="D3408"/>
+      <c r="E3408"/>
+      <c r="F3408"/>
+    </row>
+    <row r="3409" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3409"/>
+      <c r="D3409"/>
+      <c r="E3409"/>
+      <c r="F3409"/>
+    </row>
+    <row r="3410" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3410"/>
+      <c r="D3410"/>
+      <c r="E3410"/>
+      <c r="F3410"/>
+    </row>
+    <row r="3411" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3411"/>
+      <c r="D3411"/>
+      <c r="E3411"/>
+      <c r="F3411"/>
+    </row>
+    <row r="3412" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3412"/>
+      <c r="D3412"/>
+      <c r="E3412"/>
+      <c r="F3412"/>
+    </row>
+    <row r="3413" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3413"/>
+      <c r="D3413"/>
+      <c r="E3413"/>
+      <c r="F3413"/>
+    </row>
+    <row r="3414" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3414"/>
+      <c r="D3414"/>
+      <c r="E3414"/>
+      <c r="F3414"/>
+    </row>
+    <row r="3415" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3415"/>
+      <c r="D3415"/>
+      <c r="E3415"/>
+      <c r="F3415"/>
+    </row>
+    <row r="3416" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3416"/>
+      <c r="D3416"/>
+      <c r="E3416"/>
+      <c r="F3416"/>
+    </row>
+    <row r="3417" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3417"/>
+      <c r="D3417"/>
+      <c r="E3417"/>
+      <c r="F3417"/>
+    </row>
+    <row r="3418" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3418"/>
+      <c r="D3418"/>
+      <c r="E3418"/>
+      <c r="F3418"/>
+    </row>
+    <row r="3419" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3419"/>
+      <c r="D3419"/>
+      <c r="E3419"/>
+      <c r="F3419"/>
+    </row>
+    <row r="3420" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3420"/>
+      <c r="D3420"/>
+      <c r="E3420"/>
+      <c r="F3420"/>
+    </row>
+    <row r="3421" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3421"/>
+      <c r="D3421"/>
+      <c r="E3421"/>
+      <c r="F3421"/>
+    </row>
+    <row r="3422" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3422"/>
+      <c r="D3422"/>
+      <c r="E3422"/>
+      <c r="F3422"/>
+    </row>
+    <row r="3423" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3423"/>
+      <c r="D3423"/>
+      <c r="E3423"/>
+      <c r="F3423"/>
+    </row>
+    <row r="3424" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3424"/>
+      <c r="D3424"/>
+      <c r="E3424"/>
+      <c r="F3424"/>
+    </row>
+    <row r="3425" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3425"/>
+      <c r="D3425"/>
+      <c r="E3425"/>
+      <c r="F3425"/>
+    </row>
+    <row r="3426" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3426"/>
+      <c r="D3426"/>
+      <c r="E3426"/>
+      <c r="F3426"/>
+    </row>
+    <row r="3427" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3427"/>
+      <c r="D3427"/>
+      <c r="E3427"/>
+      <c r="F3427"/>
+    </row>
+    <row r="3428" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3428"/>
+      <c r="D3428"/>
+      <c r="E3428"/>
+      <c r="F3428"/>
+    </row>
+    <row r="3429" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3429"/>
+      <c r="D3429"/>
+      <c r="E3429"/>
+      <c r="F3429"/>
+    </row>
+    <row r="3430" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3430"/>
+      <c r="D3430"/>
+      <c r="E3430"/>
+      <c r="F3430"/>
+    </row>
+    <row r="3431" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3431"/>
+      <c r="D3431"/>
+      <c r="E3431"/>
+      <c r="F3431"/>
+    </row>
+    <row r="3432" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3432"/>
+      <c r="D3432"/>
+      <c r="E3432"/>
+      <c r="F3432"/>
+    </row>
+    <row r="3433" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3433"/>
+      <c r="D3433"/>
+      <c r="E3433"/>
+      <c r="F3433"/>
+    </row>
+    <row r="3434" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3434"/>
+      <c r="D3434"/>
+      <c r="E3434"/>
+      <c r="F3434"/>
+    </row>
+    <row r="3435" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3435"/>
+      <c r="D3435"/>
+      <c r="E3435"/>
+      <c r="F3435"/>
+    </row>
+    <row r="3436" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3436"/>
+      <c r="D3436"/>
+      <c r="E3436"/>
+      <c r="F3436"/>
+    </row>
+    <row r="3437" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3437"/>
+      <c r="D3437"/>
+      <c r="E3437"/>
+      <c r="F3437"/>
+    </row>
+    <row r="3438" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3438"/>
+      <c r="D3438"/>
+      <c r="E3438"/>
+      <c r="F3438"/>
+    </row>
+    <row r="3439" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3439"/>
+      <c r="D3439"/>
+      <c r="E3439"/>
+      <c r="F3439"/>
+    </row>
+    <row r="3440" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3440"/>
+      <c r="D3440"/>
+      <c r="E3440"/>
+      <c r="F3440"/>
+    </row>
+    <row r="3441" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3441"/>
+      <c r="D3441"/>
+      <c r="E3441"/>
+      <c r="F3441"/>
+    </row>
+    <row r="3442" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3442"/>
+      <c r="D3442"/>
+      <c r="E3442"/>
+      <c r="F3442"/>
+    </row>
+    <row r="3443" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3443"/>
+      <c r="D3443"/>
+      <c r="E3443"/>
+      <c r="F3443"/>
+    </row>
+    <row r="3444" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3444"/>
+      <c r="D3444"/>
+      <c r="E3444"/>
+      <c r="F3444"/>
+    </row>
+    <row r="3445" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3445"/>
+      <c r="D3445"/>
+      <c r="E3445"/>
+      <c r="F3445"/>
+    </row>
+    <row r="3446" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3446"/>
+      <c r="D3446"/>
+      <c r="E3446"/>
+      <c r="F3446"/>
+    </row>
+    <row r="3447" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3447"/>
+      <c r="D3447"/>
+      <c r="E3447"/>
+      <c r="F3447"/>
+    </row>
+    <row r="3448" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3448"/>
+      <c r="D3448"/>
+      <c r="E3448"/>
+      <c r="F3448"/>
+    </row>
+    <row r="3449" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3449"/>
+      <c r="D3449"/>
+      <c r="E3449"/>
+      <c r="F3449"/>
+    </row>
+    <row r="3450" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3450"/>
+      <c r="D3450"/>
+      <c r="E3450"/>
+      <c r="F3450"/>
+    </row>
+    <row r="3451" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3451"/>
+      <c r="D3451"/>
+      <c r="E3451"/>
+      <c r="F3451"/>
+    </row>
+    <row r="3452" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3452"/>
+      <c r="D3452"/>
+      <c r="E3452"/>
+      <c r="F3452"/>
+    </row>
+    <row r="3453" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3453"/>
+      <c r="D3453"/>
+      <c r="E3453"/>
+      <c r="F3453"/>
+    </row>
+    <row r="3454" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3454"/>
+      <c r="D3454"/>
+      <c r="E3454"/>
+      <c r="F3454"/>
+    </row>
+    <row r="3455" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3455"/>
+      <c r="D3455"/>
+      <c r="E3455"/>
+      <c r="F3455"/>
+    </row>
+    <row r="3456" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3456"/>
+      <c r="D3456"/>
+      <c r="E3456"/>
+      <c r="F3456"/>
+    </row>
+    <row r="3457" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3457"/>
+      <c r="D3457"/>
+      <c r="E3457"/>
+      <c r="F3457"/>
+    </row>
+    <row r="3458" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3458"/>
+      <c r="D3458"/>
+      <c r="E3458"/>
+      <c r="F3458"/>
+    </row>
+    <row r="3459" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3459"/>
+      <c r="D3459"/>
+      <c r="E3459"/>
+      <c r="F3459"/>
+    </row>
+    <row r="3460" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3460"/>
+      <c r="D3460"/>
+      <c r="E3460"/>
+      <c r="F3460"/>
+    </row>
+    <row r="3461" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3461"/>
+      <c r="D3461"/>
+      <c r="E3461"/>
+      <c r="F3461"/>
+    </row>
+    <row r="3462" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3462"/>
+      <c r="D3462"/>
+      <c r="E3462"/>
+      <c r="F3462"/>
+    </row>
+    <row r="3463" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3463"/>
+      <c r="D3463"/>
+      <c r="E3463"/>
+      <c r="F3463"/>
+    </row>
+    <row r="3464" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3464"/>
+      <c r="D3464"/>
+      <c r="E3464"/>
+      <c r="F3464"/>
+    </row>
+    <row r="3465" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3465"/>
+      <c r="D3465"/>
+      <c r="E3465"/>
+      <c r="F3465"/>
+    </row>
+    <row r="3466" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3466"/>
+      <c r="D3466"/>
+      <c r="E3466"/>
+      <c r="F3466"/>
+    </row>
+    <row r="3467" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3467"/>
+      <c r="D3467"/>
+      <c r="E3467"/>
+      <c r="F3467"/>
+    </row>
+    <row r="3468" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3468"/>
+      <c r="D3468"/>
+      <c r="E3468"/>
+      <c r="F3468"/>
+    </row>
+    <row r="3469" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3469"/>
+      <c r="D3469"/>
+      <c r="E3469"/>
+      <c r="F3469"/>
+    </row>
+    <row r="3470" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3470"/>
+      <c r="D3470"/>
+      <c r="E3470"/>
+      <c r="F3470"/>
+    </row>
+    <row r="3471" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3471"/>
+      <c r="D3471"/>
+      <c r="E3471"/>
+      <c r="F3471"/>
+    </row>
+    <row r="3472" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3472"/>
+      <c r="D3472"/>
+      <c r="E3472"/>
+      <c r="F3472"/>
+    </row>
+    <row r="3473" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3473"/>
+      <c r="D3473"/>
+      <c r="E3473"/>
+      <c r="F3473"/>
+    </row>
+    <row r="3474" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3474"/>
+      <c r="D3474"/>
+      <c r="E3474"/>
+      <c r="F3474"/>
+    </row>
+    <row r="3475" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3475"/>
+      <c r="D3475"/>
+      <c r="E3475"/>
+      <c r="F3475"/>
+    </row>
+    <row r="3476" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3476"/>
+      <c r="D3476"/>
+      <c r="E3476"/>
+      <c r="F3476"/>
+    </row>
+    <row r="3477" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3477"/>
+      <c r="D3477"/>
+      <c r="E3477"/>
+      <c r="F3477"/>
+    </row>
+    <row r="3478" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3478"/>
+      <c r="D3478"/>
+      <c r="E3478"/>
+      <c r="F3478"/>
+    </row>
+    <row r="3479" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3479"/>
+      <c r="D3479"/>
+      <c r="E3479"/>
+      <c r="F3479"/>
+    </row>
+    <row r="3480" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3480"/>
+      <c r="D3480"/>
+      <c r="E3480"/>
+      <c r="F3480"/>
+    </row>
+    <row r="3481" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3481"/>
+      <c r="D3481"/>
+      <c r="E3481"/>
+      <c r="F3481"/>
+    </row>
+    <row r="3482" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3482"/>
+      <c r="D3482"/>
+      <c r="E3482"/>
+      <c r="F3482"/>
+    </row>
+    <row r="3483" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3483"/>
+      <c r="D3483"/>
+      <c r="E3483"/>
+      <c r="F3483"/>
+    </row>
+    <row r="3484" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3484"/>
+      <c r="D3484"/>
+      <c r="E3484"/>
+      <c r="F3484"/>
+    </row>
+    <row r="3485" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3485"/>
+      <c r="D3485"/>
+      <c r="E3485"/>
+      <c r="F3485"/>
+    </row>
+    <row r="3486" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3486"/>
+      <c r="D3486"/>
+      <c r="E3486"/>
+      <c r="F3486"/>
+    </row>
+    <row r="3487" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3487"/>
+      <c r="D3487"/>
+      <c r="E3487"/>
+      <c r="F3487"/>
+    </row>
+    <row r="3488" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3488"/>
+      <c r="D3488"/>
+      <c r="E3488"/>
+      <c r="F3488"/>
+    </row>
+    <row r="3489" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3489"/>
+      <c r="D3489"/>
+      <c r="E3489"/>
+      <c r="F3489"/>
+    </row>
+    <row r="3490" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3490"/>
+      <c r="D3490"/>
+      <c r="E3490"/>
+      <c r="F3490"/>
+    </row>
+    <row r="3491" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3491"/>
+      <c r="D3491"/>
+      <c r="E3491"/>
+      <c r="F3491"/>
+    </row>
+    <row r="3492" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3492"/>
+      <c r="D3492"/>
+      <c r="E3492"/>
+      <c r="F3492"/>
+    </row>
+    <row r="3493" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3493"/>
+      <c r="D3493"/>
+      <c r="E3493"/>
+      <c r="F3493"/>
+    </row>
+    <row r="3494" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3494"/>
+      <c r="D3494"/>
+      <c r="E3494"/>
+      <c r="F3494"/>
+    </row>
+    <row r="3495" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3495"/>
+      <c r="D3495"/>
+      <c r="E3495"/>
+      <c r="F3495"/>
+    </row>
+    <row r="3496" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3496"/>
+      <c r="D3496"/>
+      <c r="E3496"/>
+      <c r="F3496"/>
+    </row>
+    <row r="3497" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3497"/>
+      <c r="D3497"/>
+      <c r="E3497"/>
+      <c r="F3497"/>
+    </row>
+    <row r="3498" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3498"/>
+      <c r="D3498"/>
+      <c r="E3498"/>
+      <c r="F3498"/>
+    </row>
+    <row r="3499" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3499"/>
+      <c r="D3499"/>
+      <c r="E3499"/>
+      <c r="F3499"/>
+    </row>
+    <row r="3500" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3500"/>
+      <c r="D3500"/>
+      <c r="E3500"/>
+      <c r="F3500"/>
+    </row>
+    <row r="3501" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3501"/>
+      <c r="D3501"/>
+      <c r="E3501"/>
+      <c r="F3501"/>
+    </row>
+    <row r="3502" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3502"/>
+      <c r="D3502"/>
+      <c r="E3502"/>
+      <c r="F3502"/>
+    </row>
+    <row r="3503" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3503"/>
+      <c r="D3503"/>
+      <c r="E3503"/>
+      <c r="F3503"/>
+    </row>
+    <row r="3504" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3504"/>
+      <c r="D3504"/>
+      <c r="E3504"/>
+      <c r="F3504"/>
+    </row>
+    <row r="3505" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3505"/>
+      <c r="D3505"/>
+      <c r="E3505"/>
+      <c r="F3505"/>
+    </row>
+    <row r="3506" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3506"/>
+      <c r="D3506"/>
+      <c r="E3506"/>
+      <c r="F3506"/>
+    </row>
+    <row r="3507" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3507"/>
+      <c r="D3507"/>
+      <c r="E3507"/>
+      <c r="F3507"/>
+    </row>
+    <row r="3508" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3508"/>
+      <c r="D3508"/>
+      <c r="E3508"/>
+      <c r="F3508"/>
+    </row>
+    <row r="3509" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3509"/>
+      <c r="D3509"/>
+      <c r="E3509"/>
+      <c r="F3509"/>
+    </row>
+    <row r="3510" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3510"/>
+      <c r="D3510"/>
+      <c r="E3510"/>
+      <c r="F3510"/>
+    </row>
+    <row r="3511" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3511"/>
+      <c r="D3511"/>
+      <c r="E3511"/>
+      <c r="F3511"/>
+    </row>
+    <row r="3512" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3512"/>
+      <c r="D3512"/>
+      <c r="E3512"/>
+      <c r="F3512"/>
+    </row>
+    <row r="3513" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3513"/>
+      <c r="D3513"/>
+      <c r="E3513"/>
+      <c r="F3513"/>
+    </row>
+    <row r="3514" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3514"/>
+      <c r="D3514"/>
+      <c r="E3514"/>
+      <c r="F3514"/>
+    </row>
+    <row r="3515" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3515"/>
+      <c r="D3515"/>
+      <c r="E3515"/>
+      <c r="F3515"/>
+    </row>
+    <row r="3516" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3516"/>
+      <c r="D3516"/>
+      <c r="E3516"/>
+      <c r="F3516"/>
+    </row>
+    <row r="3517" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3517"/>
+      <c r="D3517"/>
+      <c r="E3517"/>
+      <c r="F3517"/>
+    </row>
+    <row r="3518" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3518"/>
+      <c r="D3518"/>
+      <c r="E3518"/>
+      <c r="F3518"/>
+    </row>
+    <row r="3519" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3519"/>
+      <c r="D3519"/>
+      <c r="E3519"/>
+      <c r="F3519"/>
+    </row>
+    <row r="3520" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3520"/>
+      <c r="D3520"/>
+      <c r="E3520"/>
+      <c r="F3520"/>
+    </row>
+    <row r="3521" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3521"/>
+      <c r="D3521"/>
+      <c r="E3521"/>
+      <c r="F3521"/>
+    </row>
+    <row r="3522" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3522"/>
+      <c r="D3522"/>
+      <c r="E3522"/>
+      <c r="F3522"/>
+    </row>
+    <row r="3523" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3523"/>
+      <c r="D3523"/>
+      <c r="E3523"/>
+      <c r="F3523"/>
+    </row>
+    <row r="3524" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3524"/>
+      <c r="D3524"/>
+      <c r="E3524"/>
+      <c r="F3524"/>
+    </row>
+    <row r="3525" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3525"/>
+      <c r="D3525"/>
+      <c r="E3525"/>
+      <c r="F3525"/>
+    </row>
+    <row r="3526" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3526"/>
+      <c r="D3526"/>
+      <c r="E3526"/>
+      <c r="F3526"/>
+    </row>
+    <row r="3527" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3527"/>
+      <c r="D3527"/>
+      <c r="E3527"/>
+      <c r="F3527"/>
+    </row>
+    <row r="3528" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3528"/>
+      <c r="D3528"/>
+      <c r="E3528"/>
+      <c r="F3528"/>
+    </row>
+    <row r="3529" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3529"/>
+      <c r="D3529"/>
+      <c r="E3529"/>
+      <c r="F3529"/>
+    </row>
+    <row r="3530" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3530"/>
+      <c r="D3530"/>
+      <c r="E3530"/>
+      <c r="F3530"/>
+    </row>
+    <row r="3531" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3531"/>
+      <c r="D3531"/>
+      <c r="E3531"/>
+      <c r="F3531"/>
+    </row>
+    <row r="3532" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3532"/>
+      <c r="D3532"/>
+      <c r="E3532"/>
+      <c r="F3532"/>
+    </row>
+    <row r="3533" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3533"/>
+      <c r="D3533"/>
+      <c r="E3533"/>
+      <c r="F3533"/>
+    </row>
+    <row r="3534" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3534"/>
+      <c r="D3534"/>
+      <c r="E3534"/>
+      <c r="F3534"/>
+    </row>
+    <row r="3535" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3535"/>
+      <c r="D3535"/>
+      <c r="E3535"/>
+      <c r="F3535"/>
+    </row>
+    <row r="3536" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3536"/>
+      <c r="D3536"/>
+      <c r="E3536"/>
+      <c r="F3536"/>
+    </row>
+    <row r="3537" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3537"/>
+      <c r="D3537"/>
+      <c r="E3537"/>
+      <c r="F3537"/>
+    </row>
+    <row r="3538" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3538"/>
+      <c r="D3538"/>
+      <c r="E3538"/>
+      <c r="F3538"/>
+    </row>
+    <row r="3539" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3539"/>
+      <c r="D3539"/>
+      <c r="E3539"/>
+      <c r="F3539"/>
+    </row>
+    <row r="3540" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3540"/>
+      <c r="D3540"/>
+      <c r="E3540"/>
+      <c r="F3540"/>
+    </row>
+    <row r="3541" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3541"/>
+      <c r="D3541"/>
+      <c r="E3541"/>
+      <c r="F3541"/>
+    </row>
+    <row r="3542" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3542"/>
+      <c r="D3542"/>
+      <c r="E3542"/>
+      <c r="F3542"/>
+    </row>
+    <row r="3543" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3543"/>
+      <c r="D3543"/>
+      <c r="E3543"/>
+      <c r="F3543"/>
+    </row>
+    <row r="3544" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3544"/>
+      <c r="D3544"/>
+      <c r="E3544"/>
+      <c r="F3544"/>
+    </row>
+    <row r="3545" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3545"/>
+      <c r="D3545"/>
+      <c r="E3545"/>
+      <c r="F3545"/>
+    </row>
+    <row r="3546" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3546"/>
+      <c r="D3546"/>
+      <c r="E3546"/>
+      <c r="F3546"/>
+    </row>
+    <row r="3547" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3547"/>
+      <c r="D3547"/>
+      <c r="E3547"/>
+      <c r="F3547"/>
+    </row>
+    <row r="3548" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3548"/>
+      <c r="D3548"/>
+      <c r="E3548"/>
+      <c r="F3548"/>
+    </row>
+    <row r="3549" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3549"/>
+      <c r="D3549"/>
+      <c r="E3549"/>
+      <c r="F3549"/>
+    </row>
+    <row r="3550" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3550"/>
+      <c r="D3550"/>
+      <c r="E3550"/>
+      <c r="F3550"/>
+    </row>
+    <row r="3551" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3551"/>
+      <c r="D3551"/>
+      <c r="E3551"/>
+      <c r="F3551"/>
+    </row>
+    <row r="3552" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3552"/>
+      <c r="D3552"/>
+      <c r="E3552"/>
+      <c r="F3552"/>
+    </row>
+    <row r="3553" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3553"/>
+      <c r="D3553"/>
+      <c r="E3553"/>
+      <c r="F3553"/>
+    </row>
+    <row r="3554" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3554"/>
+      <c r="D3554"/>
+      <c r="E3554"/>
+      <c r="F3554"/>
+    </row>
+    <row r="3555" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3555"/>
+      <c r="D3555"/>
+      <c r="E3555"/>
+      <c r="F3555"/>
+    </row>
+    <row r="3556" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3556"/>
+      <c r="D3556"/>
+      <c r="E3556"/>
+      <c r="F3556"/>
+    </row>
+    <row r="3557" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3557"/>
+      <c r="D3557"/>
+      <c r="E3557"/>
+      <c r="F3557"/>
+    </row>
+    <row r="3558" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3558"/>
+      <c r="D3558"/>
+      <c r="E3558"/>
+      <c r="F3558"/>
+    </row>
+    <row r="3559" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3559"/>
+      <c r="D3559"/>
+      <c r="E3559"/>
+      <c r="F3559"/>
+    </row>
+    <row r="3560" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3560"/>
+      <c r="D3560"/>
+      <c r="E3560"/>
+      <c r="F3560"/>
+    </row>
+    <row r="3561" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3561"/>
+      <c r="D3561"/>
+      <c r="E3561"/>
+      <c r="F3561"/>
+    </row>
+    <row r="3562" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3562"/>
+      <c r="D3562"/>
+      <c r="E3562"/>
+      <c r="F3562"/>
+    </row>
+    <row r="3563" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3563"/>
+      <c r="D3563"/>
+      <c r="E3563"/>
+      <c r="F3563"/>
+    </row>
+    <row r="3564" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3564"/>
+      <c r="D3564"/>
+      <c r="E3564"/>
+      <c r="F3564"/>
+    </row>
+    <row r="3565" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3565"/>
+      <c r="D3565"/>
+      <c r="E3565"/>
+      <c r="F3565"/>
+    </row>
+    <row r="3566" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3566"/>
+      <c r="D3566"/>
+      <c r="E3566"/>
+      <c r="F3566"/>
+    </row>
+    <row r="3567" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3567"/>
+      <c r="D3567"/>
+      <c r="E3567"/>
+      <c r="F3567"/>
+    </row>
+    <row r="3568" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3568"/>
+      <c r="D3568"/>
+      <c r="E3568"/>
+      <c r="F3568"/>
+    </row>
+    <row r="3569" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3569"/>
+      <c r="D3569"/>
+      <c r="E3569"/>
+      <c r="F3569"/>
+    </row>
+    <row r="3570" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3570"/>
+      <c r="D3570"/>
+      <c r="E3570"/>
+      <c r="F3570"/>
+    </row>
+    <row r="3571" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3571"/>
+      <c r="D3571"/>
+      <c r="E3571"/>
+      <c r="F3571"/>
+    </row>
+    <row r="3572" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3572"/>
+      <c r="D3572"/>
+      <c r="E3572"/>
+      <c r="F3572"/>
+    </row>
+    <row r="3573" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3573"/>
+      <c r="D3573"/>
+      <c r="E3573"/>
+      <c r="F3573"/>
+    </row>
+    <row r="3574" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3574"/>
+      <c r="D3574"/>
+      <c r="E3574"/>
+      <c r="F3574"/>
+    </row>
+    <row r="3575" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3575"/>
+      <c r="D3575"/>
+      <c r="E3575"/>
+      <c r="F3575"/>
+    </row>
+    <row r="3576" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3576"/>
+      <c r="D3576"/>
+      <c r="E3576"/>
+      <c r="F3576"/>
+    </row>
+    <row r="3577" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3577"/>
+      <c r="D3577"/>
+      <c r="E3577"/>
+      <c r="F3577"/>
+    </row>
+    <row r="3578" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3578"/>
+      <c r="D3578"/>
+      <c r="E3578"/>
+      <c r="F3578"/>
+    </row>
+    <row r="3579" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3579"/>
+      <c r="D3579"/>
+      <c r="E3579"/>
+      <c r="F3579"/>
+    </row>
+    <row r="3580" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3580"/>
+      <c r="D3580"/>
+      <c r="E3580"/>
+      <c r="F3580"/>
+    </row>
+    <row r="3581" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3581"/>
+      <c r="D3581"/>
+      <c r="E3581"/>
+      <c r="F3581"/>
+    </row>
+    <row r="3582" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3582"/>
+      <c r="D3582"/>
+      <c r="E3582"/>
+      <c r="F3582"/>
+    </row>
+    <row r="3583" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3583"/>
+      <c r="D3583"/>
+      <c r="E3583"/>
+      <c r="F3583"/>
+    </row>
+    <row r="3584" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3584"/>
+      <c r="D3584"/>
+      <c r="E3584"/>
+      <c r="F3584"/>
+    </row>
+    <row r="3585" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3585"/>
+      <c r="D3585"/>
+      <c r="E3585"/>
+      <c r="F3585"/>
+    </row>
+    <row r="3586" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3586"/>
+      <c r="D3586"/>
+      <c r="E3586"/>
+      <c r="F3586"/>
+    </row>
+    <row r="3587" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3587"/>
+      <c r="D3587"/>
+      <c r="E3587"/>
+      <c r="F3587"/>
+    </row>
+    <row r="3588" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3588"/>
+      <c r="D3588"/>
+      <c r="E3588"/>
+      <c r="F3588"/>
+    </row>
+    <row r="3589" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3589"/>
+      <c r="D3589"/>
+      <c r="E3589"/>
+      <c r="F3589"/>
+    </row>
+    <row r="3590" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3590"/>
+      <c r="D3590"/>
+      <c r="E3590"/>
+      <c r="F3590"/>
+    </row>
+    <row r="3591" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3591"/>
+      <c r="D3591"/>
+      <c r="E3591"/>
+      <c r="F3591"/>
+    </row>
+    <row r="3592" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3592"/>
+      <c r="D3592"/>
+      <c r="E3592"/>
+      <c r="F3592"/>
+    </row>
+    <row r="3593" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3593"/>
+      <c r="D3593"/>
+      <c r="E3593"/>
+      <c r="F3593"/>
+    </row>
+    <row r="3594" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3594"/>
+      <c r="D3594"/>
+      <c r="E3594"/>
+      <c r="F3594"/>
+    </row>
+    <row r="3595" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3595"/>
+      <c r="D3595"/>
+      <c r="E3595"/>
+      <c r="F3595"/>
+    </row>
+    <row r="3596" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3596"/>
+      <c r="D3596"/>
+      <c r="E3596"/>
+      <c r="F3596"/>
+    </row>
+    <row r="3597" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3597"/>
+      <c r="D3597"/>
+      <c r="E3597"/>
+      <c r="F3597"/>
+    </row>
+    <row r="3598" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3598"/>
+      <c r="D3598"/>
+      <c r="E3598"/>
+      <c r="F3598"/>
+    </row>
+    <row r="3599" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3599"/>
+      <c r="D3599"/>
+      <c r="E3599"/>
+      <c r="F3599"/>
+    </row>
+    <row r="3600" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3600"/>
+      <c r="D3600"/>
+      <c r="E3600"/>
+      <c r="F3600"/>
+    </row>
+    <row r="3601" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3601"/>
+      <c r="D3601"/>
+      <c r="E3601"/>
+      <c r="F3601"/>
+    </row>
+    <row r="3602" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3602"/>
+      <c r="D3602"/>
+      <c r="E3602"/>
+      <c r="F3602"/>
+    </row>
+    <row r="3603" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3603"/>
+      <c r="D3603"/>
+      <c r="E3603"/>
+      <c r="F3603"/>
+    </row>
+    <row r="3604" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3604"/>
+      <c r="D3604"/>
+      <c r="E3604"/>
+      <c r="F3604"/>
+    </row>
+    <row r="3605" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3605"/>
+      <c r="D3605"/>
+      <c r="E3605"/>
+      <c r="F3605"/>
+    </row>
+    <row r="3606" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3606"/>
+      <c r="D3606"/>
+      <c r="E3606"/>
+      <c r="F3606"/>
+    </row>
+    <row r="3607" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3607"/>
+      <c r="D3607"/>
+      <c r="E3607"/>
+      <c r="F3607"/>
+    </row>
+    <row r="3608" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3608"/>
+      <c r="D3608"/>
+      <c r="E3608"/>
+      <c r="F3608"/>
+    </row>
+    <row r="3609" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3609"/>
+      <c r="D3609"/>
+      <c r="E3609"/>
+      <c r="F3609"/>
+    </row>
+    <row r="3610" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3610"/>
+      <c r="D3610"/>
+      <c r="E3610"/>
+      <c r="F3610"/>
+    </row>
+    <row r="3611" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3611"/>
+      <c r="D3611"/>
+      <c r="E3611"/>
+      <c r="F3611"/>
+    </row>
+    <row r="3612" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3612"/>
+      <c r="D3612"/>
+      <c r="E3612"/>
+      <c r="F3612"/>
+    </row>
+    <row r="3613" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3613"/>
+      <c r="D3613"/>
+      <c r="E3613"/>
+      <c r="F3613"/>
+    </row>
+    <row r="3614" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3614"/>
+      <c r="D3614"/>
+      <c r="E3614"/>
+      <c r="F3614"/>
+    </row>
+    <row r="3615" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3615"/>
+      <c r="D3615"/>
+      <c r="E3615"/>
+      <c r="F3615"/>
+    </row>
+    <row r="3616" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3616"/>
+      <c r="D3616"/>
+      <c r="E3616"/>
+      <c r="F3616"/>
+    </row>
+    <row r="3617" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3617"/>
+      <c r="D3617"/>
+      <c r="E3617"/>
+      <c r="F3617"/>
+    </row>
+    <row r="3618" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3618"/>
+      <c r="D3618"/>
+      <c r="E3618"/>
+      <c r="F3618"/>
+    </row>
+    <row r="3619" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3619"/>
+      <c r="D3619"/>
+      <c r="E3619"/>
+      <c r="F3619"/>
+    </row>
+    <row r="3620" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3620"/>
+      <c r="D3620"/>
+      <c r="E3620"/>
+      <c r="F3620"/>
+    </row>
+    <row r="3621" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3621"/>
+      <c r="D3621"/>
+      <c r="E3621"/>
+      <c r="F3621"/>
+    </row>
+    <row r="3622" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3622"/>
+      <c r="D3622"/>
+      <c r="E3622"/>
+      <c r="F3622"/>
+    </row>
+    <row r="3623" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3623"/>
+      <c r="D3623"/>
+      <c r="E3623"/>
+      <c r="F3623"/>
+    </row>
+    <row r="3624" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3624"/>
+      <c r="D3624"/>
+      <c r="E3624"/>
+      <c r="F3624"/>
+    </row>
+    <row r="3625" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3625"/>
+      <c r="D3625"/>
+      <c r="E3625"/>
+      <c r="F3625"/>
+    </row>
+    <row r="3626" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3626"/>
+      <c r="D3626"/>
+      <c r="E3626"/>
+      <c r="F3626"/>
+    </row>
+    <row r="3627" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3627"/>
+      <c r="D3627"/>
+      <c r="E3627"/>
+      <c r="F3627"/>
+    </row>
+    <row r="3628" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3628"/>
+      <c r="D3628"/>
+      <c r="E3628"/>
+      <c r="F3628"/>
+    </row>
+    <row r="3629" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3629"/>
+      <c r="D3629"/>
+      <c r="E3629"/>
+      <c r="F3629"/>
+    </row>
+    <row r="3630" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3630"/>
+      <c r="D3630"/>
+      <c r="E3630"/>
+      <c r="F3630"/>
+    </row>
+    <row r="3631" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3631"/>
+      <c r="D3631"/>
+      <c r="E3631"/>
+      <c r="F3631"/>
+    </row>
+    <row r="3632" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3632"/>
+      <c r="D3632"/>
+      <c r="E3632"/>
+      <c r="F3632"/>
+    </row>
+    <row r="3633" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3633"/>
+      <c r="D3633"/>
+      <c r="E3633"/>
+      <c r="F3633"/>
+    </row>
+    <row r="3634" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3634"/>
+      <c r="D3634"/>
+      <c r="E3634"/>
+      <c r="F3634"/>
+    </row>
+    <row r="3635" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3635"/>
+      <c r="D3635"/>
+      <c r="E3635"/>
+      <c r="F3635"/>
+    </row>
+    <row r="3636" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3636"/>
+      <c r="D3636"/>
+      <c r="E3636"/>
+      <c r="F3636"/>
+    </row>
+    <row r="3637" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3637"/>
+      <c r="D3637"/>
+      <c r="E3637"/>
+      <c r="F3637"/>
+    </row>
+    <row r="3638" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3638"/>
+      <c r="D3638"/>
+      <c r="E3638"/>
+      <c r="F3638"/>
+    </row>
+    <row r="3639" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3639"/>
+      <c r="D3639"/>
+      <c r="E3639"/>
+      <c r="F3639"/>
+    </row>
+    <row r="3640" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3640"/>
+      <c r="D3640"/>
+      <c r="E3640"/>
+      <c r="F3640"/>
+    </row>
+    <row r="3641" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3641"/>
+      <c r="D3641"/>
+      <c r="E3641"/>
+      <c r="F3641"/>
+    </row>
+    <row r="3642" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3642"/>
+      <c r="D3642"/>
+      <c r="E3642"/>
+      <c r="F3642"/>
+    </row>
+    <row r="3643" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3643"/>
+      <c r="D3643"/>
+      <c r="E3643"/>
+      <c r="F3643"/>
+    </row>
+    <row r="3644" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3644"/>
+      <c r="D3644"/>
+      <c r="E3644"/>
+      <c r="F3644"/>
+    </row>
+    <row r="3645" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3645"/>
+      <c r="D3645"/>
+      <c r="E3645"/>
+      <c r="F3645"/>
+    </row>
+    <row r="3646" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3646"/>
+      <c r="D3646"/>
+      <c r="E3646"/>
+      <c r="F3646"/>
+    </row>
+    <row r="3647" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3647"/>
+      <c r="D3647"/>
+      <c r="E3647"/>
+      <c r="F3647"/>
+    </row>
+    <row r="3648" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3648"/>
+      <c r="D3648"/>
+      <c r="E3648"/>
+      <c r="F3648"/>
+    </row>
+    <row r="3649" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3649"/>
+      <c r="D3649"/>
+      <c r="E3649"/>
+      <c r="F3649"/>
+    </row>
+    <row r="3650" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3650"/>
+      <c r="D3650"/>
+      <c r="E3650"/>
+      <c r="F3650"/>
+    </row>
+    <row r="3651" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3651"/>
+      <c r="D3651"/>
+      <c r="E3651"/>
+      <c r="F3651"/>
+    </row>
+    <row r="3652" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3652"/>
+      <c r="D3652"/>
+      <c r="E3652"/>
+      <c r="F3652"/>
+    </row>
+    <row r="3653" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3653"/>
+      <c r="D3653"/>
+      <c r="E3653"/>
+      <c r="F3653"/>
+    </row>
+    <row r="3654" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3654"/>
+      <c r="D3654"/>
+      <c r="E3654"/>
+      <c r="F3654"/>
+    </row>
+    <row r="3655" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3655"/>
+      <c r="D3655"/>
+      <c r="E3655"/>
+      <c r="F3655"/>
+    </row>
+    <row r="3656" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3656"/>
+      <c r="D3656"/>
+      <c r="E3656"/>
+      <c r="F3656"/>
+    </row>
+    <row r="3657" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3657"/>
+      <c r="D3657"/>
+      <c r="E3657"/>
+      <c r="F3657"/>
+    </row>
+    <row r="3658" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3658"/>
+      <c r="D3658"/>
+      <c r="E3658"/>
+      <c r="F3658"/>
+    </row>
+    <row r="3659" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3659"/>
+      <c r="D3659"/>
+      <c r="E3659"/>
+      <c r="F3659"/>
+    </row>
+    <row r="3660" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3660"/>
+      <c r="D3660"/>
+      <c r="E3660"/>
+      <c r="F3660"/>
+    </row>
+    <row r="3661" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3661"/>
+      <c r="D3661"/>
+      <c r="E3661"/>
+      <c r="F3661"/>
+    </row>
+    <row r="3662" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3662"/>
+      <c r="D3662"/>
+      <c r="E3662"/>
+      <c r="F3662"/>
+    </row>
+    <row r="3663" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3663"/>
+      <c r="D3663"/>
+      <c r="E3663"/>
+      <c r="F3663"/>
+    </row>
+    <row r="3664" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3664"/>
+      <c r="D3664"/>
+      <c r="E3664"/>
+      <c r="F3664"/>
+    </row>
+    <row r="3665" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3665"/>
+      <c r="D3665"/>
+      <c r="E3665"/>
+      <c r="F3665"/>
+    </row>
+    <row r="3666" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3666"/>
+      <c r="D3666"/>
+      <c r="E3666"/>
+      <c r="F3666"/>
+    </row>
+    <row r="3667" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3667"/>
+      <c r="D3667"/>
+      <c r="E3667"/>
+      <c r="F3667"/>
+    </row>
+    <row r="3668" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3668"/>
+      <c r="D3668"/>
+      <c r="E3668"/>
+      <c r="F3668"/>
+    </row>
+    <row r="3669" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3669"/>
+      <c r="D3669"/>
+      <c r="E3669"/>
+      <c r="F3669"/>
+    </row>
+    <row r="3670" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3670"/>
+      <c r="D3670"/>
+      <c r="E3670"/>
+      <c r="F3670"/>
+    </row>
+    <row r="3671" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3671"/>
+      <c r="D3671"/>
+      <c r="E3671"/>
+      <c r="F3671"/>
+    </row>
+    <row r="3672" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3672"/>
+      <c r="D3672"/>
+      <c r="E3672"/>
+      <c r="F3672"/>
+    </row>
+    <row r="3673" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3673"/>
+      <c r="D3673"/>
+      <c r="E3673"/>
+      <c r="F3673"/>
+    </row>
+    <row r="3674" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3674"/>
+      <c r="D3674"/>
+      <c r="E3674"/>
+      <c r="F3674"/>
+    </row>
+    <row r="3675" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3675"/>
+      <c r="D3675"/>
+      <c r="E3675"/>
+      <c r="F3675"/>
+    </row>
+    <row r="3676" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3676"/>
+      <c r="D3676"/>
+      <c r="E3676"/>
+      <c r="F3676"/>
+    </row>
+    <row r="3677" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3677"/>
+      <c r="D3677"/>
+      <c r="E3677"/>
+      <c r="F3677"/>
+    </row>
+    <row r="3678" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3678"/>
+      <c r="D3678"/>
+      <c r="E3678"/>
+      <c r="F3678"/>
+    </row>
+    <row r="3679" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3679"/>
+      <c r="D3679"/>
+      <c r="E3679"/>
+      <c r="F3679"/>
+    </row>
+    <row r="3680" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3680"/>
+      <c r="D3680"/>
+      <c r="E3680"/>
+      <c r="F3680"/>
+    </row>
+    <row r="3681" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3681"/>
+      <c r="D3681"/>
+      <c r="E3681"/>
+      <c r="F3681"/>
+    </row>
+    <row r="3682" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3682"/>
+      <c r="D3682"/>
+      <c r="E3682"/>
+      <c r="F3682"/>
+    </row>
+    <row r="3683" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3683"/>
+      <c r="D3683"/>
+      <c r="E3683"/>
+      <c r="F3683"/>
+    </row>
+    <row r="3684" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3684"/>
+      <c r="D3684"/>
+      <c r="E3684"/>
+      <c r="F3684"/>
+    </row>
+    <row r="3685" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3685"/>
+      <c r="D3685"/>
+      <c r="E3685"/>
+      <c r="F3685"/>
+    </row>
+    <row r="3686" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3686"/>
+      <c r="D3686"/>
+      <c r="E3686"/>
+      <c r="F3686"/>
+    </row>
+    <row r="3687" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3687"/>
+      <c r="D3687"/>
+      <c r="E3687"/>
+      <c r="F3687"/>
+    </row>
+    <row r="3688" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3688"/>
+      <c r="D3688"/>
+      <c r="E3688"/>
+      <c r="F3688"/>
+    </row>
+    <row r="3689" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3689"/>
+      <c r="D3689"/>
+      <c r="E3689"/>
+      <c r="F3689"/>
+    </row>
+    <row r="3690" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3690"/>
+      <c r="D3690"/>
+      <c r="E3690"/>
+      <c r="F3690"/>
+    </row>
+    <row r="3691" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3691"/>
+      <c r="D3691"/>
+      <c r="E3691"/>
+      <c r="F3691"/>
+    </row>
+    <row r="3692" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3692"/>
+      <c r="D3692"/>
+      <c r="E3692"/>
+      <c r="F3692"/>
+    </row>
+    <row r="3693" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3693"/>
+      <c r="D3693"/>
+      <c r="E3693"/>
+      <c r="F3693"/>
+    </row>
+    <row r="3694" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3694"/>
+      <c r="D3694"/>
+      <c r="E3694"/>
+      <c r="F3694"/>
+    </row>
+    <row r="3695" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3695"/>
+      <c r="D3695"/>
+      <c r="E3695"/>
+      <c r="F3695"/>
+    </row>
+    <row r="3696" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3696"/>
+      <c r="D3696"/>
+      <c r="E3696"/>
+      <c r="F3696"/>
+    </row>
+    <row r="3697" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3697"/>
+      <c r="D3697"/>
+      <c r="E3697"/>
+      <c r="F3697"/>
+    </row>
+    <row r="3698" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3698"/>
+      <c r="D3698"/>
+      <c r="E3698"/>
+      <c r="F3698"/>
+    </row>
+    <row r="3699" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3699"/>
+      <c r="D3699"/>
+      <c r="E3699"/>
+      <c r="F3699"/>
+    </row>
+    <row r="3700" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3700"/>
+      <c r="D3700"/>
+      <c r="E3700"/>
+      <c r="F3700"/>
+    </row>
+    <row r="3701" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3701"/>
+      <c r="D3701"/>
+      <c r="E3701"/>
+      <c r="F3701"/>
+    </row>
+    <row r="3702" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3702"/>
+      <c r="D3702"/>
+      <c r="E3702"/>
+      <c r="F3702"/>
+    </row>
+    <row r="3703" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3703"/>
+      <c r="D3703"/>
+      <c r="E3703"/>
+      <c r="F3703"/>
+    </row>
+    <row r="3704" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3704"/>
+      <c r="D3704"/>
+      <c r="E3704"/>
+      <c r="F3704"/>
+    </row>
+    <row r="3705" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3705"/>
+      <c r="D3705"/>
+      <c r="E3705"/>
+      <c r="F3705"/>
+    </row>
+    <row r="3706" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3706"/>
+      <c r="D3706"/>
+      <c r="E3706"/>
+      <c r="F3706"/>
+    </row>
+    <row r="3707" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3707"/>
+      <c r="D3707"/>
+      <c r="E3707"/>
+      <c r="F3707"/>
+    </row>
+    <row r="3708" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3708"/>
+      <c r="D3708"/>
+      <c r="E3708"/>
+      <c r="F3708"/>
+    </row>
+    <row r="3709" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3709"/>
+      <c r="D3709"/>
+      <c r="E3709"/>
+      <c r="F3709"/>
+    </row>
+    <row r="3710" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3710"/>
+      <c r="D3710"/>
+      <c r="E3710"/>
+      <c r="F3710"/>
+    </row>
+    <row r="3711" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3711"/>
+      <c r="D3711"/>
+      <c r="E3711"/>
+      <c r="F3711"/>
+    </row>
+    <row r="3712" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3712"/>
+      <c r="D3712"/>
+      <c r="E3712"/>
+      <c r="F3712"/>
+    </row>
+    <row r="3713" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3713"/>
+      <c r="D3713"/>
+      <c r="E3713"/>
+      <c r="F3713"/>
+    </row>
+    <row r="3714" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3714"/>
+      <c r="D3714"/>
+      <c r="E3714"/>
+      <c r="F3714"/>
+    </row>
+    <row r="3715" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3715"/>
+      <c r="D3715"/>
+      <c r="E3715"/>
+      <c r="F3715"/>
+    </row>
+    <row r="3716" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3716"/>
+      <c r="D3716"/>
+      <c r="E3716"/>
+      <c r="F3716"/>
+    </row>
+    <row r="3717" spans="3:6" x14ac:dyDescent="0.35">
+      <c r="C3717"/>
+      <c r="D3717"/>
+      <c r="E3717"/>
+      <c r="F3717"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{049AFE98-0DBF-471A-A6DE-5325145E23E4}">
           <x14:formula1>
             <xm:f>'Flux Analysis Group'!$B$5:$B$70</xm:f>
           </x14:formula1>
           <xm:sqref>F5:F1003</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF373F93-3924-43E6-A00A-8CA8BBE2B21F}">
   <dimension ref="A1:L22"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E24" sqref="E24"/>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.81640625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.1796875" style="1" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="26.1796875" customWidth="1"/>
+    <col min="8" max="8" width="26.26953125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="16.453125" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="24.7265625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="12" width="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="26.54296875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="27" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="17.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A1" s="6" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H1" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>46</v>
       </c>
       <c r="J1" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K1" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L1" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="B2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="H2" s="13" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="J2" s="2" t="s">
+      <c r="J2" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>52</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E3" s="3">
         <v>10000</v>
       </c>
@@ -3052,51 +23641,51 @@
     </row>
     <row r="4" spans="1:12" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B5"/>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B6"/>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B8"/>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B9"/>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B10"/>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B11"/>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B12"/>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B13"/>
@@ -3123,245 +23712,264 @@
       <c r="D18"/>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B19"/>
       <c r="D19"/>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B20"/>
       <c r="D20"/>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B21"/>
       <c r="D21"/>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B22"/>
       <c r="D22"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5F3BFFA-7AB4-4D5B-B93A-6D418894E1BF}">
-  <dimension ref="A1:P4"/>
+  <dimension ref="A1:Q4"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C34" sqref="C34"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="16.7265625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="13.26953125" style="1" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16" width="30.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="22.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="31" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="34" style="7" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="40.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="35" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="38" style="7" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="40" style="1" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="26.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="40" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="26.1796875" style="1" customWidth="1"/>
+    <col min="17" max="17" width="30.81640625" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="29" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:17" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B1" s="6" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C1" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="D1" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="E1" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="E1" s="6" t="s">
+      <c r="F1" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="F1" s="6" t="s">
+      <c r="G1" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="G1" s="6" t="s">
+      <c r="H1" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="H1" s="6" t="s">
+      <c r="I1" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="I1" s="10" t="s">
+      <c r="J1" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="J1" s="6" t="s">
+      <c r="K1" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="K1" s="6" t="s">
+      <c r="L1" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="L1" s="10" t="s">
+      <c r="M1" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="M1" s="6" t="s">
+      <c r="N1" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="N1" s="6" t="s">
+      <c r="O1" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="O1" s="6" t="s">
+      <c r="P1" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="P1" s="6" t="s">
+      <c r="Q1" s="6" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A2" s="2" t="s">
+    <row r="2" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="A2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="B2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="2" t="s">
-        <v>4</v>
+      <c r="E2" s="13" t="s">
+        <v>3</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="P2" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="Q2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A3" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="3">
+      <c r="D3" s="3">
         <v>33</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="G3" s="3">
+      <c r="H3" s="3">
         <v>10000</v>
       </c>
-      <c r="H3" s="9">
+      <c r="I3" s="9">
         <v>0.05</v>
       </c>
-      <c r="I3" s="3" t="s">
+      <c r="J3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="J3" s="3">
+      <c r="K3" s="3">
         <v>5000</v>
       </c>
-      <c r="K3" s="9">
+      <c r="L3" s="9">
         <v>0.03</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="M3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="M3" s="3">
+      <c r="N3" s="3">
         <v>5000</v>
       </c>
-      <c r="N3" s="3" t="s">
+      <c r="O3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="3" t="s">
+      <c r="P3" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="P3" s="3" t="s">
+      <c r="Q3" s="3" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:16" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:17" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
-      <c r="H4" s="8"/>
-      <c r="I4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="8"/>
       <c r="J4" s="5"/>
-      <c r="K4" s="8"/>
-      <c r="L4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="8"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
+      <c r="Q4" s="5"/>
     </row>
   </sheetData>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B5:B1048576" xr:uid="{693D792E-245A-47A2-8FCB-D09FE81F6798}">
+      <formula1>"Accounts Only, Groups Only, Accounts and Groups"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5:C1048576" xr:uid="{783F8454-D5B7-48E4-AD6F-83A4BFC9B8CF}">
+      <formula1>"All Accounts, Income Statement Only, Balance Sheet Only"</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8FFDA26-2868-4AE2-8A2C-D2D8914B214C}">
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>10</v>
       </c>
       <c r="D1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
@@ -3515,61 +24123,63 @@
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3767,122 +24377,120 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{512ADEBE-977C-4C60-8DD3-0886C6A0EB9B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40AA8733-A976-4128-88F6-A7EB1C676673}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
+    <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69DE0792-86B8-4A31-A6FE-E56E5339E683}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D240C7FA-9EAF-49D1-A60B-ABBAA013C483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40AA8733-A976-4128-88F6-A7EB1C676673}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{512ADEBE-977C-4C60-8DD3-0886C6A0EB9B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>Setup Flux Accounts Template</vt:lpstr>
+      <vt:lpstr>Set Up Flux Accounts</vt:lpstr>
       <vt:lpstr>Flux Analysis Group</vt:lpstr>
       <vt:lpstr>Flux Scenario Template</vt:lpstr>
       <vt:lpstr>Inputs</vt:lpstr>
       <vt:lpstr>FluxGroup</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Paige Moss</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">