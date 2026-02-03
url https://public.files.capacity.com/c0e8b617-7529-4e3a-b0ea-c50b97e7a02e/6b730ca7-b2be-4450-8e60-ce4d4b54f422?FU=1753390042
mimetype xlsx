--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -8,163 +8,199 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="77" documentId="14_{3C4B3C76-107E-0B4D-A011-64E69C5BD0DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7206328E-F54E-4A2A-96EF-7C553B411BA8}"/>
+  <xr:revisionPtr revIDLastSave="103" documentId="14_{3C4B3C76-107E-0B4D-A011-64E69C5BD0DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ACB92380-D8D5-41D6-9685-FED224F3FC90}"/>
   <bookViews>
-    <workbookView xWindow="-57720" yWindow="-5295" windowWidth="29040" windowHeight="15720" tabRatio="873" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="873" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Non-Working Days Template" sheetId="7" r:id="rId1"/>
     <sheet name="Task Classification List" sheetId="8" r:id="rId2"/>
     <sheet name="Task Upload Template" sheetId="1" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Task Upload Template'!$A$1:$V$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>cparks</author>
-    <author>tc={86C81D34-784A-464F-8918-B62BD97C0F55}</author>
+    <author>tc={B86C794B-A76E-47B8-A06F-46BEFE9F64A3}</author>
   </authors>
   <commentList>
-    <comment ref="E1" authorId="0" shapeId="0" xr:uid="{34FE1271-9B65-47A6-9B9D-C91349F24164}">
+    <comment ref="E1" authorId="0" shapeId="0" xr:uid="{058D9CFB-0907-4BB7-BB9A-BB4445FC6C20}">
       <text>
         <r>
           <rPr>
-            <sz val="9"/>
+            <sz val="8"/>
             <color rgb="FF000000"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>If this is a recurring task that you'd like generated month to month, you'll want to put "Yes" to use as a template. For tasks that are one-off tasks, you can put "No."</t>
         </r>
       </text>
     </comment>
-    <comment ref="L1" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0500-000001000000}">
+    <comment ref="G1" authorId="1" shapeId="0" xr:uid="{B86C794B-A76E-47B8-A06F-46BEFE9F64A3}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Must upload task classifications first and match names exactly.</t>
       </text>
     </comment>
-    <comment ref="V1" authorId="0" shapeId="0" xr:uid="{6036A2D2-0F95-4E8A-A481-26EB357272A8}">
+    <comment ref="H1" authorId="0" shapeId="0" xr:uid="{6760024E-CA60-42DC-8E0F-86049C0D4E33}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Auto Populated</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I1" authorId="0" shapeId="0" xr:uid="{8FEE6A7F-A236-458A-B731-78EE97E22C22}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Calendar day</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J1" authorId="0" shapeId="0" xr:uid="{6C90578A-3B37-47FB-A39E-1876D32F8F6F}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Business day</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="V1" authorId="0" shapeId="0" xr:uid="{6FAFF906-1264-44C0-AB41-4914E57F4ADC}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>cparks:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 300 character limit</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="738" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="228">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Work Calendar</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Subsidiary</t>
   </si>
   <si>
-    <t>(required)</t>
-[...1 lines deleted...]
-  <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Christmas Day (Observed)</t>
   </si>
   <si>
     <t>Parent : United States</t>
   </si>
   <si>
     <t>Reference Prefix</t>
   </si>
   <si>
     <t>Accounts Payable</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>Debt</t>
@@ -199,164 +235,152 @@
   <si>
     <t>Receivables</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Task Type</t>
   </si>
   <si>
     <t>Risk Level</t>
   </si>
   <si>
     <t>Importance</t>
   </si>
   <si>
     <t>Use As Template</t>
   </si>
   <si>
     <t>Task Frequency</t>
   </si>
   <si>
     <t>Absolute Due Date</t>
   </si>
   <si>
-    <t>Close Timing (Business Day)</t>
-[...1 lines deleted...]
-  <si>
     <t>Weekday Due (Weekly Tasks)</t>
   </si>
   <si>
     <t>Holiday Preference (Weekly Tasks)</t>
   </si>
   <si>
     <t>Task Reference</t>
   </si>
   <si>
     <t>Task Classification</t>
   </si>
   <si>
     <t>Subsidiary Internal ID</t>
   </si>
   <si>
     <t>Subsidiary Name</t>
   </si>
   <si>
-    <t>Assignee</t>
-[...1 lines deleted...]
-  <si>
     <t>Reviewer</t>
   </si>
   <si>
     <t>Reviewer Due Date (Absolute)</t>
   </si>
   <si>
     <t>Reviewer Due Date (Relative)</t>
   </si>
   <si>
     <t>Reviewer Due Date (From Due Date)</t>
   </si>
   <si>
     <t>Close Grouping</t>
   </si>
   <si>
     <t>Duration Estimate (Hours)</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Required if Task Frequency is Weekly</t>
   </si>
   <si>
     <t>Open Text Entry</t>
   </si>
   <si>
     <t>Drop Down List</t>
   </si>
   <si>
     <t>Yes/No</t>
   </si>
   <si>
     <t>Whole Number (+ or -)</t>
   </si>
   <si>
     <t>Day of the Week</t>
   </si>
   <si>
     <t>Open Text</t>
   </si>
   <si>
-    <t>Drop Down List (from first tab)</t>
-[...1 lines deleted...]
-  <si>
     <t>NetSuite Internal ID</t>
   </si>
   <si>
     <t>NetSuite Subsidiary Name</t>
   </si>
   <si>
     <t>NetClose User</t>
   </si>
   <si>
     <t>Whole Number (+)</t>
   </si>
   <si>
     <t>Positive Number (can be fractional)</t>
   </si>
   <si>
     <t>Gather Company Time and Expense Entries</t>
   </si>
   <si>
     <t>Close Activity</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Monthly</t>
   </si>
   <si>
     <t>Thursday</t>
   </si>
   <si>
     <t>Next Available Work Day</t>
   </si>
   <si>
-    <t>G-001</t>
-[...1 lines deleted...]
-  <si>
     <t>General</t>
   </si>
   <si>
     <t>Parent</t>
   </si>
   <si>
     <t>John Smith</t>
   </si>
   <si>
     <t>Jessica Brown</t>
   </si>
   <si>
     <t>Pre-Close</t>
   </si>
   <si>
     <t>Email reminder to company regarding time entry and expense entry.</t>
   </si>
   <si>
     <t>Payroll 15</t>
   </si>
   <si>
     <t>Payroll End of Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overview Meeting For Upcoming Close </t>
@@ -788,57 +812,72 @@
     <t>New Years Day</t>
   </si>
   <si>
     <t>Presidents Day</t>
   </si>
   <si>
     <t>Thanksgiving Day</t>
   </si>
   <si>
     <t>Thanksgiving Friday</t>
   </si>
   <si>
     <t>Holidays 2025 UK</t>
   </si>
   <si>
     <t>Holidays 2025 USA</t>
   </si>
   <si>
     <t>GEN</t>
   </si>
   <si>
     <t>OA</t>
   </si>
   <si>
     <t>Close</t>
+  </si>
+  <si>
+    <t>Holidays 2024 USA</t>
+  </si>
+  <si>
+    <t>Relative Due Date</t>
+  </si>
+  <si>
+    <t>Preparer</t>
+  </si>
+  <si>
+    <t>Drop Down List (from previous tab)</t>
+  </si>
+  <si>
+    <t>GEN-001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -943,77 +982,85 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...4 lines deleted...]
-    <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
+      <i/>
       <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color rgb="FF000000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="37">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
@@ -1356,67 +1403,67 @@
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="36" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="36" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -1740,3309 +1787,3341 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="L1" dT="2022-03-28T22:27:04.88" personId="{388E52CF-8773-4E0E-87A0-D82001B23DA9}" id="{86C81D34-784A-464F-8918-B62BD97C0F55}">
+  <threadedComment ref="G1" dT="2022-03-28T22:27:04.88" personId="{388E52CF-8773-4E0E-87A0-D82001B23DA9}" id="{B86C794B-A76E-47B8-A06F-46BEFE9F64A3}">
     <text>Must upload task classifications first and match names exactly.</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="C4" sqref="C4"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="28.81640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.26953125" customWidth="1"/>
     <col min="3" max="3" width="12.81640625" style="4" customWidth="1"/>
     <col min="4" max="4" width="21.81640625" style="4" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A2" s="9" t="s">
+      <c r="A2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>4</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="C3" s="12">
+        <v>45653</v>
+      </c>
+      <c r="D3" s="6" t="s">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7"/>
       <c r="B4" s="7"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B5" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C5" s="4">
         <v>45850</v>
       </c>
       <c r="D5" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B6" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C6" s="4">
         <v>46017</v>
       </c>
       <c r="D6" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C7" s="4">
         <v>46016</v>
       </c>
       <c r="D7" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B8" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C8" s="4">
         <v>45778</v>
       </c>
       <c r="D8" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B9" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C9" s="4">
         <v>45761</v>
       </c>
       <c r="D9" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B10" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C10" s="4">
         <v>45659</v>
       </c>
       <c r="D10" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B11" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C11" s="4">
         <v>45750</v>
       </c>
       <c r="D11" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B12" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C12" s="4">
         <v>45992</v>
       </c>
       <c r="D12" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B13" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C13" s="4">
         <v>45876</v>
       </c>
       <c r="D13" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B14" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C14" s="4">
         <v>46016</v>
       </c>
       <c r="D14" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B15" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C15" s="4">
         <v>46017</v>
       </c>
       <c r="D15" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B16" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C16" s="4">
         <v>45961</v>
       </c>
       <c r="D16" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B17" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C17" s="4">
         <v>45842</v>
       </c>
       <c r="D17" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B18" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C18" s="4">
         <v>45841</v>
       </c>
       <c r="D18" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B19" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C19" s="4">
         <v>45904</v>
       </c>
       <c r="D19" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B20" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C20" s="4">
         <v>45673</v>
       </c>
       <c r="D20" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B21" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C21" s="4">
         <v>45806</v>
       </c>
       <c r="D21" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B22" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C22" s="4">
         <v>45698</v>
       </c>
       <c r="D22" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
+        <v>214</v>
+      </c>
+      <c r="B23" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="C23" s="4">
         <v>45659</v>
       </c>
       <c r="D23" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B24" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C24" s="4">
         <v>45708</v>
       </c>
       <c r="D24" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B25" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C25" s="4">
         <v>45984</v>
       </c>
       <c r="D25" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B26" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C26" s="4">
         <v>45985</v>
       </c>
       <c r="D26" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B13"/>
+  <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.1796875" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A2" t="s">
-        <v>9</v>
+      <c r="A2" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="B2" s="14" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="7"/>
+      <c r="B3" s="7"/>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>8</v>
+      </c>
+      <c r="B4" s="13" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>10</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>12</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>14</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>16</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>64</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>131</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>18</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>20</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="B13" s="14"/>
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>135</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B15" s="13"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:V67"/>
+  <dimension ref="A1:X67"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="E1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="41.81640625" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="15.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.26953125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="35.453125" bestFit="1" customWidth="1"/>
     <col min="9" max="10" width="35.453125" customWidth="1"/>
-    <col min="11" max="11" width="19.81640625" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="25.7265625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30.36328125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="34.6328125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="25.1796875" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.26953125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="14.81640625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="29.7265625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="29" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="34.81640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="19.453125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="30.453125" bestFit="1" customWidth="1"/>
-    <col min="22" max="22" width="66.1796875" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="88.08984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" s="10" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:24" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="G1" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="J1" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="K1" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="H1" s="2" t="s">
+      <c r="L1" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J1" s="2" t="s">
+      <c r="M1" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="N1" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="O1" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="T1" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="U1" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="V1" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="W1" s="10"/>
+      <c r="X1" s="10"/>
+    </row>
+    <row r="2" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G2" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="K2" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="L2" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="P2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="R2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="S2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="T2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="U2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="V2" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="O3" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="P3" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="R3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="S3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="T3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="U3" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="V3" s="1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24" s="10" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="I4" s="11">
+        <v>7</v>
+      </c>
+      <c r="J4" s="11">
+        <v>7</v>
+      </c>
+      <c r="K4" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="M4" s="11">
         <v>33</v>
       </c>
-      <c r="K1" s="2" t="s">
-[...188 lines deleted...]
-      <c r="F4" s="12" t="s">
+      <c r="N4" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="G4" s="12">
+      <c r="O4" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="P4" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q4" s="11">
         <v>7</v>
       </c>
-      <c r="H4" s="12">
+      <c r="R4" s="11">
         <v>7</v>
       </c>
-      <c r="I4" s="12" t="s">
-[...5 lines deleted...]
-      <c r="K4" s="12" t="s">
+      <c r="S4" s="11">
+        <v>7</v>
+      </c>
+      <c r="T4" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="L4" s="12" t="s">
+      <c r="U4" s="11">
+        <v>1</v>
+      </c>
+      <c r="V4" s="11" t="s">
         <v>69</v>
       </c>
-      <c r="M4" s="12">
-[...30 lines deleted...]
-    <row r="5" spans="1:22" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:24" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
     </row>
-    <row r="6" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H6">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J6">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="T6" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U6">
         <v>1</v>
       </c>
       <c r="V6" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:22" x14ac:dyDescent="0.35">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>130</v>
+      </c>
+      <c r="J7">
+        <v>15</v>
+      </c>
+      <c r="M7">
+        <v>1</v>
+      </c>
+      <c r="T7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
         <v>64</v>
       </c>
-      <c r="F7" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8">
+        <v>30</v>
+      </c>
+      <c r="M8">
+        <v>1</v>
+      </c>
+      <c r="T8" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
         <v>64</v>
       </c>
-      <c r="F8" t="s">
-[...34 lines deleted...]
-      <c r="H9">
+      <c r="J9">
         <v>-4</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="T9" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:22" x14ac:dyDescent="0.35">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>61</v>
+      </c>
+      <c r="G10" t="s">
         <v>64</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="H10">
+      <c r="J10">
         <v>-4</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="T10" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:22" x14ac:dyDescent="0.35">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="H11">
+      <c r="J11">
         <v>-3</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="T11" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:22" x14ac:dyDescent="0.35">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E12" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
         <v>64</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="H12">
+      <c r="J12">
         <v>-3</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="T12" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="V12" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:22" x14ac:dyDescent="0.35">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" t="s">
         <v>64</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="H13">
+      <c r="J13">
         <v>-3</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="T13" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U13">
         <v>4</v>
       </c>
       <c r="V13" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:22" x14ac:dyDescent="0.35">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E14" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" t="s">
         <v>64</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="H14">
+      <c r="J14">
         <v>10</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="T14" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="U14">
         <v>1</v>
       </c>
       <c r="V14" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:22" x14ac:dyDescent="0.35">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F15" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H15">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>10</v>
+      </c>
+      <c r="J15">
         <v>2</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="T15" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U15">
         <v>4</v>
       </c>
       <c r="V15" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:22" x14ac:dyDescent="0.35">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C16" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F16" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H16">
+        <v>61</v>
+      </c>
+      <c r="G16" t="s">
+        <v>10</v>
+      </c>
+      <c r="J16">
         <v>2</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="T16" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U16">
         <v>4</v>
       </c>
       <c r="V16" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F17" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H17">
+        <v>61</v>
+      </c>
+      <c r="G17" t="s">
+        <v>10</v>
+      </c>
+      <c r="J17">
         <v>3</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="T17" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U17">
         <v>2</v>
       </c>
       <c r="V17" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F18" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H18">
+        <v>61</v>
+      </c>
+      <c r="G18" t="s">
+        <v>10</v>
+      </c>
+      <c r="J18">
         <v>4</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="T18" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H19">
+        <v>61</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="J19">
         <v>2</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="T19" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U19">
         <v>1</v>
       </c>
       <c r="V19" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E20" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H20">
+        <v>61</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J20">
         <v>2</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="T20" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U20">
         <v>2</v>
       </c>
       <c r="V20" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C21" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H21">
+        <v>61</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="J21">
         <v>3</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M21">
         <v>1</v>
       </c>
       <c r="T21" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U21">
         <v>2</v>
       </c>
       <c r="V21" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E22" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H22">
+        <v>61</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="J22">
         <v>3</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="T22" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U22">
         <v>1</v>
       </c>
       <c r="V22" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B23" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F23" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H23">
+        <v>61</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J23">
         <v>4</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23">
         <v>1</v>
       </c>
       <c r="T23" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U23">
         <v>2</v>
       </c>
       <c r="V23" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H24">
+        <v>61</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J24">
         <v>4</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="T24" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U24">
         <v>4</v>
       </c>
       <c r="V24" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F25" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H25">
+        <v>61</v>
+      </c>
+      <c r="G25" t="s">
+        <v>20</v>
+      </c>
+      <c r="J25">
         <v>0</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="T25" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U25">
         <v>1</v>
       </c>
       <c r="V25" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E26" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F26" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H26">
+        <v>61</v>
+      </c>
+      <c r="G26" t="s">
+        <v>20</v>
+      </c>
+      <c r="J26">
         <v>0</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="T26" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U26">
         <v>4</v>
       </c>
       <c r="V26" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E27" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>61</v>
+      </c>
+      <c r="G27" t="s">
+        <v>20</v>
+      </c>
+      <c r="J27">
+        <v>1</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
       <c r="T27" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U27">
         <v>2</v>
       </c>
       <c r="V27" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E28" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F28" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>61</v>
+      </c>
+      <c r="G28" t="s">
+        <v>20</v>
+      </c>
+      <c r="J28">
+        <v>1</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="T28" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C29" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E29" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F29" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>61</v>
+      </c>
+      <c r="G29" t="s">
+        <v>131</v>
+      </c>
+      <c r="J29">
+        <v>1</v>
       </c>
       <c r="M29">
         <v>1</v>
       </c>
       <c r="T29" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U29">
         <v>1</v>
       </c>
       <c r="V29" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B30" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E30" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F30" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>61</v>
+      </c>
+      <c r="G30" t="s">
+        <v>131</v>
+      </c>
+      <c r="J30">
+        <v>1</v>
       </c>
       <c r="M30">
         <v>1</v>
       </c>
       <c r="T30" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U30">
         <v>1</v>
       </c>
       <c r="V30" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C31" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D31" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E31" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F31" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>61</v>
+      </c>
+      <c r="G31" t="s">
+        <v>16</v>
+      </c>
+      <c r="J31">
+        <v>1</v>
       </c>
       <c r="M31">
         <v>1</v>
       </c>
       <c r="T31" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U31">
         <v>2</v>
       </c>
       <c r="V31" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="32" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B32" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C32" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F32" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>61</v>
+      </c>
+      <c r="G32" t="s">
+        <v>16</v>
+      </c>
+      <c r="J32">
+        <v>1</v>
       </c>
       <c r="M32">
         <v>1</v>
       </c>
       <c r="T32" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B33" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C33" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E33" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F33" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>61</v>
+      </c>
+      <c r="G33" t="s">
+        <v>16</v>
+      </c>
+      <c r="J33">
+        <v>1</v>
       </c>
       <c r="M33">
         <v>1</v>
       </c>
       <c r="T33" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U33">
         <v>4</v>
       </c>
       <c r="V33" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B34" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C34" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E34" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F34" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H34">
+        <v>61</v>
+      </c>
+      <c r="G34" t="s">
+        <v>16</v>
+      </c>
+      <c r="J34">
         <v>2</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M34">
         <v>1</v>
       </c>
       <c r="T34" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U34">
         <v>2</v>
       </c>
       <c r="V34" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B35" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C35" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D35" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E35" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F35" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H35">
+        <v>61</v>
+      </c>
+      <c r="G35" t="s">
+        <v>16</v>
+      </c>
+      <c r="J35">
         <v>2</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M35">
         <v>1</v>
       </c>
       <c r="T35" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U35">
         <v>2</v>
       </c>
       <c r="V35" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="36" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B36" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C36" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D36" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E36" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F36" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H36">
+        <v>61</v>
+      </c>
+      <c r="G36" t="s">
+        <v>16</v>
+      </c>
+      <c r="J36">
         <v>2</v>
       </c>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M36">
         <v>1</v>
       </c>
       <c r="T36" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U36">
         <v>2</v>
       </c>
       <c r="V36" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="37" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B37" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C37" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D37" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E37" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F37" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H37">
+        <v>61</v>
+      </c>
+      <c r="G37" t="s">
+        <v>16</v>
+      </c>
+      <c r="J37">
         <v>2</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M37">
         <v>1</v>
       </c>
       <c r="T37" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U37">
         <v>2</v>
       </c>
       <c r="V37" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C38" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D38" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E38" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F38" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H38">
+        <v>61</v>
+      </c>
+      <c r="G38" t="s">
+        <v>16</v>
+      </c>
+      <c r="J38">
         <v>2</v>
       </c>
-      <c r="L38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M38">
         <v>1</v>
       </c>
       <c r="T38" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U38">
         <v>2</v>
       </c>
       <c r="V38" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B39" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C39" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D39" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E39" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F39" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H39">
+        <v>61</v>
+      </c>
+      <c r="G39" t="s">
+        <v>132</v>
+      </c>
+      <c r="J39">
         <v>-1</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M39">
         <v>1</v>
       </c>
       <c r="T39" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U39">
         <v>1</v>
       </c>
       <c r="V39" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C40" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D40" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E40" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F40" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H40">
+        <v>61</v>
+      </c>
+      <c r="G40" t="s">
+        <v>132</v>
+      </c>
+      <c r="J40">
         <v>-1</v>
       </c>
-      <c r="L40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M40">
         <v>1</v>
       </c>
       <c r="T40" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U40">
         <v>1</v>
       </c>
       <c r="V40" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A41" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B41" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C41" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D41" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E41" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F41" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H41">
+        <v>61</v>
+      </c>
+      <c r="G41" t="s">
+        <v>132</v>
+      </c>
+      <c r="J41">
         <v>-1</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M41">
         <v>1</v>
       </c>
       <c r="T41" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U41">
         <v>2</v>
       </c>
       <c r="V41" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A42" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B42" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C42" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D42" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E42" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F42" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H42">
+        <v>61</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="J42">
         <v>-5</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M42">
         <v>1</v>
       </c>
       <c r="T42" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U42">
         <v>4</v>
       </c>
       <c r="V42" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A43" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B43" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C43" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D43" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E43" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F43" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H43">
+        <v>61</v>
+      </c>
+      <c r="G43" t="s">
+        <v>8</v>
+      </c>
+      <c r="J43">
         <v>-3</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43">
         <v>1</v>
       </c>
       <c r="T43" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U43">
         <v>2</v>
       </c>
       <c r="V43" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A44" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B44" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C44" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D44" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E44" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F44" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>61</v>
+      </c>
+      <c r="G44" t="s">
+        <v>8</v>
+      </c>
+      <c r="J44">
+        <v>1</v>
       </c>
       <c r="M44">
         <v>1</v>
       </c>
       <c r="T44" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U44">
         <v>3</v>
       </c>
       <c r="V44" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A45" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B45" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C45" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D45" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E45" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F45" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>61</v>
+      </c>
+      <c r="G45" t="s">
+        <v>8</v>
+      </c>
+      <c r="J45">
+        <v>1</v>
       </c>
       <c r="M45">
         <v>1</v>
       </c>
       <c r="T45" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U45">
         <v>3</v>
       </c>
       <c r="V45" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B46" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C46" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D46" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E46" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F46" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>61</v>
+      </c>
+      <c r="G46" t="s">
+        <v>8</v>
+      </c>
+      <c r="J46">
+        <v>1</v>
       </c>
       <c r="M46">
         <v>1</v>
       </c>
       <c r="T46" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U46">
         <v>1</v>
       </c>
       <c r="V46" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A47" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B47" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C47" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D47" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E47" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F47" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H47">
+        <v>61</v>
+      </c>
+      <c r="G47" t="s">
+        <v>8</v>
+      </c>
+      <c r="J47">
         <v>2</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M47">
         <v>1</v>
       </c>
       <c r="T47" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U47">
         <v>3</v>
       </c>
       <c r="V47" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="48" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A48" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B48" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C48" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D48" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E48" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F48" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H48">
+        <v>61</v>
+      </c>
+      <c r="G48" t="s">
+        <v>133</v>
+      </c>
+      <c r="J48">
         <v>0</v>
       </c>
-      <c r="L48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M48">
         <v>1</v>
       </c>
       <c r="T48" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U48">
         <v>1</v>
       </c>
       <c r="V48" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A49" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B49" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C49" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D49" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F49" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H49">
+        <v>61</v>
+      </c>
+      <c r="G49" t="s">
+        <v>133</v>
+      </c>
+      <c r="J49">
         <v>-1</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M49">
         <v>1</v>
       </c>
       <c r="T49" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U49">
         <v>3</v>
       </c>
       <c r="V49" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B50" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C50" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D50" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E50" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F50" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H50">
+        <v>61</v>
+      </c>
+      <c r="G50" t="s">
+        <v>133</v>
+      </c>
+      <c r="J50">
         <v>2</v>
       </c>
-      <c r="L50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M50">
         <v>1</v>
       </c>
       <c r="T50" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U50">
         <v>4</v>
       </c>
       <c r="V50" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B51" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C51" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D51" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E51" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F51" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H51">
+        <v>61</v>
+      </c>
+      <c r="G51" t="s">
+        <v>133</v>
+      </c>
+      <c r="J51">
         <v>2</v>
       </c>
-      <c r="L51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M51">
         <v>1</v>
       </c>
       <c r="T51" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U51">
         <v>4</v>
       </c>
       <c r="V51" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="52" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B52" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C52" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D52" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E52" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F52" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H52">
+        <v>61</v>
+      </c>
+      <c r="G52" t="s">
+        <v>133</v>
+      </c>
+      <c r="J52">
         <v>2</v>
       </c>
-      <c r="L52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M52">
         <v>1</v>
       </c>
       <c r="T52" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U52">
         <v>1</v>
       </c>
       <c r="V52" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="53" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B53" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C53" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D53" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E53" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F53" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H53">
+        <v>61</v>
+      </c>
+      <c r="G53" t="s">
+        <v>133</v>
+      </c>
+      <c r="J53">
         <v>2</v>
       </c>
-      <c r="L53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M53">
         <v>1</v>
       </c>
       <c r="T53" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U53">
         <v>1</v>
       </c>
       <c r="V53" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B54" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C54" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D54" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E54" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F54" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H54">
+        <v>61</v>
+      </c>
+      <c r="G54" t="s">
+        <v>133</v>
+      </c>
+      <c r="J54">
         <v>2</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M54">
         <v>1</v>
       </c>
       <c r="T54" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U54">
         <v>3</v>
       </c>
       <c r="V54" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
     </row>
     <row r="55" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B55" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C55" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D55" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E55" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F55" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>61</v>
+      </c>
+      <c r="G55" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55">
+        <v>1</v>
       </c>
       <c r="M55">
         <v>1</v>
       </c>
       <c r="T55" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U55">
         <v>1</v>
       </c>
       <c r="V55" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="56" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A56" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="B56" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C56" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D56" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E56" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F56" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>61</v>
+      </c>
+      <c r="G56" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56">
+        <v>1</v>
       </c>
       <c r="M56">
         <v>1</v>
       </c>
       <c r="T56" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U56">
         <v>4</v>
       </c>
       <c r="V56" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
     </row>
     <row r="57" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A57" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B57" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C57" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D57" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E57" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F57" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>61</v>
+      </c>
+      <c r="G57" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57">
+        <v>1</v>
       </c>
       <c r="M57">
         <v>1</v>
       </c>
       <c r="T57" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U57">
         <v>2</v>
       </c>
       <c r="V57" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="58" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A58" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C58" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D58" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E58" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F58" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>61</v>
+      </c>
+      <c r="G58" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58">
+        <v>1</v>
       </c>
       <c r="M58">
         <v>1</v>
       </c>
       <c r="T58" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U58">
         <v>2</v>
       </c>
       <c r="V58" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="59" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C59" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D59" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E59" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F59" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H59">
+        <v>61</v>
+      </c>
+      <c r="G59" t="s">
+        <v>134</v>
+      </c>
+      <c r="J59">
         <v>3</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M59">
         <v>1</v>
       </c>
       <c r="T59" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U59">
         <v>3</v>
       </c>
       <c r="V59" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
     </row>
     <row r="60" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B60" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C60" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D60" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E60" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F60" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H60">
+        <v>61</v>
+      </c>
+      <c r="G60" t="s">
+        <v>134</v>
+      </c>
+      <c r="J60">
         <v>4</v>
       </c>
-      <c r="L60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M60">
         <v>1</v>
       </c>
       <c r="T60" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U60">
         <v>1</v>
       </c>
       <c r="V60" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
     </row>
     <row r="61" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B61" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C61" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D61" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E61" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F61" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H61">
+        <v>61</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="J61">
         <v>5</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M61">
         <v>1</v>
       </c>
       <c r="T61" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U61">
         <v>4</v>
       </c>
       <c r="V61" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="62" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B62" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C62" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D62" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E62" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F62" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H62">
+        <v>61</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="J62">
         <v>5</v>
       </c>
-      <c r="L62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M62">
         <v>1</v>
       </c>
       <c r="T62" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U62">
         <v>2</v>
       </c>
       <c r="V62" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="63" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B63" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C63" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D63" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E63" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F63" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H63">
+        <v>61</v>
+      </c>
+      <c r="G63" t="s">
+        <v>135</v>
+      </c>
+      <c r="J63">
         <v>6</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M63">
         <v>1</v>
       </c>
       <c r="T63" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U63">
         <v>3</v>
       </c>
       <c r="V63" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B64" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C64" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D64" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E64" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F64" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H64">
+        <v>61</v>
+      </c>
+      <c r="G64" t="s">
+        <v>135</v>
+      </c>
+      <c r="J64">
         <v>6</v>
       </c>
-      <c r="L64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M64">
         <v>1</v>
       </c>
       <c r="T64" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U64">
         <v>3</v>
       </c>
       <c r="V64" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
     </row>
     <row r="65" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B65" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C65" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D65" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E65" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F65" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H65">
+        <v>61</v>
+      </c>
+      <c r="G65" t="s">
+        <v>135</v>
+      </c>
+      <c r="J65">
         <v>7</v>
       </c>
-      <c r="L65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M65">
         <v>1</v>
       </c>
       <c r="T65" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U65">
         <v>2</v>
       </c>
       <c r="V65" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A66" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B66" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C66" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D66" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E66" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F66" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H66">
+        <v>61</v>
+      </c>
+      <c r="G66" t="s">
+        <v>135</v>
+      </c>
+      <c r="J66">
         <v>8</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M66">
         <v>1</v>
       </c>
       <c r="T66" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U66">
         <v>4</v>
       </c>
       <c r="V66" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A67" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B67" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C67" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D67" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E67" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F67" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H67">
+        <v>61</v>
+      </c>
+      <c r="G67" t="s">
+        <v>135</v>
+      </c>
+      <c r="J67">
         <v>9</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M67">
         <v>1</v>
       </c>
       <c r="T67" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="U67">
         <v>3</v>
       </c>
       <c r="V67" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4" xr:uid="{00000000-0009-0000-0000-000005000000}"/>
-  <phoneticPr fontId="22" type="noConversion"/>
-  <dataValidations count="11">
+  <phoneticPr fontId="21" type="noConversion"/>
+  <dataValidations count="12">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value from the provided drop-down (Monthly, Quarterly, Annually, One-Time, Other)." sqref="F319:F1048576" xr:uid="{6604E188-62C2-4EB5-9391-B1C2EE544794}">
       <formula1>"Weekly,Monthly,Quarterly,Annually,Other"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="G68:G1048576" xr:uid="{34B44F3B-2D39-46E0-A247-DD988F658C53}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please use a value from the provided list (Pre-Close, Close, Post-Close)." sqref="T6:T1048576" xr:uid="{06A22F5E-6014-495B-8CEF-7FA4DD6702CE}">
       <formula1>"Pre-Close,Close,Post-Close"</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="The duration estimate should be between 0 and 10,000 hours." sqref="U6:U1048576" xr:uid="{47CBCB90-C5F5-424B-ADBF-C77BE99AB159}">
       <formula1>0</formula1>
       <formula2>10000</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="H6:H1048576" xr:uid="{C684EE23-C1F6-4620-A0B6-D0263FF28980}">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="H6:H1048576 J6:J67" xr:uid="{C684EE23-C1F6-4620-A0B6-D0263FF28980}">
       <formula1>-30</formula1>
       <formula2>30</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value from the provided drop-down list (Audit Support, Close Activity, General, Implementation, Personal, Process Improvement, Project)." sqref="B6:B1048576" xr:uid="{01978D74-20A9-4415-9DF4-FB18AADE2C82}">
       <formula1>"Audit Support,Close Activity,General,Implementation,Personal,Process Improvement,Project"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="Please select a value provided in the drop-down list for this field (Low, Medium, High)." sqref="C6:D1048576" xr:uid="{E1410A0D-94F1-4B0B-9731-977272E7B1AB}">
       <formula1>"Low,Medium,High"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="J6:J1048576" xr:uid="{814BFBF0-0765-4FE2-8839-0E14EE7A3A34}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Number" error="Please input a whole number between -30 and 30. Any other numbers are out of range for a monthly task, and decimals don't apply here." sqref="J68:J1048576" xr:uid="{814BFBF0-0765-4FE2-8839-0E14EE7A3A34}">
       <formula1>"Ignore Holidays,Next Available Work Day,Previous Available Work Day"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Sunday,Monday,Tuesday,Wednesday,Thursday,Friday,Saturday"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q6:Q1048576" xr:uid="{7F27B7EE-E453-4049-B0EF-6F3F01812445}">
       <formula1>"0,1,2,3,4,5,6"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F6:F318" xr:uid="{A801164F-67EB-4ABE-98C6-983CF9F48968}">
       <formula1>"Weekly, Monthly, Quarterly, Annually, Other"</formula1>
     </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6:K1048576" xr:uid="{C4D5E6EE-76CC-417F-AF7D-5130B883EEF8}">
+      <formula1>"Sunday, Monday, Tuesday, Wednesday, Thursday, Friday, Saturday"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L6:L1048576" xr:uid="{108B82A8-3B95-4464-A0B6-7A7AD6B5ED3F}">
+      <formula1>"Ignore Holidays, Next Available Work Day, Previous Available Work Day"</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
-[...5 lines deleted...]
-        </x14:dataValidation>
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Entry" error="The only values accepted here are values included in your Task Classification excel tab. If you want to add this value as a task classification, add it to that list!" xr:uid="{7943F717-A8B8-4B55-9935-98A1C3704667}">
           <x14:formula1>
-            <xm:f>'Task Classification List'!$A$2:$A$35</xm:f>
+            <xm:f>'Task Classification List'!$A$4:$A$37</xm:f>
           </x14:formula1>
-          <xm:sqref>L6:L118</xm:sqref>
+          <xm:sqref>G6:G67</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5239,107 +5318,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74BEA52F-6527-4D55-AB7C-B4DC411306B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD24910-B80E-410F-B33F-420E802A010B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{545861B6-CC9D-4B1B-ABB8-72C1698DE67C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD24910-B80E-410F-B33F-420E802A010B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70DBED02-CC91-4F63-B5DA-44F374F02D73}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Non-Working Days Template</vt:lpstr>
       <vt:lpstr>Task Classification List</vt:lpstr>
       <vt:lpstr>Task Upload Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>