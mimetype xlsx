--- v0 (2025-10-18)
+++ v1 (2026-03-21)
@@ -1,347 +1,327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28822"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D91B6A1A-5DC0-4A49-889C-9132F0B84C20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="30" documentId="8_{D91B6A1A-5DC0-4A49-889C-9132F0B84C20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1C28AD2A-F2B5-41CA-8E79-0E81D815C0A6}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" xr2:uid="{50DECBD1-E53A-4651-AF17-CE5584FA3A14}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{50DECBD1-E53A-4651-AF17-CE5584FA3A14}"/>
   </bookViews>
   <sheets>
     <sheet name="NetClose Accrual Modification" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="10">
   <si>
     <t>Primary Information</t>
   </si>
   <si>
-    <t>Accrual Information</t>
-[...1 lines deleted...]
-  <si>
     <t>Accrual Modification Name</t>
   </si>
   <si>
     <t>Name of Accrual to be Modified</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>JE Memo</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>New Accrual Total Amount</t>
   </si>
   <si>
-    <t>required</t>
+    <t>Reconciliation Rules</t>
   </si>
   <si>
-    <t>optional</t>
+    <t>Required</t>
+  </si>
+  <si>
+    <t>Optional</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...50 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="6" tint="0.79998168889431442"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
-        <color theme="6" tint="0.79998168889431442"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -403,51 +383,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -545,154 +525,201 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02D659C2-3F8D-4B41-A36E-B6FABDBE084D}">
-  <dimension ref="A1:F3"/>
+  <dimension ref="A1:AG5"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="21.28515625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="21.26953125" customWidth="1"/>
+    <col min="2" max="2" width="21.7265625" customWidth="1"/>
+    <col min="3" max="4" width="14.7265625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.7265625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:33" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8"/>
-      <c r="C1" s="9" t="s">
+      <c r="B1" s="2"/>
+      <c r="C1" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+    </row>
+    <row r="2" spans="1:33" s="1" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="10"/>
-[...1 lines deleted...]
-      <c r="F1" s="11"/>
+      <c r="B2" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>6</v>
+      </c>
     </row>
-    <row r="2" spans="1:6" s="3" customFormat="1" ht="43.5" customHeight="1">
-[...16 lines deleted...]
-        <v>7</v>
+    <row r="3" spans="1:33" s="5" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A3" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>9</v>
       </c>
     </row>
-    <row r="3" spans="1:6" s="6" customFormat="1">
-[...17 lines deleted...]
-      </c>
+    <row r="4" spans="1:33" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="10"/>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+      <c r="H4" s="10"/>
+      <c r="I4" s="10"/>
+      <c r="J4" s="10"/>
+      <c r="K4" s="10"/>
+      <c r="L4" s="10"/>
+      <c r="M4" s="10"/>
+      <c r="N4" s="10"/>
+      <c r="O4" s="10"/>
+      <c r="P4" s="10"/>
+      <c r="Q4" s="10"/>
+      <c r="R4" s="10"/>
+      <c r="S4" s="10"/>
+      <c r="T4" s="10"/>
+      <c r="U4" s="10"/>
+      <c r="V4" s="10"/>
+      <c r="W4" s="10"/>
+      <c r="X4" s="10"/>
+      <c r="Y4" s="10"/>
+      <c r="Z4" s="10"/>
+      <c r="AA4" s="10"/>
+      <c r="AB4" s="10"/>
+      <c r="AC4" s="10"/>
+      <c r="AD4" s="10"/>
+      <c r="AE4" s="10"/>
+      <c r="AF4" s="10"/>
+      <c r="AG4" s="10"/>
     </row>
+    <row r="5" spans="1:33" ht="15.5" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -889,88 +916,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54472041-BDF5-48CF-8894-32044689AE50}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A914D85-414A-4CEE-8AB6-0175708DEA8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
+    <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A914D85-414A-4CEE-8AB6-0175708DEA8B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F570FD63-59C3-4F91-BBB2-1F2065EDD14B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C030FA2-315B-46C8-9D9E-F950467F8996}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C030FA2-315B-46C8-9D9E-F950467F8996}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>NetClose Accrual Modification</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Bekah Jacot</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006CFA57B52757DC4C8FDB920A9E56944D</vt:lpwstr>
   </property>