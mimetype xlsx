--- v0 (2025-10-08)
+++ v1 (2026-01-21)
@@ -6,101 +6,101 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetCash Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetCash/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="104" documentId="13_ncr:1_{9684DF60-2537-4A69-BF11-5D4650F3ABC0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E49B043A-D199-427D-9C3E-22616B2087BE}"/>
+  <xr:revisionPtr revIDLastSave="162" documentId="13_ncr:1_{9684DF60-2537-4A69-BF11-5D4650F3ABC0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B0DB977F-0155-4DD8-92CD-3C74947B76C3}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2D9A9905-386D-49B7-8DE4-0B8726A03BCA}"/>
+    <workbookView xWindow="-28920" yWindow="-5175" windowWidth="29040" windowHeight="15720" xr2:uid="{2D9A9905-386D-49B7-8DE4-0B8726A03BCA}"/>
   </bookViews>
   <sheets>
     <sheet name="NetCash Users" sheetId="4" r:id="rId1"/>
     <sheet name="Granular Permissions" sheetId="1" r:id="rId2"/>
     <sheet name="Example Roles" sheetId="3" r:id="rId3"/>
     <sheet name="Permission Sets" sheetId="5" state="hidden" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E5" i="3" l="1"/>
-[...1 lines deleted...]
-  <c r="D5" i="3"/>
+  <c r="D5" i="3" l="1"/>
+  <c r="E5" i="3"/>
+  <c r="C5" i="3"/>
   <c r="F5" i="1"/>
   <c r="G5" i="1"/>
   <c r="H5" i="1"/>
   <c r="E5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="79">
   <si>
     <t>NetCash Users</t>
   </si>
   <si>
     <t>Employee Name as listed in NetSuite</t>
   </si>
   <si>
     <t>Access Level</t>
   </si>
   <si>
     <t>NetCash Permissions</t>
   </si>
   <si>
     <t>Attribute</t>
   </si>
   <si>
     <t>Completed Example</t>
   </si>
   <si>
     <t>Role 1</t>
   </si>
   <si>
     <t>Role 2</t>
   </si>
   <si>
@@ -122,82 +122,76 @@
     <t>Permission Sublist</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Access</t>
   </si>
   <si>
     <t>Custom Records</t>
   </si>
   <si>
     <t>NetCash Bank Account</t>
   </si>
   <si>
     <t>Access to custom bank account record that ties into bank institutions. Required on setup, likely only for administrator type activities.</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>Permission Level Descriptions</t>
-  </si>
-[...1 lines deleted...]
-    <t>NetCash Bank Automation Rule</t>
   </si>
   <si>
     <t>Access to bank automation rules. Required on setup.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>None</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - User has no levels of permission</t>
     </r>
   </si>
   <si>
-    <t>NetCash Bank Automation Rule Group</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Access to bank automation rule groups. Required on setup. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>View</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - User can view data but cannot change it</t>
     </r>
   </si>
   <si>
     <t>NetCash Bank Institution</t>
@@ -205,218 +199,152 @@
   <si>
     <t xml:space="preserve">Access to bank connect and bank insitution record. Required on setup. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Create</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - User can view and create records and transactions but cannot edit them</t>
     </r>
   </si>
   <si>
-    <t>NetCash Bank Match Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Access to see the underlying native bank matching group not available through UI. Acess not necesssary.</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Edit</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - User can view, create, and edit records and transactions</t>
     </r>
   </si>
   <si>
-    <t>NetCash Bank Match Item</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Access to review bank to transaction matches. Access allows reviewing of automatched transactions requiring approval, manual transactions, and approved transactions. Required for ongoing bank reconcilations.  </t>
   </si>
   <si>
     <t>Edit</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Full</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - User can view, create, edit, and delete records and transactions</t>
     </r>
   </si>
   <si>
-    <t>NetCash Bank Matching Criteria</t>
-[...1 lines deleted...]
-  <si>
     <t>Access to see the underlying native bank matching criteria not available through UI. Acess not necesssary.</t>
   </si>
   <si>
     <t>NetCash Bank Transaction</t>
   </si>
   <si>
     <t xml:space="preserve">Access to see bank transaction records. Required for ongoing bank reconcilations.  </t>
   </si>
   <si>
     <t>NetCash Comment</t>
   </si>
   <si>
     <t xml:space="preserve">Access to NetCash comments. Required for ongoing bank reconciliations. </t>
   </si>
   <si>
     <t>NetCash Global Settings</t>
   </si>
   <si>
     <t>Access to update the NetCash global settings.Required on setup, likely only for administrator type activities.</t>
   </si>
   <si>
     <t>NetCash Reconciliation</t>
   </si>
   <si>
     <t>Acess to the NetCash Reconciliation page.  Required for availability of reporting.</t>
   </si>
   <si>
-    <t>NetCash Rule Filter</t>
-[...1 lines deleted...]
-  <si>
     <t>Access to see the underlying native rule filters not available through UI. Acess not necesssary.</t>
   </si>
   <si>
-    <t>NetCash Rule Transaction Template</t>
-[...1 lines deleted...]
-  <si>
     <t>Access to see the underlying native rule transaction template not available through UI. Acess not necesssary.</t>
   </si>
   <si>
-    <t>NetCash Rule Transaction Template Line</t>
-[...1 lines deleted...]
-  <si>
     <t>Access to see the underlying native rule transaction template line not available through UI. Acess not necesssary.</t>
   </si>
   <si>
-    <t>NetClose Permissions</t>
-[...1 lines deleted...]
-  <si>
     <t>NetCash Staff Accountant</t>
   </si>
   <si>
     <t>NetCash Manager</t>
   </si>
   <si>
     <t>NetCash Administrator</t>
   </si>
   <si>
-    <t>Access to account grouping mappings. Required on setup, may need to be modified if G/L accounts are changed or new account groupings are introduced. </t>
-[...1 lines deleted...]
-  <si>
     <t>Full</t>
   </si>
   <si>
-    <t>NetCash Bank Automation</t>
-[...40 lines deleted...]
-  <si>
     <t>NetClose Roles - Permission Sets</t>
   </si>
   <si>
     <t>NetSuite Role</t>
   </si>
   <si>
     <t>Modules Used</t>
   </si>
   <si>
     <t>User Permission Level</t>
   </si>
   <si>
     <t>Modules</t>
   </si>
   <si>
     <t>Permission Levels</t>
   </si>
   <si>
     <t>Tasks</t>
   </si>
   <si>
     <t>View Only</t>
   </si>
   <si>
     <t>Reconciliations</t>
@@ -431,50 +359,74 @@
     <t>User</t>
   </si>
   <si>
     <t>Accruals</t>
   </si>
   <si>
     <t>Admin User</t>
   </si>
   <si>
     <t>Flux Analysis</t>
   </si>
   <si>
     <t>Controller / Manager</t>
   </si>
   <si>
     <t>NetCash Import</t>
   </si>
   <si>
     <t>NetCash Import Template</t>
   </si>
   <si>
     <t>Access to NetCash Bank activity import templates.</t>
   </si>
   <si>
     <t>Access to the NetCash Bank Activity import page to import bank transactions for manual uploads.</t>
+  </si>
+  <si>
+    <t>NetCash Match Group</t>
+  </si>
+  <si>
+    <t>NetCash Match Item</t>
+  </si>
+  <si>
+    <t>NetCash Matching Criteria</t>
+  </si>
+  <si>
+    <t>NetCash Transaction Template</t>
+  </si>
+  <si>
+    <t>NetCash Automation Rule</t>
+  </si>
+  <si>
+    <t>NetCash Automation Rule Group</t>
+  </si>
+  <si>
+    <t>NetCash Automation Rule Filter</t>
+  </si>
+  <si>
+    <t>NetCash Transaction Template Line</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF1A1A1B"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Univers"/>
@@ -534,66 +486,60 @@
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
@@ -859,157 +805,148 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -1300,990 +1237,983 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5B7F7D05-30F5-447D-9A50-8B91E746E4AD}">
   <dimension ref="A1:B14"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="39.453125" style="5" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.54296875" style="5"/>
+    <col min="1" max="1" width="39.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="55.28515625" style="5" customWidth="1"/>
+    <col min="3" max="16384" width="8.5703125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:2" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A2" s="32" t="s">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="32" t="s">
+      <c r="B2" s="31" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="B14" s="26"/>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" s="25"/>
+      <c r="B3" s="25"/>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="25"/>
+      <c r="B5" s="25"/>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="25"/>
+      <c r="B6" s="25"/>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="25"/>
+      <c r="B7" s="25"/>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="25"/>
+      <c r="B8" s="25"/>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="25"/>
+      <c r="B9" s="25"/>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="25"/>
+      <c r="B10" s="25"/>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="25"/>
+      <c r="B11" s="25"/>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="25"/>
+      <c r="B12" s="25"/>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="25"/>
+      <c r="B13" s="25"/>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="25"/>
+      <c r="B14" s="25"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3:B1048576" xr:uid="{2437CBE5-59D5-46BA-BC28-1642977A737F}">
       <formula1>"Full"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4104CE63-119A-4E6A-8008-B64C82BEFF7C}">
   <dimension ref="A1:K21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+      <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.453125" style="5" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="12" max="16384" width="8.54296875" style="5"/>
+    <col min="1" max="1" width="13.42578125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="29.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="31.7109375" style="5" customWidth="1"/>
+    <col min="4" max="4" width="18.42578125" style="5" customWidth="1"/>
+    <col min="5" max="8" width="20.42578125" style="5" customWidth="1"/>
+    <col min="9" max="10" width="8.5703125" style="5"/>
+    <col min="11" max="11" width="69.42578125" style="5" customWidth="1"/>
+    <col min="12" max="16384" width="8.5703125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:11" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="52" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="K2" s="35" t="s">
+      <c r="K2" s="34" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="8" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="10"/>
     </row>
-    <row r="4" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="11"/>
       <c r="B4" s="11"/>
       <c r="C4" s="11"/>
       <c r="D4" s="11"/>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
       <c r="G4" s="11"/>
       <c r="H4" s="11"/>
     </row>
-    <row r="5" spans="1:11" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:11" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="20" t="s">
+      <c r="B5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="21" t="s">
+      <c r="C5" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="22" t="s">
+      <c r="D5" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="19" t="str">
+      <c r="E5" s="18" t="str">
         <f>IF(E3="",E2,E3)</f>
         <v>Role 1</v>
       </c>
-      <c r="F5" s="19" t="str">
+      <c r="F5" s="18" t="str">
         <f t="shared" ref="F5:H5" si="0">IF(F3="",F2,F3)</f>
         <v>Role 2</v>
       </c>
-      <c r="G5" s="19" t="str">
+      <c r="G5" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Role 3</v>
       </c>
-      <c r="H5" s="23" t="str">
+      <c r="H5" s="22" t="str">
         <f t="shared" si="0"/>
         <v>Role 4</v>
       </c>
     </row>
-    <row r="6" spans="1:11" ht="46" x14ac:dyDescent="0.35">
-      <c r="A6" s="37" t="s">
+    <row r="6" spans="1:11" ht="48" x14ac:dyDescent="0.25">
+      <c r="A6" s="36" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="36" t="s">
+      <c r="C6" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="24" t="s">
+      <c r="D6" s="23" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="13"/>
-      <c r="K6" s="33" t="s">
+      <c r="K6" s="32" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="23" x14ac:dyDescent="0.35">
-      <c r="A7" s="38"/>
+    <row r="7" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A7" s="37"/>
       <c r="B7" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" s="35" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="24" t="s">
+      <c r="D7" s="23" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="13"/>
-      <c r="K7" s="34" t="s">
+      <c r="K7" s="33" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A8" s="37"/>
+      <c r="B8" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" s="35" t="s">
         <v>24</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="D8" s="24" t="s">
+      <c r="D8" s="23" t="s">
         <v>20</v>
       </c>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="13"/>
-      <c r="K8" s="34" t="s">
+      <c r="K8" s="33" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A9" s="37"/>
+      <c r="B9" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="35" t="s">
         <v>27</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="D9" s="24" t="s">
+      <c r="D9" s="23" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="13"/>
-      <c r="K9" s="34" t="s">
+      <c r="K9" s="33" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="36" x14ac:dyDescent="0.25">
+      <c r="A10" s="37"/>
+      <c r="B10" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="23" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="13"/>
-      <c r="K10" s="34" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="38"/>
+      <c r="K10" s="33" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="72" x14ac:dyDescent="0.25">
+      <c r="A11" s="37"/>
       <c r="B11" s="17" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>72</v>
+      </c>
+      <c r="C11" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="23" t="s">
+        <v>33</v>
       </c>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="13"/>
-      <c r="K11" s="34" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="38"/>
+      <c r="K11" s="33" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="36" x14ac:dyDescent="0.25">
+      <c r="A12" s="37"/>
       <c r="B12" s="17" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>73</v>
+      </c>
+      <c r="C12" s="35" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="23" t="s">
+        <v>30</v>
       </c>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="13"/>
     </row>
-    <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="38"/>
+    <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="37"/>
       <c r="B13" s="17" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="D13" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" s="23" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="13"/>
     </row>
-    <row r="14" spans="1:11" ht="23" x14ac:dyDescent="0.35">
-      <c r="A14" s="38"/>
+    <row r="14" spans="1:11" ht="36" x14ac:dyDescent="0.25">
+      <c r="A14" s="37"/>
       <c r="B14" s="17" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="C14" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" s="23" t="s">
+        <v>33</v>
       </c>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="13"/>
     </row>
-    <row r="15" spans="1:11" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="38"/>
+    <row r="15" spans="1:11" ht="36" x14ac:dyDescent="0.25">
+      <c r="A15" s="37"/>
       <c r="B15" s="17" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      <c r="D15" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="23" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="13"/>
     </row>
-    <row r="16" spans="1:11" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="A16" s="38"/>
+    <row r="16" spans="1:11" ht="36" x14ac:dyDescent="0.25">
+      <c r="A16" s="37"/>
       <c r="B16" s="17" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>42</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" s="23" t="s">
+        <v>33</v>
       </c>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="13"/>
     </row>
-    <row r="17" spans="1:8" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="A17" s="38"/>
+    <row r="17" spans="1:8" ht="36" x14ac:dyDescent="0.25">
+      <c r="A17" s="37"/>
       <c r="B17" s="17" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>77</v>
+      </c>
+      <c r="C17" s="35" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="23" t="s">
+        <v>30</v>
       </c>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="13"/>
     </row>
-    <row r="18" spans="1:8" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="38"/>
+    <row r="18" spans="1:8" ht="36" x14ac:dyDescent="0.25">
+      <c r="A18" s="37"/>
       <c r="B18" s="17" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>74</v>
+      </c>
+      <c r="C18" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" s="23" t="s">
+        <v>30</v>
       </c>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="13"/>
     </row>
-    <row r="19" spans="1:8" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="38"/>
+    <row r="19" spans="1:8" ht="48" x14ac:dyDescent="0.25">
+      <c r="A19" s="37"/>
       <c r="B19" s="17" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>78</v>
+      </c>
+      <c r="C19" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" s="23" t="s">
+        <v>30</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="13"/>
     </row>
-    <row r="20" spans="1:8" ht="34.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:8" ht="36" x14ac:dyDescent="0.25">
+      <c r="A20" s="37"/>
       <c r="B20" s="17" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>67</v>
+      </c>
+      <c r="C20" s="35" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" s="23" t="s">
+        <v>50</v>
       </c>
       <c r="E20" s="12"/>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="13"/>
     </row>
-    <row r="21" spans="1:8" ht="23" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:8" ht="24" x14ac:dyDescent="0.25">
+      <c r="A21" s="37"/>
       <c r="B21" s="17" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>68</v>
+      </c>
+      <c r="C21" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" s="23" t="s">
+        <v>50</v>
       </c>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
       <c r="G21" s="12"/>
       <c r="H21" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A6:A19"/>
+    <mergeCell ref="A6:A21"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D6:H21" xr:uid="{7C2AB67C-B09A-48B3-8636-2669412709FC}">
       <formula1>"View, Edit, Full, None, Create"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B7EFB97-B276-4692-B1CA-4749AD3B0D93}">
-  <dimension ref="A1:F19"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:E21"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+    <sheetView showGridLines="0" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.453125" style="5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="8.54296875" style="5"/>
+    <col min="1" max="1" width="13.42578125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="29.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="20.42578125" style="5" customWidth="1"/>
+    <col min="6" max="16384" width="8.5703125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:5" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="2"/>
+      <c r="C2" s="15" t="s">
+        <v>6</v>
+      </c>
       <c r="D2" s="15" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E2" s="15" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="F2" s="15" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="24.5" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="17" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="7"/>
-      <c r="C3" s="7"/>
+      <c r="C3" s="9" t="s">
+        <v>47</v>
+      </c>
       <c r="D3" s="9" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="E3" s="9" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="11"/>
       <c r="B4" s="11"/>
       <c r="C4" s="11"/>
       <c r="D4" s="11"/>
       <c r="E4" s="11"/>
-      <c r="F4" s="11"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:6" customFormat="1" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
+    </row>
+    <row r="5" spans="1:5" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="20" t="s">
+      <c r="B5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="21" t="s">
-[...3 lines deleted...]
-        <f>IF(D3="",D2,D3)</f>
+      <c r="C5" s="18" t="str">
+        <f>IF(C3="",C2,C3)</f>
         <v>NetCash Staff Accountant</v>
       </c>
-      <c r="E5" s="19" t="str">
-        <f t="shared" ref="E5:F5" si="0">IF(E3="",E2,E3)</f>
+      <c r="D5" s="18" t="str">
+        <f t="shared" ref="D5:E5" si="0">IF(D3="",D2,D3)</f>
         <v>NetCash Manager</v>
       </c>
-      <c r="F5" s="23" t="str">
+      <c r="E5" s="22" t="str">
         <f t="shared" si="0"/>
         <v>NetCash Administrator</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="39" t="s">
+    <row r="6" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="38" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="18" t="s">
-        <v>59</v>
+      <c r="C6" s="12" t="s">
+        <v>20</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="12" t="s">
+      <c r="E6" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="38"/>
+      <c r="B7" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="F6" s="13" t="s">
-[...11 lines deleted...]
-      <c r="D7" s="25" t="s">
+      <c r="D7" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="38"/>
+      <c r="B8" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="E7" s="25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="D8" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="12" t="s">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="E9" s="12" t="s">
+      <c r="E9" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="38"/>
+      <c r="B10" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="38"/>
+      <c r="B11" s="17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="38"/>
+      <c r="B12" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="38"/>
+      <c r="B13" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="12" t="s">
         <v>20</v>
-      </c>
-[...64 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D13" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="E13" s="12" t="s">
+      <c r="E13" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="38"/>
+      <c r="B14" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="38"/>
+      <c r="B15" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="12" t="s">
         <v>20</v>
-      </c>
-[...28 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D15" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="E15" s="12" t="s">
+      <c r="E15" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="38"/>
+      <c r="B16" s="17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="38"/>
+      <c r="B17" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="38"/>
+      <c r="B18" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A19" s="38"/>
+      <c r="B19" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="38"/>
+      <c r="B20" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C20" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="F15" s="13" t="s">
-[...72 lines deleted...]
-        <v>60</v>
+      <c r="D20" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="38"/>
+      <c r="B21" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A6:A19"/>
+    <mergeCell ref="A6:A21"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D6:F19" xr:uid="{D350E128-90D0-4EC7-BDBF-153D87E9130E}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C6:E21" xr:uid="{D350E128-90D0-4EC7-BDBF-153D87E9130E}">
       <formula1>"View, Edit, Full, None, Create"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A52B22D9-0822-4878-81CD-C5136E5B11F7}">
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.81640625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="25.453125" customWidth="1"/>
+    <col min="1" max="1" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="19.7109375" customWidth="1"/>
+    <col min="6" max="6" width="25.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="5" customFormat="1" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:6" s="5" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>75</v>
-[...56 lines deleted...]
-        <v>90</v>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" s="30" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" s="30" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E3" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" s="26" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E4" s="27" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" s="27" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E5" s="27" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" s="27" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E6" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" s="27" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E7" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" s="28" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2480,101 +2410,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91B66D68-8A4A-4328-A3E1-4DF825FB38BD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87E0EC89-FA77-4736-A39D-17CB18771AD3}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0AD94C2-56AA-41F8-BE0C-F80EAE8A2278}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5825BB36-824E-49F9-B7A8-398A411ED734}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>NetCash Users</vt:lpstr>
       <vt:lpstr>Granular Permissions</vt:lpstr>
       <vt:lpstr>Example Roles</vt:lpstr>
       <vt:lpstr>Permission Sets</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>