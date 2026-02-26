--- v0 (2025-11-19)
+++ v1 (2026-02-26)
@@ -1,67 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="271" documentId="8_{A5D63FE6-28C2-427D-A4B0-A50DA9C7140C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1B6425E-FCDD-4C0A-847F-9D2512484A40}"/>
+  <xr:revisionPtr revIDLastSave="53" documentId="8_{ED58AA3B-DCC8-4924-A06F-50325CCB99DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4CDFC149-36E5-4EBF-B26F-A24B3A3D1A5E}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5175" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Account Grouping Template" sheetId="5" r:id="rId1"/>
     <sheet name="GL Account Mapping" sheetId="6" r:id="rId2"/>
     <sheet name="lists" sheetId="8" state="hidden" r:id="rId3"/>
     <sheet name="Child Account Groupings" sheetId="7" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -79,210 +78,122 @@
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>cparks:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Should include ALL GL accounts, even if some accounts are non-reconciling. In that case, please map those accounts to a Non-Reconciling grouping or Unreconciled Accounts grouping. </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
-<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="117">
   <si>
     <t>Account Grouping Basic Configuration | Support Site</t>
   </si>
   <si>
     <t>Primary Information</t>
   </si>
   <si>
     <t>General Auto-Reconciliation Rules</t>
   </si>
   <si>
     <t>Saved Search Auto-Reconciliation</t>
   </si>
   <si>
     <t>Auto-Reconciliation Thresholds</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
-    <t>Account Owner Name</t>
-[...10 lines deleted...]
-  <si>
     <t>Risk Level</t>
   </si>
   <si>
     <t>Natural Balance</t>
   </si>
   <si>
-    <t>Relative Due Date</t>
-[...1 lines deleted...]
-  <si>
     <t>Absolute Due Date</t>
   </si>
   <si>
-    <t>Segregate Recons by Subsidiary</t>
-[...10 lines deleted...]
-  <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
-    <t>Reconciliation Method</t>
-[...4 lines deleted...]
-  <si>
     <t>Do Not Generate Ever</t>
   </si>
   <si>
     <t>Always Auto-Reconcile</t>
   </si>
   <si>
     <t>GL Balance Has Not Changed and No Activity</t>
   </si>
   <si>
     <t>Balances Zero and No Activity in Period</t>
   </si>
   <si>
-    <t>Do not generate recon with no balance and no activity in period</t>
-[...1 lines deleted...]
-  <si>
     <t>Reconciliation Items Match</t>
   </si>
   <si>
     <t>Maximum Months Before Manual Review</t>
   </si>
   <si>
     <t>Subledger Within NetSuite; Agrees to Search</t>
   </si>
   <si>
     <t>Search</t>
   </si>
   <si>
     <t>Search Column Label</t>
   </si>
   <si>
     <t>Search Date Field Internal ID</t>
   </si>
   <si>
-    <t>Rule Group Account Balance Less than Threshold</t>
-[...13 lines deleted...]
-  <si>
     <t>Required</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
-    <t>Required if using an Approver</t>
-[...1 lines deleted...]
-  <si>
     <t>Required if Subledger within NetSuite is checked</t>
   </si>
   <si>
     <t>Text</t>
   </si>
   <si>
     <t>Employee Name</t>
   </si>
   <si>
     <t>NetSuite Internal ID</t>
   </si>
   <si>
     <t>Low, Medium, High</t>
   </si>
   <si>
     <t>Debit / Credit</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Yes / No</t>
   </si>
   <si>
     <t>Choose from Segment List</t>
@@ -380,92 +291,74 @@
   <si>
     <t>Ending Balance</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
     <t>For more information on the use case for Child Groupings, see the article linked at right:</t>
   </si>
   <si>
     <t>Account Grouping Subsidiary Configuration | Support Site (netgain.tech)</t>
   </si>
   <si>
     <t>Child Group Information</t>
   </si>
   <si>
-    <t>Parent Group Name</t>
-[...10 lines deleted...]
-  <si>
     <t>1 | 3</t>
   </si>
   <si>
     <t>Accounts Payable - Trade - US/UK</t>
   </si>
   <si>
     <t>Jane Smith</t>
   </si>
   <si>
-    <t>Override Assignee</t>
-[...1 lines deleted...]
-  <si>
     <t>Override Reviewer</t>
   </si>
   <si>
     <t>NetClose Full User</t>
   </si>
   <si>
     <t>Close Timing (Business Days)</t>
   </si>
   <si>
     <t>Inactive</t>
   </si>
   <si>
     <t>Reconciliation Rules</t>
   </si>
   <si>
-    <t>Do not generate when no balanace and no activity</t>
-[...1 lines deleted...]
-  <si>
     <t>System Setup</t>
   </si>
   <si>
     <t>Cash &amp; Cash Equivalents</t>
   </si>
   <si>
     <t>Accounts Receivables</t>
   </si>
   <si>
     <t>Other Assets</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Income</t>
   </si>
   <si>
     <t>Cost of Goods Sold</t>
   </si>
   <si>
     <t>Other Income</t>
   </si>
   <si>
     <t>Other Expenses</t>
@@ -474,57 +367,120 @@
     <t>Other Current Assets</t>
   </si>
   <si>
     <t>Fixed Assets</t>
   </si>
   <si>
     <t>Credit Cards</t>
   </si>
   <si>
     <t>Long Term Liabilities</t>
   </si>
   <si>
     <t>Deferred Expenses</t>
   </si>
   <si>
     <t>Other Current Liabilities</t>
   </si>
   <si>
     <t>Expenses</t>
   </si>
   <si>
     <t>For more information on setting up Account Groupings, please see the following article:</t>
   </si>
   <si>
     <t>Non-Reconciled Accounts</t>
+  </si>
+  <si>
+    <t>Debit/Credit</t>
+  </si>
+  <si>
+    <t>Segregate By Segment</t>
+  </si>
+  <si>
+    <t>Segregate by Account</t>
+  </si>
+  <si>
+    <t>Segregate by Subsidiary</t>
+  </si>
+  <si>
+    <t>Do Not Generate When No Balance and No Activity</t>
+  </si>
+  <si>
+    <t>Rule Group Balance Less than Threshold</t>
+  </si>
+  <si>
+    <t>Rule Group Total Activity Less than Threshold</t>
+  </si>
+  <si>
+    <t>Total Activity Threshold</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rule Group Balance and Total Activity Less than Threshold </t>
+  </si>
+  <si>
+    <t>Rule Group Balance and Total Activity Less than Threshold</t>
+  </si>
+  <si>
+    <t>Parent Rule</t>
+  </si>
+  <si>
+    <t>Segment</t>
+  </si>
+  <si>
+    <t>Applied to Subsidiary(s)</t>
+  </si>
+  <si>
+    <t>Account Balance Threshold</t>
+  </si>
+  <si>
+    <t>Preparer Name</t>
+  </si>
+  <si>
+    <t>Preparer Internal ID</t>
+  </si>
+  <si>
+    <t>Reviewer Name</t>
+  </si>
+  <si>
+    <t>Reviewer Internal ID</t>
+  </si>
+  <si>
+    <t>Required if using a Preparer</t>
+  </si>
+  <si>
+    <t>Required if using a Reviewer</t>
+  </si>
+  <si>
+    <t>Override Preparer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -655,50 +611,58 @@
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="48">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1098,51 +1062,51 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="37" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="40" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="38" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="42" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -1153,60 +1117,66 @@
     <xf numFmtId="0" fontId="16" fillId="45" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="43" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="43" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="43"/>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="47" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="36" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="39" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="41" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="44" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
@@ -1539,1497 +1509,2372 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/625735/account-grouping-basic-configuration" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/791469/account-grouping-subsidiary-configuration" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/791469/account-grouping-subsidiary-configuration" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:AG24"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="D1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="L8" sqref="L8"/>
+    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="A7" sqref="A7:XFD7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="49.453125" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="29" max="33" width="23.1796875" customWidth="1"/>
+    <col min="1" max="1" width="49.42578125" customWidth="1"/>
+    <col min="2" max="2" width="14.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="29.5703125" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" customWidth="1"/>
+    <col min="7" max="7" width="19.5703125" customWidth="1"/>
+    <col min="8" max="9" width="18.140625" customWidth="1"/>
+    <col min="10" max="10" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="11.140625" customWidth="1"/>
+    <col min="13" max="13" width="14.85546875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="9.140625"/>
+    <col min="15" max="18" width="23.85546875" customWidth="1"/>
+    <col min="19" max="19" width="17.42578125" customWidth="1"/>
+    <col min="20" max="20" width="19.28515625" customWidth="1"/>
+    <col min="21" max="22" width="18.7109375" customWidth="1"/>
+    <col min="23" max="23" width="18.140625" customWidth="1"/>
+    <col min="24" max="24" width="16.85546875" customWidth="1"/>
+    <col min="25" max="25" width="18.5703125" customWidth="1"/>
+    <col min="26" max="26" width="43.7109375" customWidth="1"/>
+    <col min="27" max="28" width="34.5703125" bestFit="1" customWidth="1"/>
+    <col min="29" max="33" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" s="12" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:33" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:33" x14ac:dyDescent="0.35">
-      <c r="A2" s="22" t="s">
+    <row r="2" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A2" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="22"/>
-[...12 lines deleted...]
-      <c r="O2" s="23" t="s">
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
+      <c r="K2" s="27"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="27"/>
+      <c r="O2" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="P2" s="23"/>
-[...8 lines deleted...]
-      <c r="Y2" s="24" t="s">
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="Z2" s="24"/>
-[...2 lines deleted...]
-      <c r="AC2" s="25" t="s">
+      <c r="Z2" s="25"/>
+      <c r="AA2" s="25"/>
+      <c r="AB2" s="25"/>
+      <c r="AC2" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="AD2" s="25"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:33" s="9" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="AD2" s="26"/>
+      <c r="AE2" s="26"/>
+      <c r="AF2" s="26"/>
+      <c r="AG2" s="26"/>
+    </row>
+    <row r="3" spans="1:33" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="M3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="3" t="s">
+      <c r="N3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="O3" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="P3" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="R3" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="H3" s="3" t="s">
+      <c r="S3" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="I3" s="3" t="s">
+      <c r="T3" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="J3" s="3" t="s">
+      <c r="U3" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="K3" s="3" t="s">
+      <c r="V3" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="W3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="X3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="M3" s="3" t="s">
+      <c r="Y3" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="N3" s="3" t="s">
+      <c r="Z3" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="O3" s="5" t="s">
+      <c r="AA3" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="P3" s="5" t="s">
+      <c r="AB3" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="Q3" s="5" t="s">
+      <c r="AC3" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD3" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE3" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="AF3" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="AG3" s="6" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="4" spans="1:33" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S3" s="5" t="s">
+      <c r="B4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="J4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="M4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="N4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="O4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="R4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="S4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="T4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="U4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="V4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="W4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="X4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z4" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="T3" s="5" t="s">
+      <c r="AA4" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="AB4" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="AC4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG4" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:33" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="U3" s="5" t="s">
+      <c r="B5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="V3" s="5" t="s">
+      <c r="C5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="W3" s="5" t="s">
+      <c r="D5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="X3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Z3" s="4" t="s">
+      <c r="N5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="AA3" s="4" t="s">
-[...8 lines deleted...]
-      <c r="AD3" s="6" t="s">
+      <c r="T5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="V5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="AE3" s="6" t="s">
+      <c r="W5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="X5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="AF3" s="6" t="s">
+      <c r="Y5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="AG3" s="6" t="s">
+      <c r="AA5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AB5" s="1" t="s">
         <v>37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="AC5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AD5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="AE5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF5" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG5" s="1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:33" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="C4" s="7" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="7" t="s">
+      <c r="B6" s="13" t="s">
         <v>40</v>
-      </c>
-[...191 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C6" s="13">
         <v>6</v>
       </c>
       <c r="D6" s="13" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="E6" s="13">
         <v>10</v>
       </c>
       <c r="F6" s="13" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G6" s="13" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="H6" s="13">
+        <v>49</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" s="13">
         <v>7</v>
       </c>
-      <c r="I6" s="13">
+      <c r="L6" s="13">
         <v>7</v>
       </c>
-      <c r="J6" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M6" s="13" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="N6" s="13" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="O6" s="13" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="P6" s="13" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="Q6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="R6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="S6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="T6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="U6" s="13" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="V6" s="13" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="W6" s="13" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="X6" s="13">
         <v>12</v>
       </c>
       <c r="Y6" s="13" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="Z6" s="13" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="AA6" s="13" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="AB6" s="13" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="AC6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="AD6" s="13">
         <v>0</v>
       </c>
       <c r="AE6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="AF6" s="13">
         <v>0</v>
       </c>
       <c r="AG6" s="13" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:33" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:33" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10"/>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10"/>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
       <c r="K7" s="10"/>
       <c r="L7" s="10"/>
       <c r="M7" s="10"/>
       <c r="N7" s="10"/>
       <c r="O7" s="10"/>
       <c r="P7" s="10"/>
       <c r="Q7" s="10"/>
       <c r="R7" s="10"/>
       <c r="S7" s="10"/>
       <c r="T7" s="10"/>
       <c r="U7" s="10"/>
       <c r="V7" s="10"/>
       <c r="W7" s="10"/>
       <c r="X7" s="10"/>
       <c r="Y7" s="10"/>
       <c r="Z7" s="10"/>
       <c r="AA7" s="10"/>
       <c r="AB7" s="10"/>
       <c r="AC7" s="10"/>
       <c r="AD7" s="10"/>
       <c r="AE7" s="10"/>
       <c r="AF7" s="10"/>
       <c r="AG7" s="10"/>
     </row>
-    <row r="8" spans="1:33" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="9" spans="1:33" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:33" x14ac:dyDescent="0.35">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:33" x14ac:dyDescent="0.35">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:33" x14ac:dyDescent="0.35">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:33" x14ac:dyDescent="0.35">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:33" x14ac:dyDescent="0.35">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:33" x14ac:dyDescent="0.35">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:33" x14ac:dyDescent="0.35">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="16" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:1" x14ac:dyDescent="0.35">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:1" x14ac:dyDescent="0.35">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:1" x14ac:dyDescent="0.35">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:1" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:1" x14ac:dyDescent="0.35">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:1" x14ac:dyDescent="0.35">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:1" x14ac:dyDescent="0.35">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>119</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A2:N2"/>
     <mergeCell ref="O2:X2"/>
     <mergeCell ref="Y2:AB2"/>
     <mergeCell ref="AC2:AG2"/>
+    <mergeCell ref="A2:N2"/>
   </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M8:M1048576" xr:uid="{4C213106-C078-49F2-A54B-65D1F2DDCF8B}">
+      <formula1>"Low, Medium, High"</formula1>
+    </dataValidation>
+  </dataValidations>
   <hyperlinks>
     <hyperlink ref="D1" r:id="rId1" display="https://support.netgain.tech/article/625735/account-grouping-basic-configuration" xr:uid="{BE8F6D2A-8415-40A4-AB41-7FA81A866755}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
-[...5 lines deleted...]
-        </x14:dataValidation>
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{13C048DA-C5B2-4C70-81C1-CDA6ED392E1D}">
           <x14:formula1>
             <xm:f>lists!$B$2:$B$3</xm:f>
           </x14:formula1>
-          <xm:sqref>G8:G1048576</xm:sqref>
+          <xm:sqref>F8:F1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{109B604D-0248-496E-BCB0-8A05811E0B5C}">
           <x14:formula1>
             <xm:f>lists!$C$2:$C$3</xm:f>
           </x14:formula1>
-          <xm:sqref>AG8:AG1048576 AE8:AE1048576 AC8:AC1048576 Q8:W1048576 J8:L1048576</xm:sqref>
+          <xm:sqref>Q8:W1048576 AC8:AC1048576 AE8:AE1048576 AG8:AG1048576 H8 G10:I1048576 G8:G9 I8:I9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1562D10D-B106-4C1B-A8C3-874CBD4B79D8}">
           <x14:formula1>
             <xm:f>lists!$D$2:$D$4</xm:f>
           </x14:formula1>
           <xm:sqref>O8:O1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{05C30544-D25F-4C73-AC34-7821FB19F5B1}">
           <x14:formula1>
             <xm:f>lists!$E$2:$E$3</xm:f>
           </x14:formula1>
           <xm:sqref>P8:P1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B7E05FD3-7574-4BCB-ADBD-D5CC6209CDDF}">
           <x14:formula1>
             <xm:f>lists!$F$2:$F$13</xm:f>
           </x14:formula1>
           <xm:sqref>X8:X1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:F4"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="E5" sqref="E5"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.81640625" customWidth="1"/>
-    <col min="2" max="2" width="24.1796875" customWidth="1"/>
+    <col min="1" max="1" width="20.85546875" customWidth="1"/>
+    <col min="2" max="2" width="24.140625" customWidth="1"/>
     <col min="3" max="3" width="33" customWidth="1"/>
-    <col min="4" max="4" width="22.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="16.81640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.42578125" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F1" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D1" s="2" t="s">
-[...11 lines deleted...]
-        <v>38</v>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="23" t="s">
+        <v>21</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>22</v>
+      </c>
+      <c r="D2" s="23" t="s">
+        <v>21</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="15">
         <v>1234</v>
       </c>
       <c r="B3" s="15">
         <v>1200</v>
       </c>
       <c r="C3" s="20" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="D3" s="15" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="E3" s="15" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="F3" s="15" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10"/>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7671DA23-1DC0-4F42-A1DF-EBE4C4C7BC76}">
           <x14:formula1>
-            <xm:f>'Account Grouping Template'!$A$8:$A$1048576</xm:f>
+            <xm:f>'Account Grouping Template'!$A$9:$A$1048576</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7279D683-C777-41A1-B4B2-F7ED2F5B260D}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="18" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D1" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1" s="18" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="F1" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="F3">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D4" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="F4">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F5">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F6">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F7">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F8">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F9">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F10">
         <v>9</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F11">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F12">
         <v>11</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F13">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E8BE39E-2935-48A5-9EA5-C8E971DB3CD4}">
-  <dimension ref="A1:AC24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E8BE39E-2935-48A5-9EA5-C8E971DB3CD4}">
+  <dimension ref="A1:AE298"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="R16" sqref="R16"/>
+      <selection activeCell="N2" sqref="N2:R2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="16.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.453125" style="12" customWidth="1"/>
-[...23 lines deleted...]
-    <col min="30" max="16384" width="16.81640625" style="12"/>
+    <col min="1" max="1" width="31.42578125" style="12" customWidth="1"/>
+    <col min="2" max="2" width="14.85546875" style="12" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.140625" style="12" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="62" style="12" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20" style="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.85546875" style="12" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.42578125" style="12" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="14.28515625" style="12" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" style="12" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.42578125" style="12" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.42578125" style="12" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7" style="12" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="21.85546875" style="12" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="19.85546875" style="12" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="25.42578125" style="12" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" style="12" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="24.28515625" style="12" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="30" style="12" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="19.7109375" style="12" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="7.7109375" style="12" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="34.42578125" style="12" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="15.28515625" style="12" bestFit="1" customWidth="1"/>
+    <col min="23" max="25" width="33.85546875" style="12" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="26.140625" style="12" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="24" style="12" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="30.5703125" style="12" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="12" style="12" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="41.5703125" style="12" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="50.140625" style="12" bestFit="1" customWidth="1"/>
+    <col min="32" max="16384" width="16.85546875" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="D1" s="16" t="s">
-        <v>86</v>
-[...8 lines deleted...]
-      <c r="D2" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A2" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="E2" s="22"/>
-[...13 lines deleted...]
-      <c r="Q2" s="27" t="s">
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
+      <c r="K2" s="27"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="24" t="s">
+        <v>77</v>
+      </c>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="29" t="s">
+        <v>78</v>
+      </c>
+      <c r="T2" s="29"/>
+      <c r="U2" s="29"/>
+      <c r="V2" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="W2" s="25"/>
+      <c r="X2" s="25"/>
+      <c r="Y2" s="25"/>
+      <c r="Z2" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA2" s="26"/>
+      <c r="AB2" s="26"/>
+      <c r="AC2" s="26"/>
+      <c r="AD2" s="26"/>
+      <c r="AE2" s="26"/>
+    </row>
+    <row r="3" spans="1:31" ht="75" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="O3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="S3" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="T3" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="U3" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="V3" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="W3" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="X3" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="Y3" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="Z3" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA3" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB3" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="R2" s="27"/>
-[...50 lines deleted...]
-      <c r="L3" s="5" t="s">
+      <c r="AC3" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="AD3" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="AE3" s="6" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="J4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="M4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="N4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="O4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="R4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="S4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="T4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="U4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="V4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="W4" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="X4" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y4" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE4" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="N3" s="5" t="s">
+      <c r="B5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="O3" s="5" t="s">
+      <c r="E5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="P3" s="5" t="s">
-[...14 lines deleted...]
-      <c r="U3" s="4" t="s">
+      <c r="L5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="V3" s="4" t="s">
-[...8 lines deleted...]
-      <c r="Y3" s="6" t="s">
+      <c r="O5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="Z3" s="6" t="s">
+      <c r="R5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="AA3" s="6" t="s">
+      <c r="S5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="T5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="W5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="AB3" s="6" t="s">
+      <c r="X5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Y5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="AC3" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="Z5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="AB5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AC5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C4" s="7" t="s">
+      <c r="AD5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D4" s="7" t="s">
+    </row>
+    <row r="6" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A6" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="E4" s="7" t="s">
-[...167 lines deleted...]
-      </c>
       <c r="B6" s="13" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="C6" s="13" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="D6" s="13" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="E6" s="13">
         <v>8</v>
       </c>
       <c r="F6" s="13" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="G6" s="13">
         <v>10</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="I6" s="13">
         <v>7</v>
       </c>
       <c r="J6" s="13">
         <v>7</v>
       </c>
       <c r="K6" s="13" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="L6" s="13" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="M6" s="13" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="N6" s="13" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="O6" s="13" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="P6" s="13">
+        <v>44</v>
+      </c>
+      <c r="P6" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q6" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="R6" s="13">
         <v>12</v>
       </c>
-      <c r="Q6" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="T6" s="13" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="U6" s="13" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="V6" s="13" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="W6" s="13" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="X6" s="13" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="Y6" s="13" t="s">
+        <v>52</v>
       </c>
       <c r="Z6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="AA6" s="13">
         <v>0</v>
       </c>
       <c r="AB6" s="13" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="AC6" s="13">
         <v>0</v>
       </c>
-    </row>
-    <row r="7" spans="1:29" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="AD6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE6" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:31" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="14"/>
       <c r="B7" s="14"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10"/>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
       <c r="K7" s="10"/>
       <c r="L7" s="10"/>
       <c r="M7" s="10"/>
       <c r="N7" s="10"/>
       <c r="O7" s="10"/>
       <c r="P7" s="10"/>
       <c r="Q7" s="10"/>
       <c r="R7" s="10"/>
       <c r="S7" s="10"/>
       <c r="T7" s="10"/>
       <c r="U7" s="10"/>
       <c r="V7" s="10"/>
       <c r="W7" s="10"/>
       <c r="X7" s="10"/>
       <c r="Y7" s="10"/>
       <c r="Z7" s="10"/>
       <c r="AA7" s="10"/>
       <c r="AB7" s="10"/>
       <c r="AC7" s="10"/>
-    </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="AD7" s="10"/>
+      <c r="AE7" s="10"/>
+    </row>
+    <row r="8" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B8" s="17"/>
+    </row>
+    <row r="9" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B9" s="17"/>
+    </row>
+    <row r="10" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B10" s="17"/>
+    </row>
+    <row r="11" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B11" s="17"/>
+    </row>
+    <row r="12" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B12" s="17"/>
+    </row>
+    <row r="13" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B13" s="17"/>
+    </row>
+    <row r="14" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B14" s="17"/>
+    </row>
+    <row r="15" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B15" s="17"/>
+    </row>
+    <row r="16" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B16" s="17"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B17" s="17"/>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B18" s="17"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B19" s="17"/>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20"/>
-    </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="B20" s="17"/>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21"/>
-    </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="B21" s="17"/>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22"/>
-    </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="B22" s="17"/>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23"/>
-    </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="B23" s="17"/>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24"/>
+      <c r="B24" s="17"/>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B25" s="17"/>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B26" s="17"/>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B27" s="17"/>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B28" s="17"/>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B29" s="17"/>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B30" s="17"/>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B31" s="17"/>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B32" s="17"/>
+    </row>
+    <row r="33" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B33" s="17"/>
+    </row>
+    <row r="34" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B34" s="17"/>
+    </row>
+    <row r="35" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B35" s="17"/>
+    </row>
+    <row r="36" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B36" s="17"/>
+    </row>
+    <row r="37" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B37" s="17"/>
+    </row>
+    <row r="38" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B38" s="17"/>
+    </row>
+    <row r="39" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B39" s="17"/>
+    </row>
+    <row r="40" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B40" s="17"/>
+    </row>
+    <row r="41" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B41" s="17"/>
+    </row>
+    <row r="42" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B42" s="17"/>
+    </row>
+    <row r="43" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B43" s="17"/>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B44" s="17"/>
+    </row>
+    <row r="45" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B45" s="17"/>
+    </row>
+    <row r="46" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B46" s="17"/>
+    </row>
+    <row r="47" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B47" s="17"/>
+    </row>
+    <row r="48" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B48" s="17"/>
+    </row>
+    <row r="49" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B49" s="17"/>
+    </row>
+    <row r="50" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B50" s="17"/>
+    </row>
+    <row r="51" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B51" s="17"/>
+    </row>
+    <row r="52" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B52" s="17"/>
+    </row>
+    <row r="53" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B53" s="17"/>
+    </row>
+    <row r="54" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B54" s="17"/>
+    </row>
+    <row r="55" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B55" s="17"/>
+    </row>
+    <row r="56" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B56" s="17"/>
+    </row>
+    <row r="57" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B57" s="17"/>
+    </row>
+    <row r="58" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B58" s="17"/>
+    </row>
+    <row r="59" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B59" s="17"/>
+    </row>
+    <row r="60" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B60" s="17"/>
+    </row>
+    <row r="61" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B61" s="17"/>
+    </row>
+    <row r="62" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B62" s="17"/>
+    </row>
+    <row r="63" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B63" s="17"/>
+    </row>
+    <row r="64" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B64" s="17"/>
+    </row>
+    <row r="65" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B65" s="17"/>
+    </row>
+    <row r="66" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B66" s="17"/>
+    </row>
+    <row r="67" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B67" s="17"/>
+    </row>
+    <row r="68" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B68" s="17"/>
+    </row>
+    <row r="69" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B69" s="17"/>
+    </row>
+    <row r="70" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B70" s="17"/>
+    </row>
+    <row r="71" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B71" s="17"/>
+    </row>
+    <row r="72" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B72" s="17"/>
+    </row>
+    <row r="73" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B73" s="17"/>
+    </row>
+    <row r="74" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B74" s="17"/>
+    </row>
+    <row r="75" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B75" s="17"/>
+    </row>
+    <row r="76" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B76" s="17"/>
+    </row>
+    <row r="77" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B77" s="17"/>
+    </row>
+    <row r="78" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B78" s="17"/>
+    </row>
+    <row r="79" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B79" s="17"/>
+    </row>
+    <row r="80" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B80" s="17"/>
+    </row>
+    <row r="81" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B81" s="17"/>
+    </row>
+    <row r="82" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B82" s="17"/>
+    </row>
+    <row r="83" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B83" s="17"/>
+    </row>
+    <row r="84" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B84" s="17"/>
+    </row>
+    <row r="85" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B85" s="17"/>
+    </row>
+    <row r="86" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B86" s="17"/>
+    </row>
+    <row r="87" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B87" s="17"/>
+    </row>
+    <row r="88" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B88" s="17"/>
+    </row>
+    <row r="89" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B89" s="17"/>
+    </row>
+    <row r="90" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B90" s="17"/>
+    </row>
+    <row r="91" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B91" s="17"/>
+    </row>
+    <row r="92" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B92" s="17"/>
+    </row>
+    <row r="93" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B93" s="17"/>
+    </row>
+    <row r="94" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B94" s="17"/>
+    </row>
+    <row r="95" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B95" s="17"/>
+    </row>
+    <row r="96" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B96" s="17"/>
+    </row>
+    <row r="97" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B97" s="17"/>
+    </row>
+    <row r="98" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B98" s="17"/>
+    </row>
+    <row r="99" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B99" s="17"/>
+    </row>
+    <row r="100" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B100" s="17"/>
+    </row>
+    <row r="101" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B101" s="17"/>
+    </row>
+    <row r="102" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B102" s="17"/>
+    </row>
+    <row r="103" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B103" s="17"/>
+    </row>
+    <row r="104" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B104" s="17"/>
+    </row>
+    <row r="105" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B105" s="17"/>
+    </row>
+    <row r="106" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B106" s="17"/>
+    </row>
+    <row r="107" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B107" s="17"/>
+    </row>
+    <row r="108" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B108" s="17"/>
+    </row>
+    <row r="109" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B109" s="17"/>
+    </row>
+    <row r="110" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B110" s="17"/>
+    </row>
+    <row r="111" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B111" s="17"/>
+    </row>
+    <row r="112" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B112" s="17"/>
+    </row>
+    <row r="113" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B113" s="17"/>
+    </row>
+    <row r="114" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B114" s="17"/>
+    </row>
+    <row r="115" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B115" s="17"/>
+    </row>
+    <row r="116" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B116" s="17"/>
+    </row>
+    <row r="117" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B117" s="17"/>
+    </row>
+    <row r="118" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B118" s="17"/>
+    </row>
+    <row r="119" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B119" s="17"/>
+    </row>
+    <row r="120" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B120" s="17"/>
+    </row>
+    <row r="121" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B121" s="17"/>
+    </row>
+    <row r="122" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B122" s="17"/>
+    </row>
+    <row r="123" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B123" s="17"/>
+    </row>
+    <row r="124" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B124" s="17"/>
+    </row>
+    <row r="125" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B125" s="17"/>
+    </row>
+    <row r="126" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B126" s="17"/>
+    </row>
+    <row r="127" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B127" s="17"/>
+    </row>
+    <row r="128" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B128" s="17"/>
+    </row>
+    <row r="129" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B129" s="17"/>
+    </row>
+    <row r="130" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B130" s="17"/>
+    </row>
+    <row r="131" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B131" s="17"/>
+    </row>
+    <row r="132" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B132" s="17"/>
+    </row>
+    <row r="133" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B133" s="17"/>
+    </row>
+    <row r="134" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B134" s="17"/>
+    </row>
+    <row r="135" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B135" s="17"/>
+    </row>
+    <row r="136" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B136" s="17"/>
+    </row>
+    <row r="137" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B137" s="17"/>
+    </row>
+    <row r="138" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B138" s="17"/>
+    </row>
+    <row r="139" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B139" s="17"/>
+    </row>
+    <row r="140" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B140" s="17"/>
+    </row>
+    <row r="141" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B141" s="17"/>
+    </row>
+    <row r="142" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B142" s="17"/>
+    </row>
+    <row r="143" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B143" s="17"/>
+    </row>
+    <row r="144" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B144" s="17"/>
+    </row>
+    <row r="145" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B145" s="17"/>
+    </row>
+    <row r="146" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B146" s="17"/>
+    </row>
+    <row r="147" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B147" s="17"/>
+    </row>
+    <row r="148" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B148" s="17"/>
+    </row>
+    <row r="149" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B149" s="17"/>
+    </row>
+    <row r="150" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B150" s="17"/>
+    </row>
+    <row r="151" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B151" s="17"/>
+    </row>
+    <row r="152" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B152" s="17"/>
+    </row>
+    <row r="153" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B153" s="17"/>
+    </row>
+    <row r="154" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B154" s="17"/>
+    </row>
+    <row r="155" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B155" s="17"/>
+    </row>
+    <row r="156" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B156" s="17"/>
+    </row>
+    <row r="157" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B157" s="17"/>
+    </row>
+    <row r="158" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B158" s="17"/>
+    </row>
+    <row r="159" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B159" s="17"/>
+    </row>
+    <row r="160" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B160" s="17"/>
+    </row>
+    <row r="161" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B161" s="17"/>
+    </row>
+    <row r="162" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B162" s="17"/>
+    </row>
+    <row r="163" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B163" s="17"/>
+    </row>
+    <row r="164" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B164" s="17"/>
+    </row>
+    <row r="165" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B165" s="17"/>
+    </row>
+    <row r="166" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B166" s="17"/>
+    </row>
+    <row r="167" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B167" s="17"/>
+    </row>
+    <row r="168" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B168" s="17"/>
+    </row>
+    <row r="169" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B169" s="17"/>
+    </row>
+    <row r="170" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B170" s="17"/>
+    </row>
+    <row r="171" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B171" s="17"/>
+    </row>
+    <row r="172" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B172" s="17"/>
+    </row>
+    <row r="173" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B173" s="17"/>
+    </row>
+    <row r="174" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B174" s="17"/>
+    </row>
+    <row r="175" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B175" s="17"/>
+    </row>
+    <row r="176" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B176" s="17"/>
+    </row>
+    <row r="177" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B177" s="17"/>
+    </row>
+    <row r="178" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B178" s="17"/>
+    </row>
+    <row r="179" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B179" s="17"/>
+    </row>
+    <row r="180" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B180" s="17"/>
+    </row>
+    <row r="181" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B181" s="17"/>
+    </row>
+    <row r="182" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B182" s="17"/>
+    </row>
+    <row r="183" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B183" s="17"/>
+    </row>
+    <row r="184" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B184" s="17"/>
+    </row>
+    <row r="185" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B185" s="17"/>
+    </row>
+    <row r="186" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B186" s="17"/>
+    </row>
+    <row r="187" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B187" s="17"/>
+    </row>
+    <row r="188" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B188" s="17"/>
+    </row>
+    <row r="189" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B189" s="17"/>
+    </row>
+    <row r="190" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B190" s="17"/>
+    </row>
+    <row r="191" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B191" s="17"/>
+    </row>
+    <row r="192" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B192" s="17"/>
+    </row>
+    <row r="193" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B193" s="17"/>
+    </row>
+    <row r="194" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B194" s="17"/>
+    </row>
+    <row r="195" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B195" s="17"/>
+    </row>
+    <row r="196" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B196" s="17"/>
+    </row>
+    <row r="197" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B197" s="17"/>
+    </row>
+    <row r="198" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B198" s="17"/>
+    </row>
+    <row r="199" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B199" s="17"/>
+    </row>
+    <row r="200" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B200" s="17"/>
+    </row>
+    <row r="201" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B201" s="17"/>
+    </row>
+    <row r="202" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B202" s="17"/>
+    </row>
+    <row r="203" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B203" s="17"/>
+    </row>
+    <row r="204" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B204" s="17"/>
+    </row>
+    <row r="205" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B205" s="17"/>
+    </row>
+    <row r="206" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B206" s="17"/>
+    </row>
+    <row r="207" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B207" s="17"/>
+    </row>
+    <row r="208" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B208" s="17"/>
+    </row>
+    <row r="209" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B209" s="17"/>
+    </row>
+    <row r="210" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B210" s="17"/>
+    </row>
+    <row r="211" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B211" s="17"/>
+    </row>
+    <row r="212" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B212" s="17"/>
+    </row>
+    <row r="213" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B213" s="17"/>
+    </row>
+    <row r="214" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B214" s="17"/>
+    </row>
+    <row r="215" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B215" s="17"/>
+    </row>
+    <row r="216" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B216" s="17"/>
+    </row>
+    <row r="217" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B217" s="17"/>
+    </row>
+    <row r="218" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B218" s="17"/>
+    </row>
+    <row r="219" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B219" s="17"/>
+    </row>
+    <row r="220" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B220" s="17"/>
+    </row>
+    <row r="221" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B221" s="17"/>
+    </row>
+    <row r="222" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B222" s="17"/>
+    </row>
+    <row r="223" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B223" s="17"/>
+    </row>
+    <row r="224" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B224" s="17"/>
+    </row>
+    <row r="225" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B225" s="17"/>
+    </row>
+    <row r="226" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B226" s="17"/>
+    </row>
+    <row r="227" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B227" s="17"/>
+    </row>
+    <row r="228" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B228" s="17"/>
+    </row>
+    <row r="229" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B229" s="17"/>
+    </row>
+    <row r="230" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B230" s="17"/>
+    </row>
+    <row r="231" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B231" s="17"/>
+    </row>
+    <row r="232" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B232" s="17"/>
+    </row>
+    <row r="233" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B233" s="17"/>
+    </row>
+    <row r="234" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B234" s="17"/>
+    </row>
+    <row r="235" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B235" s="17"/>
+    </row>
+    <row r="236" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B236" s="17"/>
+    </row>
+    <row r="237" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B237" s="17"/>
+    </row>
+    <row r="238" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B238" s="17"/>
+    </row>
+    <row r="239" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B239" s="17"/>
+    </row>
+    <row r="240" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B240" s="17"/>
+    </row>
+    <row r="241" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B241" s="17"/>
+    </row>
+    <row r="242" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B242" s="17"/>
+    </row>
+    <row r="243" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B243" s="17"/>
+    </row>
+    <row r="244" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B244" s="17"/>
+    </row>
+    <row r="245" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B245" s="17"/>
+    </row>
+    <row r="246" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B246" s="17"/>
+    </row>
+    <row r="247" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B247" s="17"/>
+    </row>
+    <row r="248" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B248" s="17"/>
+    </row>
+    <row r="249" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B249" s="17"/>
+    </row>
+    <row r="250" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B250" s="17"/>
+    </row>
+    <row r="251" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B251" s="17"/>
+    </row>
+    <row r="252" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B252" s="17"/>
+    </row>
+    <row r="253" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B253" s="17"/>
+    </row>
+    <row r="254" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B254" s="17"/>
+    </row>
+    <row r="255" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B255" s="17"/>
+    </row>
+    <row r="256" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B256" s="17"/>
+    </row>
+    <row r="257" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B257" s="17"/>
+    </row>
+    <row r="258" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B258" s="17"/>
+    </row>
+    <row r="259" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B259" s="17"/>
+    </row>
+    <row r="260" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B260" s="17"/>
+    </row>
+    <row r="261" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B261" s="17"/>
+    </row>
+    <row r="262" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B262" s="17"/>
+    </row>
+    <row r="263" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B263" s="17"/>
+    </row>
+    <row r="264" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B264" s="17"/>
+    </row>
+    <row r="265" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B265" s="17"/>
+    </row>
+    <row r="266" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B266" s="17"/>
+    </row>
+    <row r="267" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B267" s="17"/>
+    </row>
+    <row r="268" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B268" s="17"/>
+    </row>
+    <row r="269" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B269" s="17"/>
+    </row>
+    <row r="270" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B270" s="17"/>
+    </row>
+    <row r="271" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B271" s="17"/>
+    </row>
+    <row r="272" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B272" s="17"/>
+    </row>
+    <row r="273" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B273" s="17"/>
+    </row>
+    <row r="274" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B274" s="17"/>
+    </row>
+    <row r="275" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B275" s="17"/>
+    </row>
+    <row r="276" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B276" s="17"/>
+    </row>
+    <row r="277" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B277" s="17"/>
+    </row>
+    <row r="278" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B278" s="17"/>
+    </row>
+    <row r="279" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B279" s="17"/>
+    </row>
+    <row r="280" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B280" s="17"/>
+    </row>
+    <row r="281" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B281" s="17"/>
+    </row>
+    <row r="282" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B282" s="17"/>
+    </row>
+    <row r="283" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B283" s="17"/>
+    </row>
+    <row r="284" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B284" s="17"/>
+    </row>
+    <row r="285" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B285" s="17"/>
+    </row>
+    <row r="286" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B286" s="17"/>
+    </row>
+    <row r="287" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B287" s="17"/>
+    </row>
+    <row r="288" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B288" s="17"/>
+    </row>
+    <row r="289" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B289" s="17"/>
+    </row>
+    <row r="290" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B290" s="17"/>
+    </row>
+    <row r="291" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B291" s="17"/>
+    </row>
+    <row r="292" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B292" s="17"/>
+    </row>
+    <row r="293" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B293" s="17"/>
+    </row>
+    <row r="294" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B294" s="17"/>
+    </row>
+    <row r="295" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B295" s="17"/>
+    </row>
+    <row r="296" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B296" s="17"/>
+    </row>
+    <row r="297" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B297" s="17"/>
+    </row>
+    <row r="298" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B298" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="X2:AC2"/>
+    <mergeCell ref="Z2:AE2"/>
     <mergeCell ref="A2:C2"/>
-    <mergeCell ref="D2:K2"/>
-[...2 lines deleted...]
-    <mergeCell ref="Q2:S2"/>
+    <mergeCell ref="D2:M2"/>
+    <mergeCell ref="V2:Y2"/>
+    <mergeCell ref="N2:R2"/>
+    <mergeCell ref="S2:U2"/>
   </mergeCells>
   <phoneticPr fontId="23" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D1" r:id="rId1" display="https://support.netgain.tech/article/791469/account-grouping-subsidiary-configuration" xr:uid="{63F76AE8-3E23-4F75-B4AE-20B2D7DA63D3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
-  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...21 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3226,84 +4071,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E69AF18-BC47-4D26-A2C7-EE48FEB3EF67}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D36414DE-5202-4104-AFCE-950098DB0697}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD24910-B80E-410F-B33F-420E802A010B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{545861B6-CC9D-4B1B-ABB8-72C1698DE67C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
+    <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Account Grouping Template</vt:lpstr>
       <vt:lpstr>GL Account Mapping</vt:lpstr>
       <vt:lpstr>lists</vt:lpstr>
       <vt:lpstr>Child Account Groupings</vt:lpstr>