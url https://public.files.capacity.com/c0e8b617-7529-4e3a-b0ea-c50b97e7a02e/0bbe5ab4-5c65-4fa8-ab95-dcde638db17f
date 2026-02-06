--- v0 (2025-10-29)
+++ v1 (2026-02-06)
@@ -5,60 +5,60 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetClose Packet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Project Resources/01 Templates/NetClose/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="280" documentId="8_{3675EA2C-F631-40D9-9788-56C4A70E12AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{21521BE1-7AAF-4671-8D93-0CF13F38F00D}"/>
+  <xr:revisionPtr revIDLastSave="323" documentId="8_{3675EA2C-F631-40D9-9788-56C4A70E12AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{581BD188-BAC4-4CB8-AFA3-702738995BFA}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5175" windowWidth="29040" windowHeight="15720" xr2:uid="{A72FCF73-D84B-4A48-942D-90A23052E9AB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{A72FCF73-D84B-4A48-942D-90A23052E9AB}"/>
   </bookViews>
   <sheets>
     <sheet name="Amortization Types" sheetId="2" r:id="rId1"/>
     <sheet name="Amortizations" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -132,67 +132,56 @@
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 This is the credit account used whenever a new amortization is capitalized or a modification is made. It will be overridden if the source transaction the amortization is created from has a different debit account on it.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tyler Persson</author>
   </authors>
   <commentList>
     <comment ref="B1" authorId="0" shapeId="0" xr:uid="{619BFAF7-93AD-49FD-9FBE-7B047E644905}">
       <text>
         <r>
           <rPr>
-            <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Tyler Persson:</t>
-[...9 lines deleted...]
-Must be a Type from the previous tab.</t>
+          <t>Must be a Type from the previous tab.</t>
         </r>
       </text>
     </comment>
     <comment ref="C1" authorId="0" shapeId="0" xr:uid="{13A7EFF5-B6E5-4CEB-97ED-BFEA2D999D40}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Tyler Persson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Should match start date in most cases. This is the date the capitalization entry will be run (debit balance sheet account, credit clearing account), which should be at or after the start date.</t>
         </r>
@@ -277,51 +266,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Tyler Persson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 If the clearing account for this amortization (credit account in capitalization and modification entries) should be different than what is on the amortization type, input it here. Otherwise, leave blank.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="81">
   <si>
     <t>Amortization Type Name</t>
   </si>
   <si>
     <t>Expense Convention</t>
   </si>
   <si>
     <t>Default Term</t>
   </si>
   <si>
     <t>Balance Sheet Account</t>
   </si>
   <si>
     <t>Income Statement Account</t>
   </si>
   <si>
     <t>Clearing Account</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
@@ -480,212 +469,226 @@
   <si>
     <t>NetSuite Class Internal ID</t>
   </si>
   <si>
     <t>NetSuite Vendor</t>
   </si>
   <si>
     <t>NetSuite Vendor Internal ID</t>
   </si>
   <si>
     <t>NetSuite Object &amp; Number</t>
   </si>
   <si>
     <t>Another Amortization Name</t>
   </si>
   <si>
     <t>Shared Transaction Template</t>
   </si>
   <si>
     <t>Netgain Software Amortization</t>
   </si>
   <si>
     <t>Software Licenses</t>
   </si>
   <si>
-    <t>US Dollar</t>
-[...1 lines deleted...]
-  <si>
     <t>6150 : General &amp; Administrative</t>
   </si>
   <si>
     <t>2345 : Amortization Clearing Account</t>
   </si>
   <si>
     <t>ACME Holdings</t>
   </si>
   <si>
     <t>United States : Denver</t>
   </si>
   <si>
     <t>Administrative</t>
   </si>
   <si>
     <t>Internal Use</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>
   <si>
     <t>Creative Cloud for Internal Use</t>
   </si>
   <si>
     <t>Bill #28756</t>
   </si>
   <si>
     <t>NetGain Parent Software Amortization</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Headcount</t>
+  </si>
+  <si>
+    <t>Required - If using subsidiary</t>
+  </si>
+  <si>
+    <t>USA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -971,163 +974,169 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F964AF90-0419-4374-A3B9-A4B55D16E792}">
   <dimension ref="A1:F5"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="D12" sqref="D12"/>
+    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="27.54296875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.26953125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.1796875" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="26.1796875" customWidth="1"/>
+    <col min="4" max="4" width="63.7265625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.1796875" customWidth="1"/>
     <col min="6" max="6" width="30.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="B2" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="12" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="3">
         <v>12</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" ht="7" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
     </row>
   </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B6:B100" xr:uid="{4A45E5BD-17D4-430C-A511-902DDA0C83D2}">
+      <formula1>"Full Month,Partial Month"</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5418524D-A9A4-4BBB-9567-96D06ED50312}">
-  <dimension ref="A1:Y21"/>
+  <dimension ref="A1:Y22"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="S1" sqref="S1:T1048576"/>
+    <sheetView tabSelected="1" topLeftCell="C1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="29" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="13.453125" customWidth="1"/>
     <col min="6" max="6" width="28.81640625" customWidth="1"/>
     <col min="7" max="7" width="14.1796875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="19.1796875" customWidth="1"/>
     <col min="9" max="9" width="34" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="33.1796875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18.81640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.26953125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="20.26953125" customWidth="1"/>
     <col min="14" max="14" width="21" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="22.1796875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="15.54296875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.54296875" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.7265625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="28.7265625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="20.54296875" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="35.81640625" bestFit="1" customWidth="1"/>
@@ -1191,127 +1200,127 @@
         <v>34</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>38</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>40</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="2" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="B2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="F2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="G2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="H2" s="12" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="K2" s="2" t="s">
+      <c r="K2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="L2" s="2" t="s">
-        <v>42</v>
+      <c r="L2" s="12" t="s">
+        <v>79</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="N2" s="2" t="s">
+      <c r="N2" s="12" t="s">
         <v>42</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="P2" s="2" t="s">
+      <c r="P2" s="12" t="s">
         <v>43</v>
       </c>
       <c r="Q2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="R2" s="2" t="s">
+      <c r="R2" s="12" t="s">
         <v>44</v>
       </c>
       <c r="S2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="T2" s="2" t="s">
+      <c r="T2" s="12" t="s">
         <v>45</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="X2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="Y2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:25" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I3" s="2" t="s">
@@ -1364,108 +1373,108 @@
       </c>
       <c r="Y3" s="2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A4" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C4" s="5">
         <v>44805</v>
       </c>
       <c r="D4" s="5">
         <v>44866</v>
       </c>
       <c r="E4" s="5">
         <v>45230</v>
       </c>
       <c r="F4" s="3">
         <v>12</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="H4" s="6">
         <v>100000</v>
       </c>
       <c r="I4" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J4" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="K4" s="3" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="L4" s="3">
         <v>108</v>
       </c>
       <c r="M4" s="3" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="N4" s="3">
         <v>66</v>
       </c>
       <c r="O4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="P4" s="3">
         <v>325</v>
       </c>
       <c r="Q4" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R4" s="3">
         <v>3</v>
       </c>
       <c r="S4" s="3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T4" s="3">
         <v>89</v>
       </c>
       <c r="U4" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="V4" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="V4" s="3" t="s">
+      <c r="W4" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="W4" s="3" t="s">
+      <c r="X4" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="X4" s="3" t="s">
+      <c r="Y4" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="Y4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:25" ht="8.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
@@ -1504,91 +1513,97 @@
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.35">
       <c r="D14" s="8"/>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.35">
       <c r="D15" s="8"/>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.35">
       <c r="D16" s="8"/>
     </row>
     <row r="17" spans="4:4" x14ac:dyDescent="0.35">
       <c r="D17" s="8"/>
     </row>
     <row r="18" spans="4:4" x14ac:dyDescent="0.35">
       <c r="D18" s="8"/>
     </row>
     <row r="19" spans="4:4" x14ac:dyDescent="0.35">
       <c r="D19" s="8"/>
     </row>
     <row r="20" spans="4:4" x14ac:dyDescent="0.35">
       <c r="D20" s="8"/>
     </row>
     <row r="21" spans="4:4" x14ac:dyDescent="0.35">
       <c r="D21" s="8"/>
     </row>
+    <row r="22" spans="4:4" x14ac:dyDescent="0.35">
+      <c r="D22" s="8"/>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{418E66E7-E3ED-4DED-A89F-779EF206861E}">
+          <x14:formula1>
+            <xm:f>'Amortization Types'!$A$6:$A$100</xm:f>
+          </x14:formula1>
+          <xm:sqref>B6:B500</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49bae5183a82a41a5220f2a612b49b8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="433a90c39c4ef9dcf50d58c010ed9a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1785,84 +1800,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D27209E-CB81-4384-B881-26560D5BCA8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
-    <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{954E4B9D-1D4F-495D-9777-39BC016FAC3F}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A20C41D0-C120-419C-87E4-7F875B00DD95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Amortization Types</vt:lpstr>
       <vt:lpstr>Amortizations</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>