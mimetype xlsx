--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -1,126 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/00 Training/Product Test Cases/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atlasadvisory.sharepoint.com/sites/implementations/Shared Documents/_NetCash Packet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="118" documentId="8_{C9A203AA-5FE3-4045-9F02-72571C222177}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{958186E6-04BB-4C46-A54B-EA8B25F2C534}"/>
+  <xr:revisionPtr revIDLastSave="159" documentId="8_{C9A203AA-5FE3-4045-9F02-72571C222177}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BD9B10AE-0510-4CA8-B075-A7DD05749A28}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="22800" windowHeight="14565" xr2:uid="{BB02FC24-7E15-4A89-A6A3-EB12E0E9028B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{BB02FC24-7E15-4A89-A6A3-EB12E0E9028B}"/>
   </bookViews>
   <sheets>
     <sheet name="NetCash Test Cases" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'NetCash Test Cases'!$A$2:$J$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'NetCash Test Cases'!$A$2:$J$10</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="57">
   <si>
     <t>NetCash Case Template</t>
   </si>
   <si>
     <t>Case #</t>
   </si>
   <si>
     <t>Module</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Optional/Required</t>
-  </si>
-[...1 lines deleted...]
-    <t>NetClose Action</t>
   </si>
   <si>
     <t>Knowledgebase Instruction Link</t>
   </si>
   <si>
     <t>Expected Results</t>
   </si>
   <si>
     <t>Did it work?</t>
   </si>
   <si>
     <t>Role Used</t>
   </si>
   <si>
     <t>Test Notes</t>
   </si>
   <si>
     <t>NetCash</t>
   </si>
   <si>
     <t>Setup</t>
   </si>
   <si>
     <t>Required</t>
   </si>
@@ -131,82 +109,70 @@
     <t>Add NetCash User</t>
   </si>
   <si>
     <t>Label the employee as a NetCash user so they can access the product.</t>
   </si>
   <si>
     <t xml:space="preserve">Optional </t>
   </si>
   <si>
     <t>Add new Manual Bank Account Connection</t>
   </si>
   <si>
     <t>Manual Bank Connection Setup</t>
   </si>
   <si>
     <t xml:space="preserve">Properly show the new bank account.
 </t>
   </si>
   <si>
     <t>Add new Automatic Bank Account Connection</t>
   </si>
   <si>
     <t>Automatic Bank Connection Setup</t>
   </si>
   <si>
-    <t xml:space="preserve">Create automation rule for auto-matching transactions. </t>
-[...1 lines deleted...]
-  <si>
     <t>Create Bank Automation Rules - Auto-Matching</t>
   </si>
   <si>
     <t xml:space="preserve">Properly show the new bank automation rule.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Create automation rule for auto-transfer transactions. </t>
-[...1 lines deleted...]
-  <si>
     <t>Create Bank Automation Rules - Auto Transfers</t>
   </si>
   <si>
-    <t>Create automation rule for transaction creation.</t>
-[...1 lines deleted...]
-  <si>
     <t>Create Bank Automation Rules - Transaction Creation</t>
   </si>
   <si>
     <t>Operations</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Upload bank transactions for manual bank connections.</t>
-  </si>
-[...1 lines deleted...]
-    <t>CSV Upload Bank Transactions</t>
   </si>
   <si>
     <t xml:space="preserve">Bank transactions appear and run through automation rules. 
 </t>
   </si>
   <si>
     <t>Manually match bank to GL transactions.</t>
   </si>
   <si>
     <t>Manual Match Bank Transactions</t>
   </si>
   <si>
     <t xml:space="preserve">Bank transactions are matched and off of manual match screen. 
 </t>
   </si>
   <si>
     <t>Create GL transaction from Bank Activity.</t>
   </si>
   <si>
     <t xml:space="preserve">GL transaction created and matched to bank activity. 
 </t>
   </si>
   <si>
     <t>Create Cash application from Bank Activity.</t>
   </si>
@@ -222,50 +188,84 @@
 </t>
   </si>
   <si>
     <t>Review Auto-Matched Transactions.</t>
   </si>
   <si>
     <t>Review Auto-Matched Transactions</t>
   </si>
   <si>
     <t xml:space="preserve">Confirm all matches look correct and approve matches. 
 </t>
   </si>
   <si>
     <t>Review Bank Matches</t>
   </si>
   <si>
     <t xml:space="preserve">Confirm all matches look correct. 
 </t>
   </si>
   <si>
     <t>Perform Bank Reconciliation</t>
   </si>
   <si>
     <t xml:space="preserve">Completed Reconciliation Record.
 </t>
+  </si>
+  <si>
+    <t>NetCash Go-Live Process</t>
+  </si>
+  <si>
+    <t>NetCash Transaction CSV Import Tool</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Create and test automation rule for auto-matching transactions. </t>
+  </si>
+  <si>
+    <t>NetCash Action</t>
+  </si>
+  <si>
+    <t>Add NetCash Administrator role to user, or add custom permission lines to existing NetSuite role</t>
+  </si>
+  <si>
+    <t>NetCash Roles and Permissions | Support Site</t>
+  </si>
+  <si>
+    <t>Properly configure permissions to a role so that they can perform actions in NetCash.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Properly tie out bank account balances as of cutover date.
+</t>
+  </si>
+  <si>
+    <t>Create and test automation rule for transfers.</t>
+  </si>
+  <si>
+    <t>Create and test automation rule for creating transactions.</t>
+  </si>
+  <si>
+    <t>Go through the Go-Live process for bank accounts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -414,51 +414,55 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -713,552 +717,593 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netgain-support.capacity.com/article/356283/netcash-review-bank-matches" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/296997/netcash-bank-automation-rules---transaction-creation" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/129822/netcash-csv-upload-bank-transactions" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/318642/bank-automation-rules" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/947258/manual-bank-connection-setup" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/629666/netcash-roles-and-permissions" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/976343/netcash-bank-automation-rules---auto-matching" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/350375/automatic-bank-feed-connection-setup" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netgain-support.capacity.com/article/155364/netcash-review-auto-matched-transactions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/862828/netcash-reconcile" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netgain-support.capacity.com/article/356283/netcash-review-bank-matches" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/296997/netcash-bank-automation-rules---transaction-creation" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/176143/netcash-manual-csv-import-tool" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/318642/bank-automation-rules" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/947258/manual-bank-connection-setup" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/629666/netcash-roles-and-permissions" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/629666/netcash-roles-and-permissions" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/976343/netcash-bank-automation-rules---auto-matching" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/376996/netcash-go-live-process" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/350375/automatic-bank-feed-connection-setup" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/384249/netcash-manual-match-bank-transactions" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netgain-support.capacity.com/article/155364/netcash-review-auto-matched-transactions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.netgain.tech/article/862828/netcash-reconcile" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C8AEFF7-1F86-46F0-BB85-BCA6AAEDC538}">
-  <dimension ref="A1:J16"/>
+  <dimension ref="A1:J18"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="22.140625" customWidth="1"/>
     <col min="4" max="4" width="16.5703125" customWidth="1"/>
     <col min="5" max="5" width="26.5703125" style="3" customWidth="1"/>
     <col min="6" max="6" width="56.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="38.85546875" style="3" customWidth="1"/>
     <col min="8" max="8" width="30.42578125" style="3" customWidth="1"/>
     <col min="9" max="9" width="13.28515625" customWidth="1"/>
     <col min="10" max="10" width="31.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="13"/>
     </row>
     <row r="2" spans="1:10" ht="17.25" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="H2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9">
         <v>1</v>
       </c>
       <c r="B3" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="9" t="s">
+      <c r="D3" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="D3" s="9" t="s">
+      <c r="E3" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="F3" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="G3" s="10" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="H3" s="5"/>
       <c r="I3" s="7"/>
       <c r="J3" s="4"/>
     </row>
-    <row r="4" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A4" s="9">
-        <f t="shared" ref="A4:A15" si="0">A3+1</f>
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="9" t="s">
+      <c r="D4" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="10" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="G4" s="10" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="H4" s="8"/>
+        <v>52</v>
+      </c>
+      <c r="H4" s="5"/>
       <c r="I4" s="7"/>
       <c r="J4" s="4"/>
     </row>
     <row r="5" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="9">
-        <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="B5" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H5" s="8"/>
       <c r="I5" s="7"/>
       <c r="J5" s="4"/>
     </row>
-    <row r="6" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="9">
-        <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B6" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="9" t="s">
+      <c r="D6" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="D6" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" s="10" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="H6" s="8"/>
       <c r="I6" s="7"/>
       <c r="J6" s="4"/>
     </row>
     <row r="7" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="9">
-        <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="9" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E7" s="10" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G7" s="10" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H7" s="8"/>
       <c r="I7" s="7"/>
       <c r="J7" s="4"/>
     </row>
     <row r="8" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A8" s="9">
-        <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="B8" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="9" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E8" s="10" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G8" s="10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="H8" s="8"/>
       <c r="I8" s="7"/>
       <c r="J8" s="4"/>
     </row>
     <row r="9" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A9" s="9">
-        <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="B9" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="9" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E9" s="10" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="H9" s="8"/>
       <c r="I9" s="7"/>
       <c r="J9" s="4"/>
     </row>
     <row r="10" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A10" s="9">
-        <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="B10" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="9" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="G10" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="7"/>
       <c r="J10" s="4"/>
     </row>
     <row r="11" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="9">
-        <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="H11" s="8"/>
       <c r="I11" s="7"/>
       <c r="J11" s="4"/>
     </row>
     <row r="12" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="9">
-        <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C12" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="D12" s="9" t="s">
+      <c r="F12" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="10" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="H12" s="8"/>
       <c r="I12" s="7"/>
       <c r="J12" s="4"/>
     </row>
-    <row r="13" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A13" s="9">
-        <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D13" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="E13" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G13" s="10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="H13" s="8"/>
       <c r="I13" s="7"/>
       <c r="J13" s="4"/>
     </row>
     <row r="14" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="9">
-        <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D14" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F14" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="E14" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="10" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="H14" s="8"/>
       <c r="I14" s="7"/>
       <c r="J14" s="4"/>
     </row>
     <row r="15" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="9">
-        <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E15" s="10" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="H15" s="8"/>
       <c r="I15" s="7"/>
       <c r="J15" s="4"/>
     </row>
-    <row r="16" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="9">
-        <f t="shared" ref="A16" si="1">A15+1</f>
         <v>14</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="H16" s="8"/>
       <c r="I16" s="7"/>
       <c r="J16" s="4"/>
     </row>
+    <row r="17" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="9">
+        <v>15</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17" s="8"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="4"/>
+    </row>
+    <row r="18" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="9">
+        <v>16</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18" s="8"/>
+      <c r="I18" s="7"/>
+      <c r="J18" s="4"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:J8" xr:uid="{9B90C337-261C-4B42-91FA-0D947B07CF0E}">
-[...1 lines deleted...]
-      <sortCondition ref="A2:A8"/>
+  <autoFilter ref="A2:J10" xr:uid="{9B90C337-261C-4B42-91FA-0D947B07CF0E}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J10">
+      <sortCondition ref="A2:A10"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{56C6D1CB-4F0A-40B2-B698-65CEA82B6FE0}"/>
-    <hyperlink ref="F4" r:id="rId2" xr:uid="{F4E76A57-24B5-4CC6-B647-7DA418418351}"/>
-[...11 lines deleted...]
-    <hyperlink ref="F16" r:id="rId14" xr:uid="{5E684891-2FDC-48C5-901A-933F7BC99423}"/>
+    <hyperlink ref="F5" r:id="rId2" xr:uid="{F4E76A57-24B5-4CC6-B647-7DA418418351}"/>
+    <hyperlink ref="F11" r:id="rId3" display="CSV Upload Bank Transactions" xr:uid="{981D8810-0778-4F8A-8A9C-5F875F9B0AAE}"/>
+    <hyperlink ref="F12" r:id="rId4" xr:uid="{C5584751-0850-4B9F-96CC-12EEA98C9132}"/>
+    <hyperlink ref="F13" r:id="rId5" xr:uid="{785B2BBA-3AFF-40E6-B386-BA1248E893D4}"/>
+    <hyperlink ref="F14" r:id="rId6" xr:uid="{7194C97C-F7A5-4EEE-AA66-45B21D812AF2}"/>
+    <hyperlink ref="F15" r:id="rId7" xr:uid="{E1107F29-7E56-4590-8AC2-2C24FC1E8D0F}"/>
+    <hyperlink ref="F17" r:id="rId8" xr:uid="{1F63EF0F-6F5A-4859-8D62-AC2D770C55BE}"/>
+    <hyperlink ref="F16" r:id="rId9" xr:uid="{14BB23C7-882F-497F-B2C6-487B880B0F82}"/>
+    <hyperlink ref="F6" r:id="rId10" xr:uid="{20B7B3CF-6D1D-4755-A353-B29D3BCD4EEF}"/>
+    <hyperlink ref="F8" r:id="rId11" xr:uid="{0DE95B8E-1EBC-4531-AFA1-2744D8B3863A}"/>
+    <hyperlink ref="F9" r:id="rId12" xr:uid="{7931AA16-D462-4445-9AED-33AD4DE298A8}"/>
+    <hyperlink ref="F10" r:id="rId13" xr:uid="{7C5E7256-1348-4B2F-B37D-92B281CE6064}"/>
+    <hyperlink ref="F18" r:id="rId14" xr:uid="{5E684891-2FDC-48C5-901A-933F7BC99423}"/>
+    <hyperlink ref="F7" r:id="rId15" xr:uid="{86916993-8A1A-42B9-AA97-1C7DCDFF912E}"/>
+    <hyperlink ref="F4" r:id="rId16" display="https://support.netgain.tech/article/629666/netcash-roles-and-permissions" xr:uid="{EA7A2788-A0FF-40C0-B720-9E83BDC060E9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9095f5b4783805b558ac1a16d2a18cfe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f97cdd08b677c84c2c988f9a5667be40" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CFA57B52757DC4C8FDB920A9E56944D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9eb27a8f96de469b889f1c545fbb0af2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d6ac11-9905-406a-baf8-0ce0647ce831" xmlns:ns3="c13bada6-21eb-4901-a43a-04dce55083ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c68f0b046b3cc3a1f053cf095d2db382" ns2:_="" ns3:_="">
     <xsd:import namespace="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <xsd:import namespace="c13bada6-21eb-4901-a43a-04dce55083ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1475,66 +1520,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d6ac11-9905-406a-baf8-0ce0647ce831">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c13bada6-21eb-4901-a43a-04dce55083ae" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C14A55C6-3297-4222-884F-82FC5F78C99D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14595CE6-DA51-4CAB-A9E4-A24A327D91D9}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{729A83A1-642A-44E5-8141-B5A94EBB2A3A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F262C01E-3760-4CDA-900E-4F3C55079369}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25d6ac11-9905-406a-baf8-0ce0647ce831"/>
     <ds:schemaRef ds:uri="c13bada6-21eb-4901-a43a-04dce55083ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>