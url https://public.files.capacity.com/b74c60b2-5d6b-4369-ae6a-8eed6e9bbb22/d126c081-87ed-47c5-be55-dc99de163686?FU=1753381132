--- v0 (2025-10-29)
+++ v1 (2026-03-03)
@@ -1,153 +1,180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="528"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4355"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B07086" w14:paraId="07D9077D" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05862F80" w14:textId="371CB2EB" w:rsidR="00B07086" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
+          <w:p w14:paraId="05862F80" w14:textId="3932F058" w:rsidR="00B07086" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="20"/>
               </w:rPr>
-              <w:t>Vicar for Priest</w:t>
+              <w:t xml:space="preserve">Vicar for </w:t>
+            </w:r>
+            <w:r w:rsidR="008C139E">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>Clergy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07086" w14:paraId="3A7FA228" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C00EC8D" w14:textId="4EDE0C03" w:rsidR="00B07086" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="00FD1CF6">
+          <w:p w14:paraId="2C00EC8D" w14:textId="54D1631C" w:rsidR="00B07086" w:rsidRPr="00533DF3" w:rsidRDefault="000027A4" w:rsidP="00FD1CF6">
             <w:r>
-              <w:t>Father Ken Brown</w:t>
-            </w:r>
+              <w:t>Very. Rev.</w:t>
+            </w:r>
+            <w:r w:rsidR="001C19CB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E016F2">
+              <w:t xml:space="preserve">John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E016F2">
+              <w:t>Brockland</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07086" w14:paraId="4474B0F1" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D7CB691" w14:textId="196D5559" w:rsidR="00B07086" w:rsidRDefault="00E56615" w:rsidP="00FD1CF6">
+          <w:p w14:paraId="4D7CB691" w14:textId="19347FF5" w:rsidR="00B07086" w:rsidRDefault="00E56615" w:rsidP="00FD1CF6">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
-              <w:t>314-792-7550</w:t>
+              <w:t>314-792-</w:t>
+            </w:r>
+            <w:r w:rsidR="00326FBC">
+              <w:t>7166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07086" w14:paraId="75F57ACF" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB4E657" w14:textId="66BAA711" w:rsidR="00B07086" w:rsidRDefault="00E55021" w:rsidP="00FD1CF6">
+          <w:p w14:paraId="4BB4E657" w14:textId="03348C12" w:rsidR="00B07086" w:rsidRDefault="00C84426" w:rsidP="00FD1CF6">
             <w:r>
-              <w:t>636-345-1551</w:t>
+              <w:t>Johnbrockland@archstl.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="528"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
@@ -216,460 +243,519 @@
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B9CAF0D" w14:textId="041BCE34" w:rsidR="003A3A13" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>314-792-7648</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A3A13" w14:paraId="54324200" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F225C0E" w14:textId="773ECDDC" w:rsidR="003A3A13" w:rsidRDefault="00E55021" w:rsidP="003A3A13">
+          <w:p w14:paraId="2F225C0E" w14:textId="04BEEF29" w:rsidR="003A3A13" w:rsidRDefault="00C84426" w:rsidP="003A3A13">
             <w:r>
-              <w:t>314-374-1749</w:t>
+              <w:t>Stephanieblackwelder@archstl.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="3509"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4355"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A3A13" w14:paraId="4F1D6429" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="271AEDB1" w14:textId="747C7076" w:rsidR="003A3A13" w:rsidRPr="00533DF3" w:rsidRDefault="008F691A" w:rsidP="003A3A13">
+          <w:p w14:paraId="271AEDB1" w14:textId="5D305705" w:rsidR="003A3A13" w:rsidRPr="00533DF3" w:rsidRDefault="000027A4" w:rsidP="003A3A13">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="20"/>
               </w:rPr>
-              <w:t>Archbishop’s Liaison</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001C19CB">
+              <w:t>archbishop lia</w:t>
+            </w:r>
+            <w:r w:rsidR="004B53F0">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="003A3A13" w14:paraId="2F406CC1" w14:textId="77777777" w:rsidTr="0096643F">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>on to senior priests</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000027A4" w14:paraId="2F406CC1" w14:textId="77777777" w:rsidTr="00E072E7">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="003A3A13" w14:paraId="69B621C4" w14:textId="77777777" w:rsidTr="0096643F">
+          </w:tcPr>
+          <w:p w14:paraId="35984FF6" w14:textId="29B7B4EA" w:rsidR="000027A4" w:rsidRPr="00533DF3" w:rsidRDefault="000027A4" w:rsidP="000027A4">
+            <w:r w:rsidRPr="00047BFC">
+              <w:t xml:space="preserve"> Msgr. Kevin Callahan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000027A4" w14:paraId="69B621C4" w14:textId="77777777" w:rsidTr="00E072E7">
         <w:trPr>
           <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55990087" w14:textId="1FCC3517" w:rsidR="003A3A13" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
+          </w:tcPr>
+          <w:p w14:paraId="55990087" w14:textId="424FB096" w:rsidR="000027A4" w:rsidRDefault="000027A4" w:rsidP="000027A4">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-      <w:tr w:rsidR="003A3A13" w14:paraId="5922F183" w14:textId="77777777" w:rsidTr="0096643F">
+            <w:r w:rsidRPr="00047BFC">
+              <w:t>314-963-0706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000027A4" w14:paraId="5922F183" w14:textId="77777777" w:rsidTr="00E072E7">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
-[...6 lines deleted...]
-              <w:t>4-638-3938 ext. 102</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="0B3A5D88" w14:textId="6AABE544" w:rsidR="000027A4" w:rsidRDefault="000027A4" w:rsidP="000027A4">
+            <w:r w:rsidRPr="00047BFC">
+              <w:t>Alternate Phone 314-638-3938 ext. 102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="6471"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4355"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A3A13" w14:paraId="61B2FCAC" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C042F2B" w14:textId="77777777" w:rsidR="00031BDF" w:rsidRDefault="008F691A" w:rsidP="003A3A13">
+          <w:p w14:paraId="3BD63653" w14:textId="77777777" w:rsidR="001C19CB" w:rsidRPr="000D3DF8" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000D3DF8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Mental Health</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C9816E4" w14:textId="17924A4F" w:rsidR="003A3A13" w:rsidRPr="0082058C" w:rsidRDefault="00031BDF" w:rsidP="003A3A13">
+              <w:t xml:space="preserve">UHC Health Care </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C9816E4" w14:textId="1D90172F" w:rsidR="003A3A13" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="40"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3DF8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Under 65 years of age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3A13" w14:paraId="12EDCCE3" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A943624" w14:textId="13BB7B9B" w:rsidR="003A3A13" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:r>
-              <w:rPr>
-[...24 lines deleted...]
-          <w:trHeight w:val="639"/>
+              <w:t>United HealthCare Premier Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3A13" w14:paraId="0A28FBCA" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A943624" w14:textId="15905471" w:rsidR="003A3A13" w:rsidRPr="00533DF3" w:rsidRDefault="008F691A" w:rsidP="003A3A13">
-[...16 lines deleted...]
-          <w:p w14:paraId="47D9D0B8" w14:textId="069A9769" w:rsidR="003A3A13" w:rsidRDefault="008F691A" w:rsidP="003A3A13">
+          <w:p w14:paraId="47D9D0B8" w14:textId="43BDE321" w:rsidR="003A3A13" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
-              <w:t>Mercy Employee Assistance: 314-729-4483</w:t>
+              <w:t>833-748-240</w:t>
+            </w:r>
+            <w:r w:rsidR="000D3DF8">
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A3A13" w14:paraId="58D42E96" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4300C79A" w14:textId="77777777" w:rsidR="003A3A13" w:rsidRDefault="008F691A" w:rsidP="003A3A13">
+          <w:p w14:paraId="615018CC" w14:textId="0DF0ACE9" w:rsidR="003A3A13" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:r>
-              <w:t xml:space="preserve">Mercy Managed Behavioral Health: </w:t>
-[...4 lines deleted...]
-              <w:t>800-413-8008 Option#2</w:t>
+              <w:t>www.myuhc.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="9453"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4355"/>
       </w:tblGrid>
       <w:tr w:rsidR="0043587A" w14:paraId="6F4AEA23" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FEDC3F4" w14:textId="77777777" w:rsidR="0082058C" w:rsidRDefault="008066D5" w:rsidP="0043587A">
+          <w:p w14:paraId="5F0C2095" w14:textId="13ED2C0B" w:rsidR="0043587A" w:rsidRPr="000D3DF8" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3DF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Delta Dental</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="6D13E3A1" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28054424" w14:textId="15DC4AAC" w:rsidR="0043587A" w:rsidRPr="00533DF3" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+            <w:r>
+              <w:t>Delta Dental of Missouri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="290E64D8" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F108D6D" w14:textId="252B19AD" w:rsidR="0043587A" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t>314-656-3001 or 800-335-8266</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="239B6210" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="283F6892" w14:textId="4AF0FF98" w:rsidR="0043587A" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+            <w:r>
+              <w:t>www.deltaldentalmo.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="12413"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0043587A" w14:paraId="78F4406C" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0DBC0F" w14:textId="2D75B185" w:rsidR="0043587A" w:rsidRPr="00E96513" w:rsidRDefault="00E96513" w:rsidP="0043587A">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">UHC </w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:t>Regina Cleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3A13" w14:paraId="516233EB" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D58592F" w14:textId="041FA52C" w:rsidR="003A3A13" w:rsidRPr="00533DF3" w:rsidRDefault="00E96513" w:rsidP="003A3A13">
             <w:r>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:trHeight w:val="639"/>
+              <w:t>Mike Miller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3A13" w14:paraId="124AB05A" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28054424" w14:textId="0EB5C918" w:rsidR="0043587A" w:rsidRPr="00533DF3" w:rsidRDefault="008066D5" w:rsidP="0043587A">
-[...19 lines deleted...]
-          <w:p w14:paraId="2F108D6D" w14:textId="4C9845BF" w:rsidR="0043587A" w:rsidRDefault="0082058C" w:rsidP="0043587A">
+          <w:p w14:paraId="3F6EA207" w14:textId="2F81A93D" w:rsidR="003A3A13" w:rsidRDefault="00E96513" w:rsidP="003A3A13">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
-              <w:t>833-748-2404</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="0043587A" w14:paraId="239B6210" w14:textId="77777777" w:rsidTr="0096643F">
+              <w:t>314-792-7742</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3A13" w14:paraId="26CF6F38" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="283F6892" w14:textId="57B19E74" w:rsidR="0043587A" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+          <w:p w14:paraId="565C1CF3" w14:textId="3A2B6234" w:rsidR="003A3A13" w:rsidRDefault="000F6B84" w:rsidP="003A3A13">
             <w:r>
-              <w:t>www.</w:t>
-[...2 lines deleted...]
-              <w:t>myuhc.</w:t>
+              <w:t>Mike</w:t>
+            </w:r>
+            <w:r w:rsidR="005E79CA">
+              <w:t>M</w:t>
             </w:r>
             <w:r>
-              <w:t>com</w:t>
+              <w:t>iller@archstl.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="3489"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
@@ -732,53 +818,56 @@
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D9C0FCA" w14:textId="3A168B2E" w:rsidR="003A3A13" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>314-792-7551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A3A13" w14:paraId="1D98D45E" w14:textId="77777777" w:rsidTr="001C19CB">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B725E4E" w14:textId="6E5215F5" w:rsidR="003A3A13" w:rsidRDefault="001C19CB" w:rsidP="003A3A13">
+          <w:p w14:paraId="6B725E4E" w14:textId="3586C846" w:rsidR="003A3A13" w:rsidRDefault="00C84426" w:rsidP="003A3A13">
             <w:r>
-              <w:t>314-302-4638</w:t>
+              <w:t>Patcampbell</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B84">
+              <w:t>@archstl.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="6470"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
@@ -889,685 +978,2574 @@
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4355"/>
       </w:tblGrid>
       <w:tr w:rsidR="0043587A" w14:paraId="0256AF1D" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72CECB35" w14:textId="02F0F480" w:rsidR="0043587A" w:rsidRPr="000D3DF8" w:rsidRDefault="008066D5" w:rsidP="0043587A">
+          <w:p w14:paraId="72CECB35" w14:textId="6732826F" w:rsidR="0043587A" w:rsidRPr="000D3DF8" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3DF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Mental health/EAP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="5B85E794" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52888C94" w14:textId="4E11CE3A" w:rsidR="0043587A" w:rsidRPr="00533DF3" w:rsidRDefault="000D3DF8" w:rsidP="0043587A">
+            <w:r>
+              <w:t>Father Connor Sullivan: 314-792-6462</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="3AA91513" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B11F321" w14:textId="489250AD" w:rsidR="0043587A" w:rsidRDefault="00E56615" w:rsidP="0043587A">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mercy</w:t>
+            </w:r>
+            <w:r w:rsidR="000D3DF8">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> EAP 314-729</w:t>
+            </w:r>
+            <w:r w:rsidR="000D3DF8">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:t>4483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="53E7420C" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="039A5CD0" w14:textId="107D5981" w:rsidR="0043587A" w:rsidRDefault="000D3DF8" w:rsidP="0043587A">
+            <w:r>
+              <w:t>Mercy Managed Behavioral Health: 800-413-8008 Option 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="12414"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0043587A" w14:paraId="764936D8" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DD9FD2" w14:textId="49A55332" w:rsidR="0043587A" w:rsidRPr="004B46FD" w:rsidRDefault="000027A4" w:rsidP="0043587A">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Delta Dental</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="0043587A" w14:paraId="5B85E794" w14:textId="77777777" w:rsidTr="0096643F">
+              <w:t>car insurance</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7978">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/accidents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="6A34A395" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52888C94" w14:textId="121D5CD0" w:rsidR="0043587A" w:rsidRPr="00533DF3" w:rsidRDefault="008066D5" w:rsidP="0043587A">
+          <w:p w14:paraId="71C9EA76" w14:textId="36CAAD65" w:rsidR="0043587A" w:rsidRPr="00533DF3" w:rsidRDefault="00AB7978" w:rsidP="0043587A">
             <w:r>
-              <w:t>Delta Dental of Missouri</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="0043587A" w14:paraId="3AA91513" w14:textId="77777777" w:rsidTr="0096643F">
+              <w:t>Sandy Gross</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="0CDC4990" w14:textId="77777777" w:rsidTr="0096643F">
         <w:trPr>
           <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B11F321" w14:textId="1F7F8E49" w:rsidR="0043587A" w:rsidRDefault="008066D5" w:rsidP="0043587A">
+          <w:p w14:paraId="00746892" w14:textId="53FB7736" w:rsidR="0043587A" w:rsidRDefault="00AB7978" w:rsidP="0043587A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">314-656-3001 </w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>314-800-2269</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043587A" w14:paraId="3E0C09AE" w14:textId="77777777" w:rsidTr="0096643F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FEC658" w14:textId="52D0D73B" w:rsidR="0043587A" w:rsidRDefault="00AB7978" w:rsidP="0043587A">
             <w:r>
-              <w:t xml:space="preserve"> 800-335-8266</w:t>
-[...16 lines deleted...]
-              <w:t>www.deltadentalmo.com</w:t>
+              <w:t>Sandy_gross@ajg.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EDC2310" w14:textId="5418AA39" w:rsidR="00E628E0" w:rsidRPr="00533DF3" w:rsidRDefault="00031BDF" w:rsidP="0085455A">
+    <w:p w14:paraId="1FFC2DEA" w14:textId="1DC849CE" w:rsidR="009B54DC" w:rsidRDefault="0085455A" w:rsidP="0085455A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7768"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00031BDF">
-[...229 lines deleted...]
-      <w:r w:rsidR="0085455A">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E3A0843" wp14:editId="7E5299A1">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E3A0843" wp14:editId="58EDD9B5">
                 <wp:extent cx="927279" cy="10032642"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="6985"/>
                 <wp:docPr id="3" name="Rectangle 3" descr="Blue rectangle with text that reads Emergency Contact List"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="927279" cy="10032642"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent2">
                             <a:lumMod val="75000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="22A76972" w14:textId="1516FC52" w:rsidR="0085455A" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="0085455A">
+                          <w:p w14:paraId="22A76972" w14:textId="29E15294" w:rsidR="0085455A" w:rsidRDefault="00273563" w:rsidP="00273563">
+                            <w:pPr>
+                              <w:pStyle w:val="side-title"/>
+                              <w:ind w:left="1980"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:pict w14:anchorId="27C41451">
+                                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:40.45pt;height:46.9pt;visibility:visible">
+                                  <v:imagedata r:id="rId7" r:href="rId8"/>
+                                </v:shape>
+                              </w:pict>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00273563">
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve">   </w:t>
+                            </w:r>
+                            <w:r w:rsidR="001C19CB">
+                              <w:t>PMBS</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0085455A" w:rsidRPr="00533DF3">
+                              <w:t xml:space="preserve"> CONTACT LIST</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F7668F" w:rsidRPr="003C2CB3">
+                              <w:rPr>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t>20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003C2CB3">
+                              <w:rPr>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t>26</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6096D8C0" w14:textId="77777777" w:rsidR="00F450AA" w:rsidRDefault="00F450AA" w:rsidP="00F450AA">
                             <w:pPr>
                               <w:pStyle w:val="side-title"/>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="06DA1E75" w14:textId="77777777" w:rsidR="00F450AA" w:rsidRPr="00533DF3" w:rsidRDefault="00F450AA" w:rsidP="00F450AA">
+                            <w:pPr>
+                              <w:pStyle w:val="side-title"/>
+                            </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0E3A0843" id="Rectangle 3" o:spid="_x0000_s1027" alt="Blue rectangle with text that reads Emergency Contact List" style="width:73pt;height:789.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBphNI7gwIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+14W7MGcYqgRYcB&#10;XRusHXpWZCkWIIuapMTOfv0o+aNdF+ww7CLTFPlIPpFcXnaNJgfhvAJT0tlZTokwHCpldiX9/njz&#10;7hMlPjBTMQ1GlPQoPL1cvX2zbO1CFFCDroQjCGL8orUlrUOwiyzzvBYN82dghcFLCa5hAX/dLqsc&#10;axG90VmR5+dZC66yDrjwHrXX/SVdJXwpBQ/3UnoRiC4p5hbS6dK5jWe2WrLFzjFbKz6kwf4hi4Yp&#10;g0EnqGsWGNk79QdUo7gDDzKccWgykFJxkWrAamb5q2oeamZFqgXJ8Xaiyf8/WH53eLAbhzS01i88&#10;irGKTromfjE/0iWyjhNZoguEo/KimBfzC0o4Xs3y/H1x/qGIdGbP7tb58FlAQ6JQUoevkUhih1sf&#10;etPRJEbzoFV1o7ROP7EDxJV25MDw7RjnwoQiuet98xWqXj//mOfpFTFsaprokpL4DU2biGkgoveB&#10;oyZ7rjlJ4ahFtNPmm5BEVVhlH3FCfpnMLCXja1aJXh1TOZ1LAozIEuNP2APAqUJnA5ODfXQVqZsn&#10;57yP/jfnySNFBhMm50YZcKcAdJgi9/YjST01kaXQbbuhXbZQHTeOOOjHylt+o/Clb5kPG+ZwjnDi&#10;cDeEezykhrakMEiU1OB+ntJH+5LGs5ije4ujWVL/Y8+coER/Mdj7cY5HwY3CdhTMvrkC7JgZLh7L&#10;k4gOLuhRlA6aJ9wa6xgIr5jhmExJwyhehX5B4NbhYr1ORjitloVb82B5hI6MxtZ97J6Ys0N/BxyN&#10;OxiHli1etXlvGz0NrPcBpEozEDntiRy4xklPDTxspbhKXv4nq+fdufoFAAD//wMAUEsDBBQABgAI&#10;AAAAIQCzz9wp2AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Bb8IwDIXvk/gPkZF2G+mmDdbS&#10;FCGm3hlDO4fGa8oapzQpdP9+Zpdxsfz0rOfv5avRteKMfWg8KXicJSCQKm8aqhXsP8qHVxAhajK6&#10;9YQKfjDAqpjc5Toz/kLveN7FWnAIhUwrsDF2mZShsuh0mPkOib0v3zsdWfa1NL2+cLhr5VOSzKXT&#10;DfEHqzvcWKy+d4NTsDW4IDv4TTmkp2P56fdh+5YodT8d10sQEcf4fwxXfEaHgpkOfiATRKuAi8S/&#10;efWe5ywPvLws0hRkkctb/OIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaYTSO4MCAACD&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAs8/cKdgA&#10;AAAGAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#15727f [2405]" stroked="f" strokeweight="2pt">
+              <v:rect w14:anchorId="0E3A0843" id="Rectangle 3" o:spid="_x0000_s1026" alt="Blue rectangle with text that reads Emergency Contact List" style="width:73pt;height:789.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBphNI7gwIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+14W7MGcYqgRYcB&#10;XRusHXpWZCkWIIuapMTOfv0o+aNdF+ww7CLTFPlIPpFcXnaNJgfhvAJT0tlZTokwHCpldiX9/njz&#10;7hMlPjBTMQ1GlPQoPL1cvX2zbO1CFFCDroQjCGL8orUlrUOwiyzzvBYN82dghcFLCa5hAX/dLqsc&#10;axG90VmR5+dZC66yDrjwHrXX/SVdJXwpBQ/3UnoRiC4p5hbS6dK5jWe2WrLFzjFbKz6kwf4hi4Yp&#10;g0EnqGsWGNk79QdUo7gDDzKccWgykFJxkWrAamb5q2oeamZFqgXJ8Xaiyf8/WH53eLAbhzS01i88&#10;irGKTromfjE/0iWyjhNZoguEo/KimBfzC0o4Xs3y/H1x/qGIdGbP7tb58FlAQ6JQUoevkUhih1sf&#10;etPRJEbzoFV1o7ROP7EDxJV25MDw7RjnwoQiuet98xWqXj//mOfpFTFsaprokpL4DU2biGkgoveB&#10;oyZ7rjlJ4ahFtNPmm5BEVVhlH3FCfpnMLCXja1aJXh1TOZ1LAozIEuNP2APAqUJnA5ODfXQVqZsn&#10;57yP/jfnySNFBhMm50YZcKcAdJgi9/YjST01kaXQbbuhXbZQHTeOOOjHylt+o/Clb5kPG+ZwjnDi&#10;cDeEezykhrakMEiU1OB+ntJH+5LGs5ije4ujWVL/Y8+coER/Mdj7cY5HwY3CdhTMvrkC7JgZLh7L&#10;k4gOLuhRlA6aJ9wa6xgIr5jhmExJwyhehX5B4NbhYr1ORjitloVb82B5hI6MxtZ97J6Ys0N/BxyN&#10;OxiHli1etXlvGz0NrPcBpEozEDntiRy4xklPDTxspbhKXv4nq+fdufoFAAD//wMAUEsDBBQABgAI&#10;AAAAIQCzz9wp2AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Bb8IwDIXvk/gPkZF2G+mmDdbS&#10;FCGm3hlDO4fGa8oapzQpdP9+Zpdxsfz0rOfv5avRteKMfWg8KXicJSCQKm8aqhXsP8qHVxAhajK6&#10;9YQKfjDAqpjc5Toz/kLveN7FWnAIhUwrsDF2mZShsuh0mPkOib0v3zsdWfa1NL2+cLhr5VOSzKXT&#10;DfEHqzvcWKy+d4NTsDW4IDv4TTmkp2P56fdh+5YodT8d10sQEcf4fwxXfEaHgpkOfiATRKuAi8S/&#10;efWe5ywPvLws0hRkkctb/OIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaYTSO4MCAACD&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAs8/cKdgA&#10;AAAGAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#15727f [2405]" stroked="f" strokeweight="2pt">
                 <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="22A76972" w14:textId="1516FC52" w:rsidR="0085455A" w:rsidRPr="00533DF3" w:rsidRDefault="001C19CB" w:rsidP="0085455A">
+                    <w:p w14:paraId="22A76972" w14:textId="29E15294" w:rsidR="0085455A" w:rsidRDefault="00273563" w:rsidP="00273563">
+                      <w:pPr>
+                        <w:pStyle w:val="side-title"/>
+                        <w:ind w:left="1980"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:pict w14:anchorId="27C41451">
+                          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:40.45pt;height:46.9pt;visibility:visible">
+                            <v:imagedata r:id="rId7" r:href="rId9"/>
+                          </v:shape>
+                        </w:pict>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00273563">
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r>
+                        <w:t xml:space="preserve">   </w:t>
+                      </w:r>
+                      <w:r w:rsidR="001C19CB">
+                        <w:t>PMBS</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0085455A" w:rsidRPr="00533DF3">
+                        <w:t xml:space="preserve"> CONTACT LIST</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F7668F" w:rsidRPr="003C2CB3">
+                        <w:rPr>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t>20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="003C2CB3">
+                        <w:rPr>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t>26</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6096D8C0" w14:textId="77777777" w:rsidR="00F450AA" w:rsidRDefault="00F450AA" w:rsidP="00F450AA">
+                      <w:pPr>
+                        <w:pStyle w:val="side-title"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="06DA1E75" w14:textId="77777777" w:rsidR="00F450AA" w:rsidRPr="00533DF3" w:rsidRDefault="00F450AA" w:rsidP="00F450AA">
+                      <w:pPr>
+                        <w:pStyle w:val="side-title"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="528"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="102792A2" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="561F7710" w14:textId="56E62A10" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="00A25754" w:rsidP="00A25754">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">will &amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7764">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>poa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="47FE8202" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="593100F4" w14:textId="74F4CAAF" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="00AE7764" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Marc Kramer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="4C55D81E" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CE59C0" w14:textId="71BD53EA" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B54DC">
+              <w:t>314</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7764">
+              <w:t>-241-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00371679">
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="7A08E3FA" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1450C7AD" w14:textId="2B230C5C" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="00000000" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="Enter alternate phone:"/>
+                <w:tag w:val="Enter alternate phone:"/>
+                <w:id w:val="1406260665"/>
+                <w:placeholder>
+                  <w:docPart w:val="FC3BC2195FC944009780C5CF2F5F1EFD"/>
+                </w:placeholder>
+                <w:temporary/>
+                <w:showingPlcHdr/>
+                <w15:appearance w15:val="hidden"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="009B54DC" w:rsidRPr="009B54DC">
+                  <w:t>Alternate Phone</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="009B54DC" w:rsidRPr="009B54DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00241ADC">
+              <w:t>n/a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="528"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="378A0EC2" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="421EED80" w14:textId="639BFE8A" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="00241ADC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>archbishop sec</w:t>
+            </w:r>
+            <w:r w:rsidR="00027C1C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>retary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="2A98604D" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4664F85A" w14:textId="1FCB24B2" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="00027C1C" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Denise Schnable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="1E12E437" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B32804" w14:textId="31D7FD52" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B54DC">
+              <w:t>314-7</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71BFC">
+              <w:t>92-7047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="3D7FD370" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C9E5C0" w14:textId="2AF571BF" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="00B71BFC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Deniseschnable@archstl.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="3509"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="6E4B8646" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDF3D9C" w14:textId="03E1546D" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="006938DD" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5350">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Tribunal/letter of good standing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="44DD32F1" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="626B2E54" w14:textId="4F7EF23F" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="006938DD" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Eric</w:t>
+            </w:r>
+            <w:r w:rsidR="002D2A12">
+              <w:t xml:space="preserve"> Gabrielson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="6FE356F4" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F82D00" w14:textId="0712430A" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B54DC">
+              <w:t>314</w:t>
+            </w:r>
+            <w:r w:rsidR="002D2A12">
+              <w:t>-792-</w:t>
+            </w:r>
+            <w:r w:rsidR="003116CD">
+              <w:t>74</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF594B">
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="2DBF71EE" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8BB583" w14:textId="513A57C2" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="002D2A12" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D2A12">
+              <w:t>ericgabrielson@archstl.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="6471"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="39E7746A" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D106B0C" w14:textId="79842B34" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="1C632169" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F69E42A" w14:textId="614BB162" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="4815FF8D" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22058041" w14:textId="375209B8" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="184BA7D5" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF99812" w14:textId="762CFF7B" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="9453"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="23E0C1B2" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2972602F" w14:textId="15BFC1F2" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="6972214D" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00737C3F" w14:textId="68EEACCD" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="3F4B1656" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A746B74" w14:textId="4279A027" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="4DEF65BA" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA4A8E0" w14:textId="5C2A8F5F" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2273" w:tblpY="12413"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="4E6C29BD" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741E6DEE" w14:textId="3B7A8A70" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="1977F10E" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="268A0F41" w14:textId="077AE6BF" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="7E1A2D04" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="296761A8" w14:textId="54C3A717" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="590C5163" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3DDB21" w14:textId="102C23A7" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="3489"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="011A431C" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="489B18FB" w14:textId="6FD64D1E" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="2D4BC149" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="678D2831" w14:textId="4226EFDF" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="75795FB3" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E42D886" w14:textId="73C23622" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="16099854" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5939C2" w14:textId="3B9155D5" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="6470"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="7EEA5F97" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0925819F" w14:textId="0B597E06" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="4D53A48C" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="006211DB" w14:textId="0B4877EA" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="4F309502" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDC6C39" w14:textId="71E57864" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="17A243A3" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D14073" w14:textId="0344650E" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="9473"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="525E262B" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47097F1C" w14:textId="45962DB4" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="5844DE21" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EB2707" w14:textId="50A6E5FB" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="5FDFAB11" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650A86BB" w14:textId="35699820" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="3A4BC696" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B2A40A" w14:textId="58FC0F8D" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6999" w:tblpY="12414"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Layout table to enter Local Contact details such as Name, Phone number, and Alternate Phone number"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="234AA8A0" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="814"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2D3047" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080E2FC1" w14:textId="31675CF4" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="18683CFA" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0233CDBB" w14:textId="3B9E2FC7" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B54DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="52FB0FE7" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F80595" w14:textId="52EA4165" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B54DC" w:rsidRPr="009B54DC" w14:paraId="385830C1" w14:textId="77777777" w:rsidTr="008B3AE4">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background2" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="049DE49E" w14:textId="419D2B2A" w:rsidR="009B54DC" w:rsidRPr="009B54DC" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6EDC2310" w14:textId="2A532E29" w:rsidR="00E628E0" w:rsidRPr="00533DF3" w:rsidRDefault="009B54DC" w:rsidP="0085455A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7768"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B54DC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="111111" w:themeColor="text1"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="541EB0C3" wp14:editId="387008D3">
+                <wp:extent cx="927279" cy="10032642"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="6985"/>
+                <wp:docPr id="738387292" name="Rectangle 738387292" descr="Blue rectangle with text that reads Emergency Contact List"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="927279" cy="10032642"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="1C9AAA">
+                            <a:lumMod val="75000"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+                          <a:noFill/>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5C1D5025" w14:textId="77777777" w:rsidR="009B54DC" w:rsidRPr="00533DF3" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
+                            <w:pPr>
+                              <w:pStyle w:val="side-title"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:t>PMBS</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00533DF3">
+                              <w:t xml:space="preserve"> CONTACT LIST</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="541EB0C3" id="Rectangle 738387292" o:spid="_x0000_s1027" alt="Blue rectangle with text that reads Emergency Contact List" style="width:73pt;height:789.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/owEnXAIAALEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1P2zAUfZ+0/2D5fSTNgI6KFEVFTJMY&#10;IMHEs+vYTSTb17t2m7Bfv2unpRvb07QX59i+n8fn5vJqtIbtFIYeXM1nJyVnykloe7ep+benmw+f&#10;OAtRuFYYcKrmLyrwq+X7d5eDX6gKOjCtQkZBXFgMvuZdjH5RFEF2yopwAl45utSAVkTa4qZoUQwU&#10;3ZqiKsvzYgBsPYJUIdDp9XTJlzm+1krGe62DiszUnGqLecW8rtNaLC/FYoPCd73clyH+oQorekdJ&#10;X0NdiyjYFvs/QtleIgTQ8USCLUDrXqrcA3UzK99089gJr3IvRE7wrzSF/xdW3u0e/QMSDYMPi0Aw&#10;dTFqtOlL9bExk/XySpYaI5N0eFHNq/kFZ5KuZmX5sTo/rRKdxdHdY4ifFViWQM2RXiOTJHa3IU6m&#10;B5OULYDp25vemLzBzXplkO0EvdxsddE0TfY1W/sV2ul4flaW+QkpZ5jsc/7fAhnHhppXZ6dkyqQg&#10;jWkjIkHr25oHt+FMmA2JV0bMGRykGrIwUnXXInRTuhx236JxqUiVFbZv5khgQnFcj6ynDLPkkU7W&#10;0L48IEOYRBi8vOkp/q0I8UEgqY7qo0mK97RoA1Q07BFnHeCPv50n+5qntZqT+0BCpp6+bwUqzswX&#10;R0pJqj8APID1AbitXUFimMbUywzJAaM5QI1gn2nGmpSIroSTVEzNicEJruI0TjSjUjVNNiJtexFv&#10;3aOXKXSiKlH5ND4L9Hs1RBLSHRwkLhZvRDHZJk8HzTaC7rNijkTSS6cNzUV+8/0Mp8H7dZ+tjn+a&#10;5U8AAAD//wMAUEsDBBQABgAIAAAAIQCiLOtJ3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUhcUGsXQX9CnAqQQEhwgJYDRzdekkC8jmw3CTw9Wy5wWe1oVrPf5OvRtaLHEBtP&#10;GmZTBQKp9LahSsPr9m6yBBGTIWtaT6jhCyOsi+Oj3GTWD/SC/SZVgkMoZkZDnVKXSRnLGp2JU98h&#10;sffugzOJZaikDWbgcNfKc6Xm0pmG+ENtOrytsfzc7J2GoVw+vT3cb2++n1UvP9RjnJ2FUuvTk/H6&#10;CkTCMf0dwwGf0aFgpp3fk42i1cBF0u88eBdzljteLherFcgil//xix8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAP6MBJ1wCAACxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAoizrSd4AAAAGAQAADwAAAAAAAAAAAAAAAAC2BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#10;" fillcolor="#15747f" stroked="f" strokeweight="2pt">
+                <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5C1D5025" w14:textId="77777777" w:rsidR="009B54DC" w:rsidRPr="00533DF3" w:rsidRDefault="009B54DC" w:rsidP="009B54DC">
                       <w:pPr>
                         <w:pStyle w:val="side-title"/>
                       </w:pPr>
                       <w:r>
                         <w:t>PMBS</w:t>
                       </w:r>
-                      <w:r w:rsidR="0085455A" w:rsidRPr="00533DF3">
+                      <w:r w:rsidRPr="00533DF3">
                         <w:t xml:space="preserve"> CONTACT LIST</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E56615">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A537998" wp14:editId="16D1050C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A537998" wp14:editId="6E4ABFCB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>152400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>152400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="927100" cy="10032365"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1828800" cy="1828800"/>
+                          <a:ext cx="927100" cy="10032365"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7EF4BAD8" w14:textId="594DFB5B" w:rsidR="00E56615" w:rsidRPr="00533DF3" w:rsidRDefault="00E56615" w:rsidP="00E56615">
+                          <w:bookmarkStart w:id="0" w:name="_Hlk221787093"/>
+                          <w:p w14:paraId="7EF4BAD8" w14:textId="40D88E3F" w:rsidR="00E56615" w:rsidRPr="00533DF3" w:rsidRDefault="00A57F2F" w:rsidP="00E56615">
                             <w:pPr>
                               <w:pStyle w:val="side-title"/>
                               <w:jc w:val="left"/>
                             </w:pPr>
-                            <w:r w:rsidRPr="000D3DF8">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman"/>
                                 <w:noProof/>
                                 <w:color w:val="0C64C0"/>
                               </w:rPr>
-                              <w:drawing>
-[...47 lines deleted...]
-                            </w:r>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00ED470E">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidR="00ED470E">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidR="00ED470E">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00A325C1">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidR="00A325C1">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidR="00A325C1">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00000000">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidR="00000000">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                            </w:r>
+                            <w:r w:rsidR="00000000">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00000000">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:pict w14:anchorId="02BC2B40">
+                                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:40.45pt;height:46.9pt;visibility:visible">
+                                  <v:imagedata r:id="rId7" r:href="rId10"/>
+                                </v:shape>
+                              </w:pict>
+                            </w:r>
+                            <w:r w:rsidR="00000000">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidR="00A325C1">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidR="00ED470E">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman"/>
+                                <w:noProof/>
+                                <w:color w:val="0C64C0"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:bookmarkEnd w:id="0"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3A537998" id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:12pt;margin-top:12pt;width:73pt;height:789.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAob62lFQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdJ3UEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75LSn4g7anohdrVLvcxM5zfd40mB+G8AlPS8SinRBgOlTK7kv54XX2a&#10;UeIDMxXTYERJj8LT+8XHD/PWFmICNehKOIJFjC9aW9I6BFtkmee1aJgfgRUGgxJcwwK6bpdVjrVY&#10;vdHZJM9vsxZcZR1w4T3+feyDdJHqSyl4eJbSi0B0SXG2kE6Xzm08s8WcFTvHbK34MAb7hykapgw2&#10;PZd6ZIGRvVN/lGoUd+BBhhGHJgMpFRdpB9xmnL/bZlMzK9IuCI63Z5j8/yvLnw4b++JI6L5ChwRG&#10;QFrrC48/4z6ddE384qQE4wjh8Qyb6ALh8dJsMpvlGOIYOzlYJ7tct86HbwIaEo2SOuQlwcUOax/6&#10;1FNK7GZgpbRO3GhD2pLefr7J04VzBItrgz0uw0YrdNuOqOpqkS1UR9zPQU+9t3ylcIY18+GFOeQa&#10;50b9hmc8pAbsBYNFSQ3u19/+x3ykAKOUtKidkvqfe+YEJfq7QXLuxtNpFFtypjdfJui468j2OmL2&#10;zQOgPMf4UixPZswP+mRKB80bynwZu2KIGY69SxpO5kPoFY3PhIvlMiWhvCwLa7OxPJaOqEaEX7s3&#10;5uxAQ0AGn+CkMla8Y6PP7flY7gNIlaiKOPeoDvCjNBPZwzOK2r/2U9blsS9+AwAA//8DAFBLAwQU&#10;AAYACAAAACEA32pFpN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm901&#10;altjNqUEiiB66MfF2yQ7TYLZ2ZjdttFf7xYEPc3HO7zzvNlitJ040uBbxxpuJwoEceVMy7WG3XZ1&#10;MwfhA7LBzjFp+CIPi/zyIsPUuBOv6bgJtYgm7FPU0ITQp1L6qiGLfuJ64qjt3WAxxHGopRnwFM1t&#10;JxOlptJiy/FDgz0VDVUfm4PV8FKs3nBdJnb+3RXPr/tl/7l7f9D6+mpcPoEINIa/YzjjR3TII1Pp&#10;Dmy86DQk9zFK+K1nfabioozNVN09gswz+T9C/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAob62lFQIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDfakWk3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="3A537998" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:12pt;margin-top:12pt;width:73pt;height:789.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUhInCGwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815LlJYlgOXATuChg&#10;JAGcImeaIi0BFIclaUvu13dIeUPaU5ALNcMZzfLe4+y+axTZC+tq0AUdDlJKhOZQ1npb0F+vy2+3&#10;lDjPdMkUaFHQg3D0fv71y6w1ucigAlUKS7CIdnlrClp5b/IkcbwSDXMDMEJjUIJtmEfXbpPSshar&#10;NyrJ0nSatGBLY4EL5/D2sQ/SeawvpeD+WUonPFEFxdl8PG08N+FM5jOWby0zVc2PY7APTNGwWmPT&#10;c6lH5hnZ2fqfUk3NLTiQfsChSUDKmou4A24zTN9ts66YEXEXBMeZM0zu88ryp/3avFjiu+/QIYEB&#10;kNa43OFl2KeTtglfnJRgHCE8nGETnSccL++ym2GKEY4hNEbZaDoJdZLL78Y6/0NAQ4JRUIu8RLjY&#10;fuV8n3pKCd00LGulIjdKk7ag09EkjT+cI1hcaexxGTZYvtt0pC4Lmp0W2UB5wP0s9NQ7w5c1zrBi&#10;zr8wi1zj4Khf/4yHVIC94GhRUoH987/7kI8UYJSSFrVTUPd7x6ygRP3USM7dcDwOYovOeHKToWOv&#10;I5vriN41D4DyHOJLMTyaId+rkyktNG8o80XoiiGmOfYuqD+ZD75XND4TLhaLmITyMsyv9NrwUDqg&#10;GhB+7d6YNUcaPDL4BCeVsfwdG31uz8di50HWkaqAc4/qEX6UZiT7+IyC9q/9mHV57PO/AAAA//8D&#10;AFBLAwQUAAYACAAAACEA32pFpN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/&#10;YRnBm901altjNqUEiiB66MfF2yQ7TYLZ2ZjdttFf7xYEPc3HO7zzvNlitJ040uBbxxpuJwoEceVM&#10;y7WG3XZ1MwfhA7LBzjFp+CIPi/zyIsPUuBOv6bgJtYgm7FPU0ITQp1L6qiGLfuJ64qjt3WAxxHGo&#10;pRnwFM1tJxOlptJiy/FDgz0VDVUfm4PV8FKs3nBdJnb+3RXPr/tl/7l7f9D6+mpcPoEINIa/Yzjj&#10;R3TII1PpDmy86DQk9zFK+K1nfabioozNVN09gswz+T9C/gMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDUhInCGwIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDfakWk3wAAAAoBAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7EF4BAD8" w14:textId="594DFB5B" w:rsidR="00E56615" w:rsidRPr="00533DF3" w:rsidRDefault="00E56615" w:rsidP="00E56615">
+                    <w:bookmarkStart w:id="1" w:name="_Hlk221787093"/>
+                    <w:p w14:paraId="7EF4BAD8" w14:textId="40D88E3F" w:rsidR="00E56615" w:rsidRPr="00533DF3" w:rsidRDefault="00A57F2F" w:rsidP="00E56615">
                       <w:pPr>
                         <w:pStyle w:val="side-title"/>
                         <w:jc w:val="left"/>
                       </w:pPr>
-                      <w:r w:rsidRPr="000D3DF8">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman"/>
                           <w:noProof/>
                           <w:color w:val="0C64C0"/>
                         </w:rPr>
-                        <w:drawing>
-[...47 lines deleted...]
-                      </w:r>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidR="00ED470E">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidR="00ED470E">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidR="00ED470E">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidR="00A325C1">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidR="00A325C1">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidR="00A325C1">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidR="00000000">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidR="00000000">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" \* MERGEFORMATINET </w:instrText>
+                      </w:r>
+                      <w:r w:rsidR="00000000">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidR="00000000">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:pict w14:anchorId="02BC2B40">
+                          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:40.45pt;height:46.9pt;visibility:visible">
+                            <v:imagedata r:id="rId7" r:href="rId11"/>
+                          </v:shape>
+                        </w:pict>
+                      </w:r>
+                      <w:r w:rsidR="00000000">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidR="00A325C1">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidR="00ED470E">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman"/>
+                          <w:noProof/>
+                          <w:color w:val="0C64C0"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:bookmarkEnd w:id="1"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E628E0" w:rsidRPr="00533DF3" w:rsidSect="0085455A">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D7FB8BD" w14:textId="77777777" w:rsidR="001C19CB" w:rsidRDefault="001C19CB">
+    <w:p w14:paraId="42D6633B" w14:textId="77777777" w:rsidR="003E672B" w:rsidRDefault="003E672B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="235781D5" w14:textId="77777777" w:rsidR="001C19CB" w:rsidRDefault="001C19CB">
+    <w:p w14:paraId="4A896181" w14:textId="77777777" w:rsidR="003E672B" w:rsidRDefault="003E672B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1594,74 +3572,100 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50B2750B" w14:textId="77777777" w:rsidR="001C19CB" w:rsidRDefault="001C19CB">
+    <w:p w14:paraId="39AF3DDA" w14:textId="77777777" w:rsidR="003E672B" w:rsidRDefault="003E672B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C823227" w14:textId="77777777" w:rsidR="001C19CB" w:rsidRDefault="001C19CB">
+    <w:p w14:paraId="66F023BA" w14:textId="77777777" w:rsidR="003E672B" w:rsidRDefault="003E672B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:40.45pt;height:46.9pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BDBA0F32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="831EA394"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1803,161 +3807,362 @@
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="891204FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F2651E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B358C04C"/>
+    <w:lvl w:ilvl="0" w:tplc="B70A72BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C3CE7018" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3060"/>
+        </w:tabs>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A4024DA4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F3EE9E38" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4500"/>
+        </w:tabs>
+        <w:ind w:left="4500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4EA0C488" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5220"/>
+        </w:tabs>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4C166D52" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5940"/>
+        </w:tabs>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4ABA4816" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6660"/>
+        </w:tabs>
+        <w:ind w:left="6660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DE3C44EC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7380"/>
+        </w:tabs>
+        <w:ind w:left="7380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7AA82332" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="8100"/>
+        </w:tabs>
+        <w:ind w:left="8100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1643385588">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1616793886">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="915358984">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2023583693">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="946734675">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1160195140">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1739017056">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1117870264">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1458523737">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1059285606">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="1567374966">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="93"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7824" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C19CB"/>
+    <w:rsid w:val="000027A4"/>
+    <w:rsid w:val="0000401C"/>
     <w:rsid w:val="00013113"/>
-    <w:rsid w:val="00031BDF"/>
+    <w:rsid w:val="00017676"/>
+    <w:rsid w:val="00027C1C"/>
+    <w:rsid w:val="00033322"/>
+    <w:rsid w:val="00042A27"/>
     <w:rsid w:val="00074C73"/>
+    <w:rsid w:val="0008687D"/>
+    <w:rsid w:val="000B2548"/>
     <w:rsid w:val="000D3DF8"/>
     <w:rsid w:val="000E0873"/>
     <w:rsid w:val="000E6817"/>
+    <w:rsid w:val="000F6B84"/>
     <w:rsid w:val="00121973"/>
+    <w:rsid w:val="001B338A"/>
     <w:rsid w:val="001C19CB"/>
     <w:rsid w:val="00204125"/>
+    <w:rsid w:val="00231004"/>
+    <w:rsid w:val="0024112E"/>
+    <w:rsid w:val="00241ADC"/>
+    <w:rsid w:val="0027150F"/>
+    <w:rsid w:val="00273563"/>
+    <w:rsid w:val="002B6F54"/>
+    <w:rsid w:val="002D2A12"/>
+    <w:rsid w:val="003116CD"/>
+    <w:rsid w:val="00325C5D"/>
+    <w:rsid w:val="00326FBC"/>
+    <w:rsid w:val="00371679"/>
+    <w:rsid w:val="00385AE3"/>
     <w:rsid w:val="003A3A13"/>
-    <w:rsid w:val="003A3C33"/>
+    <w:rsid w:val="003A4DAB"/>
+    <w:rsid w:val="003C2CB3"/>
+    <w:rsid w:val="003E672B"/>
+    <w:rsid w:val="003F234C"/>
+    <w:rsid w:val="003F2439"/>
     <w:rsid w:val="0043587A"/>
+    <w:rsid w:val="0049357A"/>
+    <w:rsid w:val="004B46FD"/>
+    <w:rsid w:val="004B53F0"/>
     <w:rsid w:val="00533DF3"/>
-    <w:rsid w:val="005F3FF3"/>
+    <w:rsid w:val="005844C5"/>
+    <w:rsid w:val="005E79CA"/>
+    <w:rsid w:val="005F5350"/>
+    <w:rsid w:val="006308EE"/>
+    <w:rsid w:val="006938DD"/>
+    <w:rsid w:val="006C5398"/>
+    <w:rsid w:val="0075561E"/>
     <w:rsid w:val="007D4218"/>
-    <w:rsid w:val="008066D5"/>
-    <w:rsid w:val="0082058C"/>
     <w:rsid w:val="0085455A"/>
     <w:rsid w:val="00891131"/>
     <w:rsid w:val="008935DF"/>
-    <w:rsid w:val="008B250A"/>
+    <w:rsid w:val="008C139E"/>
+    <w:rsid w:val="008D36CD"/>
     <w:rsid w:val="008E019F"/>
     <w:rsid w:val="008E2F02"/>
+    <w:rsid w:val="008E34A9"/>
     <w:rsid w:val="008F06B5"/>
-    <w:rsid w:val="008F691A"/>
     <w:rsid w:val="0096348C"/>
     <w:rsid w:val="0096643F"/>
+    <w:rsid w:val="009846AE"/>
     <w:rsid w:val="00984BDF"/>
-    <w:rsid w:val="009C61B5"/>
+    <w:rsid w:val="009B54DC"/>
     <w:rsid w:val="009D5DD1"/>
     <w:rsid w:val="009E2D55"/>
+    <w:rsid w:val="00A25754"/>
+    <w:rsid w:val="00A325C1"/>
+    <w:rsid w:val="00A57F2F"/>
+    <w:rsid w:val="00A65A5D"/>
     <w:rsid w:val="00AA74B6"/>
     <w:rsid w:val="00AB3B1B"/>
+    <w:rsid w:val="00AB7978"/>
     <w:rsid w:val="00AC0E72"/>
+    <w:rsid w:val="00AC7FEB"/>
     <w:rsid w:val="00AD7751"/>
+    <w:rsid w:val="00AE7764"/>
     <w:rsid w:val="00B07086"/>
+    <w:rsid w:val="00B71BFC"/>
+    <w:rsid w:val="00C768B6"/>
     <w:rsid w:val="00C81ADF"/>
+    <w:rsid w:val="00C84426"/>
     <w:rsid w:val="00CD3B2B"/>
-    <w:rsid w:val="00D240DC"/>
+    <w:rsid w:val="00CF594B"/>
+    <w:rsid w:val="00D338EA"/>
     <w:rsid w:val="00D457EE"/>
-    <w:rsid w:val="00DB19F8"/>
-    <w:rsid w:val="00E55021"/>
+    <w:rsid w:val="00D5377C"/>
+    <w:rsid w:val="00DC0E60"/>
+    <w:rsid w:val="00E016F2"/>
     <w:rsid w:val="00E56615"/>
     <w:rsid w:val="00E628E0"/>
+    <w:rsid w:val="00E90574"/>
+    <w:rsid w:val="00E96513"/>
+    <w:rsid w:val="00EA239C"/>
+    <w:rsid w:val="00EC0C12"/>
+    <w:rsid w:val="00ED470E"/>
+    <w:rsid w:val="00F018B8"/>
+    <w:rsid w:val="00F37683"/>
+    <w:rsid w:val="00F450AA"/>
+    <w:rsid w:val="00F467DE"/>
+    <w:rsid w:val="00F7668F"/>
     <w:rsid w:val="00FB48CF"/>
     <w:rsid w:val="00FD1CF6"/>
+    <w:rsid w:val="00FE1703"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2554,51 +4759,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="353535" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -3073,133 +5277,745 @@
       <w:ind w:left="1152" w:right="1152"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7A6B13" w:themeColor="accent1" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00121973"/>
     <w:rPr>
       <w:color w:val="15727F" w:themeColor="accent2" w:themeShade="BF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00121973"/>
     <w:rPr>
       <w:color w:val="A30101" w:themeColor="accent3" w:themeShade="80"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00121973"/>
     <w:rPr>
       <w:color w:val="4C4C4C" w:themeColor="text1" w:themeTint="BF"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0096643F"/>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="A30101" w:themeColor="accent3" w:themeShade="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...35 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:ec457eda-947e-49db-a48e-3b8ffcd9a67a" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\patcampbell\AppData\Roaming\Microsoft\Templates\Emergency%20contact%20list.dotx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FC3BC2195FC944009780C5CF2F5F1EFD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05EAC45A-F752-4306-AAFD-1E7B8698BCEB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00922879" w:rsidRDefault="00F83CFE" w:rsidP="00F83CFE">
+          <w:pPr>
+            <w:pStyle w:val="FC3BC2195FC944009780C5CF2F5F1EFD"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Alternate Phone</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00117B30"/>
+    <w:rsid w:val="00046C01"/>
+    <w:rsid w:val="00117B30"/>
+    <w:rsid w:val="00325C5D"/>
+    <w:rsid w:val="00372E34"/>
+    <w:rsid w:val="003A4DAB"/>
+    <w:rsid w:val="005844C5"/>
+    <w:rsid w:val="006C5398"/>
+    <w:rsid w:val="00922879"/>
+    <w:rsid w:val="00AC7FEB"/>
+    <w:rsid w:val="00B23CF1"/>
+    <w:rsid w:val="00B9303E"/>
+    <w:rsid w:val="00C20298"/>
+    <w:rsid w:val="00D31987"/>
+    <w:rsid w:val="00DC0E60"/>
+    <w:rsid w:val="00E90574"/>
+    <w:rsid w:val="00EA239C"/>
+    <w:rsid w:val="00F24E6A"/>
+    <w:rsid w:val="00F83CFE"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="2273" w:y="528"/>
+      <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC3BC2195FC944009780C5CF2F5F1EFD">
+    <w:name w:val="FC3BC2195FC944009780C5CF2F5F1EFD"/>
+    <w:rsid w:val="00F83CFE"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 2">
       <a:dk1>
         <a:srgbClr val="111111"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="2D3047"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="E0C93A"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="1C9AAA"/>
       </a:accent2>
       <a:accent3>
@@ -3385,81 +6201,82 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Emergency contact list</Template>
+  <Template>Emergency contact list.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>690</Characters>
+  <Pages>2</Pages>
+  <Words>188</Words>
+  <Characters>1072</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>775</CharactersWithSpaces>
+  <CharactersWithSpaces>1258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Campbell, Pat</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AA3F7D94069FF64A86F7DFF56D60E3BE</vt:lpwstr>
   </property>
 </Properties>
 </file>